--- v0 (2025-11-06)
+++ v1 (2025-12-28)
@@ -12,358 +12,232 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="8081-msk-2025-sbornyj-tur..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
-[...23 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>03.01.2026</t>
   </si>
   <si>
     <t>04.01.2026</t>
   </si>
   <si>
     <t>05.01.2026</t>
   </si>
   <si>
     <t>06.01.2026</t>
   </si>
   <si>
     <t>07.01.2026</t>
   </si>
   <si>
     <t>08.01.2026</t>
   </si>
   <si>
     <t>09.01.2026</t>
   </si>
   <si>
     <t>Мираж</t>
   </si>
   <si>
     <t>2-м номер KING (номер с одной двухспальной кроватью)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>21040 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>29550 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
-    <t>9490 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>13270 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
-    <t>31080 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>47730 RUB</t>
   </si>
   <si>
     <t>Ребёнок 3—11 лет на основном месте</t>
   </si>
   <si>
     <t>Ребёнок 3—11 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>9320 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>13100 RUB</t>
   </si>
   <si>
     <t>2-м номер TWIN (номер с двумя раздельными кроватями)</t>
   </si>
   <si>
     <t>Шаляпин Палас отель</t>
   </si>
   <si>
-    <t>13420 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>16560 RUB</t>
   </si>
   <si>
-    <t>10160 RUB</t>
-[...4 lines deleted...]
-  <si>
     <t>21580 RUB</t>
   </si>
   <si>
-    <t>9990 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>Гранд Отель Казань</t>
   </si>
   <si>
-    <t>12420 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>15000 RUB</t>
   </si>
   <si>
     <t>11540 RUB</t>
   </si>
   <si>
-    <t>15510 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>19680 RUB</t>
   </si>
   <si>
     <t>11370 RUB</t>
   </si>
   <si>
     <t>Кортъярд Марриотт</t>
   </si>
   <si>
-    <t>19360 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>25910 RUB</t>
   </si>
   <si>
-    <t>9660 RUB</t>
-[...4 lines deleted...]
-  <si>
     <t>41500 RUB</t>
   </si>
   <si>
     <t>Биляр Палас Отель</t>
   </si>
   <si>
-    <t>13920 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>24870 RUB</t>
   </si>
   <si>
     <t>Ногай</t>
   </si>
   <si>
     <t>24270 RUB</t>
   </si>
   <si>
     <t>38550 RUB</t>
   </si>
   <si>
     <t>Азимут</t>
   </si>
   <si>
-    <t>12080 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>14400 RUB</t>
   </si>
   <si>
     <t>9810 RUB</t>
   </si>
   <si>
-    <t>15180 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>20890 RUB</t>
   </si>
   <si>
     <t>9640 RUB</t>
   </si>
   <si>
     <t>Кристалл</t>
   </si>
   <si>
-    <t>11670 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>14170 RUB</t>
   </si>
   <si>
-    <t>16180 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>20720 RUB</t>
   </si>
   <si>
     <t>Татарстан</t>
   </si>
   <si>
-    <t>10340 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>12840 RUB</t>
   </si>
   <si>
-    <t>8480 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>8940 RUB</t>
   </si>
   <si>
-    <t>13200 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>17390 RUB</t>
   </si>
   <si>
-    <t>7980 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>8770 RUB</t>
   </si>
   <si>
     <t>Парк Отель</t>
   </si>
   <si>
-    <t>11240 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>17150 RUB</t>
   </si>
   <si>
-    <t>15790 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>27070 RUB</t>
   </si>
   <si>
     <t>Давыдов</t>
   </si>
   <si>
-    <t>11830 RUB</t>
-[...4 lines deleted...]
-  <si>
     <t>14920 RUB</t>
   </si>
   <si>
-    <t>16020 RUB</t>
-[...4 lines deleted...]
-  <si>
     <t>Джузеппе</t>
   </si>
   <si>
-    <t>12170 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>16350 RUB</t>
   </si>
   <si>
-    <t>9240 RUB</t>
-[...4 lines deleted...]
-  <si>
     <t>20930 RUB</t>
   </si>
   <si>
-    <t>9150 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>Без размещения</t>
   </si>
   <si>
-    <t>5970 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>6170 RUB</t>
   </si>
   <si>
     <t>Раймонд</t>
   </si>
   <si>
     <t>15700 RUB</t>
   </si>
   <si>
-    <t>10330 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>21760 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "ж/д-отель" (дневное время)</t>
   </si>
   <si>
     <t>1200 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "ж/д-отель" (19:00-08:00)</t>
   </si>
   <si>
     <t>1400 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "аэропорт-отель" (дневное время)</t>
   </si>
   <si>
     <t>1800 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "аэропорт-отель" (19:00-08:00)</t>
@@ -389,51 +263,51 @@
   <si>
     <t>1100 RUB</t>
   </si>
   <si>
     <t>Билет на "Колесо обозрения"</t>
   </si>
   <si>
     <t>500 RUB</t>
   </si>
   <si>
     <t>Пешеходная экскурсия "Казанский Арбат"</t>
   </si>
   <si>
     <t>600 RUB</t>
   </si>
   <si>
     <t>Экскурсия на остров-град Свияжск</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 06.11.2025 09:19, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 28.12.2025 06:06, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -775,6741 +649,3661 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P180"/>
+  <dimension ref="A1:H180"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A179" sqref="A179:P179"/>
+      <selection activeCell="A179" sqref="A179:H179"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="67.126465" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...6 lines deleted...]
-    <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:8">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="I1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:8">
+      <c r="A2" s="2" t="s">
         <v>7</v>
-      </c>
-[...24 lines deleted...]
-        <v>15</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
-      <c r="I2" s="2"/>
-[...8 lines deleted...]
-    <row r="3" spans="1:16">
+    </row>
+    <row r="3" spans="1:8">
       <c r="A3" s="3" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
-      <c r="I3" s="3"/>
-[...8 lines deleted...]
-    <row r="4" spans="1:16">
+    </row>
+    <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>10</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>10</v>
+      </c>
+      <c r="H4" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>12</v>
+      </c>
+      <c r="H5" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" t="s">
+        <v>14</v>
+      </c>
+      <c r="F6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" t="s">
+        <v>10</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>10</v>
+      </c>
+      <c r="H7" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
         <v>17</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" t="s">
+        <v>17</v>
+      </c>
+      <c r="E8" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H8" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" s="3" t="s">
         <v>18</v>
-      </c>
-[...245 lines deleted...]
-        <v>30</v>
       </c>
       <c r="B9" s="3"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
-      <c r="I9" s="3"/>
-[...8 lines deleted...]
-    <row r="10" spans="1:16">
+    </row>
+    <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B10" t="s">
+        <v>10</v>
+      </c>
+      <c r="C10" t="s">
+        <v>10</v>
+      </c>
+      <c r="D10" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" t="s">
+        <v>10</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" t="s">
+        <v>10</v>
+      </c>
+      <c r="H10" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>11</v>
+      </c>
+      <c r="B11" t="s">
+        <v>12</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>12</v>
+      </c>
+      <c r="H11" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" t="s">
+        <v>10</v>
+      </c>
+      <c r="C12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" t="s">
+        <v>10</v>
+      </c>
+      <c r="E12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+      <c r="G12" t="s">
+        <v>10</v>
+      </c>
+      <c r="H12" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
         <v>17</v>
       </c>
-      <c r="B10" t="s">
-[...151 lines deleted...]
-      </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="E13" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="F13" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="G13" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="H13" t="s">
-        <v>28</v>
-[...26 lines deleted...]
-    <row r="14" spans="1:16">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
       <c r="A14" s="4"/>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
-      <c r="I14" s="4"/>
-[...8 lines deleted...]
-    <row r="15" spans="1:16">
+    </row>
+    <row r="15" spans="1:8">
       <c r="A15" s="2" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
-      <c r="I15" s="2"/>
-[...8 lines deleted...]
-    <row r="16" spans="1:16">
+    </row>
+    <row r="16" spans="1:8">
       <c r="A16" s="3" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
-      <c r="I16" s="3"/>
-[...8 lines deleted...]
-    <row r="17" spans="1:16">
+    </row>
+    <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>9</v>
+      </c>
+      <c r="B17" t="s">
+        <v>20</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>20</v>
+      </c>
+      <c r="H17" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>11</v>
+      </c>
+      <c r="B18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>12</v>
+      </c>
+      <c r="H18" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>13</v>
+      </c>
+      <c r="B19" t="s">
+        <v>21</v>
+      </c>
+      <c r="C19" t="s">
+        <v>21</v>
+      </c>
+      <c r="D19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E19" t="s">
+        <v>21</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>21</v>
+      </c>
+      <c r="H19" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>15</v>
+      </c>
+      <c r="B20" t="s">
+        <v>20</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>20</v>
+      </c>
+      <c r="H20" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" t="s">
         <v>17</v>
       </c>
-      <c r="B17" t="s">
-[...201 lines deleted...]
-      </c>
       <c r="C21" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D21" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="E21" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="F21" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G21" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="H21" t="s">
-        <v>37</v>
-[...26 lines deleted...]
-    <row r="22" spans="1:16">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
       <c r="A22" s="3" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
-      <c r="I22" s="3"/>
-[...8 lines deleted...]
-    <row r="23" spans="1:16">
+    </row>
+    <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>9</v>
+      </c>
+      <c r="B23" t="s">
+        <v>20</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>20</v>
+      </c>
+      <c r="H23" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>11</v>
+      </c>
+      <c r="B24" t="s">
+        <v>12</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>12</v>
+      </c>
+      <c r="H24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>15</v>
+      </c>
+      <c r="B25" t="s">
+        <v>20</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>20</v>
+      </c>
+      <c r="H25" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>16</v>
+      </c>
+      <c r="B26" t="s">
         <v>17</v>
       </c>
-      <c r="B23" t="s">
-[...151 lines deleted...]
-      </c>
       <c r="C26" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D26" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="E26" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="F26" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="G26" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="H26" t="s">
-        <v>37</v>
-[...26 lines deleted...]
-    <row r="27" spans="1:16">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
       <c r="A27" s="4"/>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
       <c r="E27" s="4"/>
       <c r="F27" s="4"/>
       <c r="G27" s="4"/>
       <c r="H27" s="4"/>
-      <c r="I27" s="4"/>
-[...8 lines deleted...]
-    <row r="28" spans="1:16">
+    </row>
+    <row r="28" spans="1:8">
       <c r="A28" s="2" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
-      <c r="I28" s="2"/>
-[...8 lines deleted...]
-    <row r="29" spans="1:16">
+    </row>
+    <row r="29" spans="1:8">
       <c r="A29" s="3" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B29" s="3"/>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
-      <c r="I29" s="3"/>
-[...8 lines deleted...]
-    <row r="30" spans="1:16">
+    </row>
+    <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B30" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="C30" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="D30" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="E30" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="F30" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="G30" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H30" t="s">
-        <v>39</v>
-[...26 lines deleted...]
-    <row r="31" spans="1:16">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B31" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="C31" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="D31" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="E31" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="F31" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G31" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H31" t="s">
-        <v>34</v>
-[...26 lines deleted...]
-    <row r="32" spans="1:16">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>13</v>
+      </c>
+      <c r="B32" t="s">
+        <v>25</v>
+      </c>
+      <c r="C32" t="s">
+        <v>25</v>
+      </c>
+      <c r="D32" t="s">
+        <v>25</v>
+      </c>
+      <c r="E32" t="s">
+        <v>25</v>
+      </c>
+      <c r="F32" t="s">
+        <v>25</v>
+      </c>
+      <c r="G32" t="s">
+        <v>25</v>
+      </c>
+      <c r="H32" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>15</v>
+      </c>
+      <c r="B33" t="s">
         <v>23</v>
       </c>
-      <c r="B32" t="s">
-[...51 lines deleted...]
-      </c>
       <c r="C33" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="D33" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="E33" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="F33" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="G33" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H33" t="s">
-        <v>39</v>
-[...26 lines deleted...]
-    <row r="34" spans="1:16">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="B34" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="C34" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="D34" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="E34" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="F34" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="G34" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="H34" t="s">
-        <v>37</v>
-[...26 lines deleted...]
-    <row r="35" spans="1:16">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
       <c r="A35" s="3" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
-      <c r="I35" s="3"/>
-[...8 lines deleted...]
-    <row r="36" spans="1:16">
+    </row>
+    <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B36" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="C36" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="D36" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="E36" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="F36" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="G36" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H36" t="s">
-        <v>39</v>
-[...26 lines deleted...]
-    <row r="37" spans="1:16">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B37" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="C37" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="D37" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="E37" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="F37" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G37" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H37" t="s">
-        <v>34</v>
-[...26 lines deleted...]
-    <row r="38" spans="1:16">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B38" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="C38" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="D38" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="E38" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="F38" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="G38" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H38" t="s">
-        <v>39</v>
-[...26 lines deleted...]
-    <row r="39" spans="1:16">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="B39" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="C39" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="D39" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="E39" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="F39" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="G39" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="H39" t="s">
-        <v>37</v>
-[...26 lines deleted...]
-    <row r="40" spans="1:16">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
       <c r="A40" s="4"/>
       <c r="B40" s="4"/>
       <c r="C40" s="4"/>
       <c r="D40" s="4"/>
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="4"/>
       <c r="H40" s="4"/>
-      <c r="I40" s="4"/>
-[...8 lines deleted...]
-    <row r="41" spans="1:16">
+    </row>
+    <row r="41" spans="1:8">
       <c r="A41" s="2" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
-      <c r="I41" s="2"/>
-[...8 lines deleted...]
-    <row r="42" spans="1:16">
+    </row>
+    <row r="42" spans="1:8">
       <c r="A42" s="3" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B42" s="3"/>
       <c r="C42" s="3"/>
       <c r="D42" s="3"/>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
-      <c r="I42" s="3"/>
-[...8 lines deleted...]
-    <row r="43" spans="1:16">
+    </row>
+    <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>9</v>
+      </c>
+      <c r="B43" t="s">
+        <v>28</v>
+      </c>
+      <c r="C43" t="s">
+        <v>28</v>
+      </c>
+      <c r="D43" t="s">
+        <v>28</v>
+      </c>
+      <c r="E43" t="s">
+        <v>28</v>
+      </c>
+      <c r="F43" t="s">
+        <v>28</v>
+      </c>
+      <c r="G43" t="s">
+        <v>28</v>
+      </c>
+      <c r="H43" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>11</v>
+      </c>
+      <c r="B44" t="s">
+        <v>12</v>
+      </c>
+      <c r="C44" t="s">
+        <v>12</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>12</v>
+      </c>
+      <c r="H44" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>13</v>
+      </c>
+      <c r="B45" t="s">
+        <v>29</v>
+      </c>
+      <c r="C45" t="s">
+        <v>29</v>
+      </c>
+      <c r="D45" t="s">
+        <v>29</v>
+      </c>
+      <c r="E45" t="s">
+        <v>29</v>
+      </c>
+      <c r="F45" t="s">
+        <v>29</v>
+      </c>
+      <c r="G45" t="s">
+        <v>29</v>
+      </c>
+      <c r="H45" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>15</v>
+      </c>
+      <c r="B46" t="s">
+        <v>28</v>
+      </c>
+      <c r="C46" t="s">
+        <v>28</v>
+      </c>
+      <c r="D46" t="s">
+        <v>28</v>
+      </c>
+      <c r="E46" t="s">
+        <v>28</v>
+      </c>
+      <c r="F46" t="s">
+        <v>28</v>
+      </c>
+      <c r="G46" t="s">
+        <v>28</v>
+      </c>
+      <c r="H46" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>16</v>
+      </c>
+      <c r="B47" t="s">
         <v>17</v>
       </c>
-      <c r="B43" t="s">
-[...201 lines deleted...]
-      </c>
       <c r="C47" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D47" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="E47" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F47" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G47" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H47" t="s">
-        <v>21</v>
-[...26 lines deleted...]
-    <row r="48" spans="1:16">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
       <c r="A48" s="3" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="B48" s="3"/>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
-      <c r="I48" s="3"/>
-[...8 lines deleted...]
-    <row r="49" spans="1:16">
+    </row>
+    <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>9</v>
+      </c>
+      <c r="B49" t="s">
+        <v>28</v>
+      </c>
+      <c r="C49" t="s">
+        <v>28</v>
+      </c>
+      <c r="D49" t="s">
+        <v>28</v>
+      </c>
+      <c r="E49" t="s">
+        <v>28</v>
+      </c>
+      <c r="F49" t="s">
+        <v>28</v>
+      </c>
+      <c r="G49" t="s">
+        <v>28</v>
+      </c>
+      <c r="H49" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>11</v>
+      </c>
+      <c r="B50" t="s">
+        <v>12</v>
+      </c>
+      <c r="C50" t="s">
+        <v>12</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>12</v>
+      </c>
+      <c r="H50" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>15</v>
+      </c>
+      <c r="B51" t="s">
+        <v>28</v>
+      </c>
+      <c r="C51" t="s">
+        <v>28</v>
+      </c>
+      <c r="D51" t="s">
+        <v>28</v>
+      </c>
+      <c r="E51" t="s">
+        <v>28</v>
+      </c>
+      <c r="F51" t="s">
+        <v>28</v>
+      </c>
+      <c r="G51" t="s">
+        <v>28</v>
+      </c>
+      <c r="H51" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>16</v>
+      </c>
+      <c r="B52" t="s">
         <v>17</v>
       </c>
-      <c r="B49" t="s">
-[...151 lines deleted...]
-      </c>
       <c r="C52" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D52" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="E52" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F52" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G52" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="H52" t="s">
-        <v>21</v>
-[...26 lines deleted...]
-    <row r="53" spans="1:16">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
       <c r="A53" s="4"/>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="4"/>
       <c r="F53" s="4"/>
       <c r="G53" s="4"/>
       <c r="H53" s="4"/>
-      <c r="I53" s="4"/>
-[...8 lines deleted...]
-    <row r="54" spans="1:16">
+    </row>
+    <row r="54" spans="1:8">
       <c r="A54" s="2" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="2"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
-      <c r="I54" s="2"/>
-[...8 lines deleted...]
-    <row r="55" spans="1:16">
+    </row>
+    <row r="55" spans="1:8">
       <c r="A55" s="3" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B55" s="3"/>
       <c r="C55" s="3"/>
       <c r="D55" s="3"/>
       <c r="E55" s="3"/>
       <c r="F55" s="3"/>
       <c r="G55" s="3"/>
       <c r="H55" s="3"/>
-      <c r="I55" s="3"/>
-[...8 lines deleted...]
-    <row r="56" spans="1:16">
+    </row>
+    <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B56" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="C56" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="D56" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="H56" t="s">
-        <v>52</v>
-[...26 lines deleted...]
-    <row r="57" spans="1:16">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B57" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C57" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D57" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="E57" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F57" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G57" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H57" t="s">
-        <v>21</v>
-[...26 lines deleted...]
-    <row r="58" spans="1:16">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="B58" t="s">
+        <v>31</v>
+      </c>
+      <c r="C58" t="s">
+        <v>31</v>
+      </c>
+      <c r="D58" t="s">
+        <v>31</v>
+      </c>
+      <c r="E58" t="s">
+        <v>31</v>
+      </c>
+      <c r="F58" t="s">
+        <v>31</v>
+      </c>
+      <c r="G58" t="s">
+        <v>31</v>
+      </c>
+      <c r="H58" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>15</v>
+      </c>
+      <c r="B59" t="s">
+        <v>20</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>20</v>
+      </c>
+      <c r="H59" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>16</v>
+      </c>
+      <c r="B60" t="s">
+        <v>26</v>
+      </c>
+      <c r="C60" t="s">
+        <v>26</v>
+      </c>
+      <c r="D60" t="s">
+        <v>26</v>
+      </c>
+      <c r="E60" t="s">
+        <v>26</v>
+      </c>
+      <c r="F60" t="s">
+        <v>26</v>
+      </c>
+      <c r="G60" t="s">
+        <v>26</v>
+      </c>
+      <c r="H60" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" s="3" t="s">
         <v>18</v>
-      </c>
-[...145 lines deleted...]
-        <v>30</v>
       </c>
       <c r="B61" s="3"/>
       <c r="C61" s="3"/>
       <c r="D61" s="3"/>
       <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
-      <c r="I61" s="3"/>
-[...8 lines deleted...]
-    <row r="62" spans="1:16">
+    </row>
+    <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B62" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="C62" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="D62" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="H62" t="s">
-        <v>52</v>
-[...26 lines deleted...]
-    <row r="63" spans="1:16">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B63" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C63" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D63" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="E63" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F63" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="G63" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H63" t="s">
-        <v>21</v>
-[...26 lines deleted...]
-    <row r="64" spans="1:16">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B64" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="C64" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="D64" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="H64" t="s">
-        <v>52</v>
-[...26 lines deleted...]
-    <row r="65" spans="1:16">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="B65" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C65" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D65" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E65" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F65" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="G65" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="H65" t="s">
-        <v>28</v>
-[...26 lines deleted...]
-    <row r="66" spans="1:16">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
       <c r="A66" s="4"/>
       <c r="B66" s="4"/>
       <c r="C66" s="4"/>
       <c r="D66" s="4"/>
       <c r="E66" s="4"/>
       <c r="F66" s="4"/>
       <c r="G66" s="4"/>
       <c r="H66" s="4"/>
-      <c r="I66" s="4"/>
-[...8 lines deleted...]
-    <row r="67" spans="1:16">
+    </row>
+    <row r="67" spans="1:8">
       <c r="A67" s="2" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="2"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
-      <c r="I67" s="2"/>
-[...8 lines deleted...]
-    <row r="68" spans="1:16">
+    </row>
+    <row r="68" spans="1:8">
       <c r="A68" s="3" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B68" s="3"/>
       <c r="C68" s="3"/>
       <c r="D68" s="3"/>
       <c r="E68" s="3"/>
       <c r="F68" s="3"/>
       <c r="G68" s="3"/>
       <c r="H68" s="3"/>
-      <c r="I68" s="3"/>
-[...8 lines deleted...]
-    <row r="69" spans="1:16">
+    </row>
+    <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B69" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="C69" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="D69" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="E69" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="F69" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="G69" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="H69" t="s">
-        <v>52</v>
-[...26 lines deleted...]
-    <row r="70" spans="1:16">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="B70" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="C70" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="D70" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="E70" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="F70" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="G70" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="H70" t="s">
-        <v>46</v>
-[...26 lines deleted...]
-    <row r="71" spans="1:16">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B71" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="C71" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="D71" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="E71" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="F71" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="G71" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="H71" t="s">
-        <v>52</v>
-[...26 lines deleted...]
-    <row r="72" spans="1:16">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
       <c r="A72" s="3" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="B72" s="3"/>
       <c r="C72" s="3"/>
       <c r="D72" s="3"/>
       <c r="E72" s="3"/>
       <c r="F72" s="3"/>
       <c r="G72" s="3"/>
       <c r="H72" s="3"/>
-      <c r="I72" s="3"/>
-[...8 lines deleted...]
-    <row r="73" spans="1:16">
+    </row>
+    <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B73" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="C73" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="D73" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="E73" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="F73" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="G73" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="H73" t="s">
-        <v>52</v>
-[...26 lines deleted...]
-    <row r="74" spans="1:16">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B74" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="C74" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="D74" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="E74" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="F74" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="G74" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="H74" t="s">
-        <v>52</v>
-[...26 lines deleted...]
-    <row r="75" spans="1:16">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
       <c r="A75" s="4"/>
       <c r="B75" s="4"/>
       <c r="C75" s="4"/>
       <c r="D75" s="4"/>
       <c r="E75" s="4"/>
       <c r="F75" s="4"/>
       <c r="G75" s="4"/>
       <c r="H75" s="4"/>
-      <c r="I75" s="4"/>
-[...8 lines deleted...]
-    <row r="76" spans="1:16">
+    </row>
+    <row r="76" spans="1:8">
       <c r="A76" s="2" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="2"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
-      <c r="I76" s="2"/>
-[...8 lines deleted...]
-    <row r="77" spans="1:16">
+    </row>
+    <row r="77" spans="1:8">
       <c r="A77" s="3" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B77" s="3"/>
       <c r="C77" s="3"/>
       <c r="D77" s="3"/>
       <c r="E77" s="3"/>
       <c r="F77" s="3"/>
       <c r="G77" s="3"/>
       <c r="H77" s="3"/>
-      <c r="I77" s="3"/>
-[...8 lines deleted...]
-    <row r="78" spans="1:16">
+    </row>
+    <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B78" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="C78" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="D78" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="E78" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="F78" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="G78" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="H78" t="s">
-        <v>58</v>
-[...26 lines deleted...]
-    <row r="79" spans="1:16">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B79" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="C79" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="D79" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="E79" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="F79" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="G79" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="H79" t="s">
-        <v>21</v>
-[...26 lines deleted...]
-    <row r="80" spans="1:16">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="B80" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
       <c r="C80" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
       <c r="D80" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
       <c r="E80" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
       <c r="F80" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
       <c r="G80" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
       <c r="H80" t="s">
-        <v>61</v>
-[...26 lines deleted...]
-    <row r="81" spans="1:16">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B81" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="C81" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="D81" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="E81" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="F81" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="G81" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="H81" t="s">
-        <v>58</v>
-[...26 lines deleted...]
-    <row r="82" spans="1:16">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="B82" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="C82" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="D82" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="E82" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="F82" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="G82" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="H82" t="s">
-        <v>28</v>
-[...26 lines deleted...]
-    <row r="83" spans="1:16">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
       <c r="A83" s="3" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="B83" s="3"/>
       <c r="C83" s="3"/>
       <c r="D83" s="3"/>
       <c r="E83" s="3"/>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="3"/>
-      <c r="I83" s="3"/>
-[...8 lines deleted...]
-    <row r="84" spans="1:16">
+    </row>
+    <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B84" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="C84" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="D84" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="E84" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="F84" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="G84" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="H84" t="s">
-        <v>58</v>
-[...26 lines deleted...]
-    <row r="85" spans="1:16">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B85" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="C85" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="D85" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="E85" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="F85" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="G85" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="H85" t="s">
-        <v>21</v>
-[...26 lines deleted...]
-    <row r="86" spans="1:16">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B86" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="C86" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="D86" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="E86" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="F86" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="G86" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="H86" t="s">
-        <v>58</v>
-[...26 lines deleted...]
-    <row r="87" spans="1:16">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="B87" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="C87" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="D87" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="E87" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="F87" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="G87" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="H87" t="s">
-        <v>28</v>
-[...26 lines deleted...]
-    <row r="88" spans="1:16">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
       <c r="A88" s="4"/>
       <c r="B88" s="4"/>
       <c r="C88" s="4"/>
       <c r="D88" s="4"/>
       <c r="E88" s="4"/>
       <c r="F88" s="4"/>
       <c r="G88" s="4"/>
       <c r="H88" s="4"/>
-      <c r="I88" s="4"/>
-[...8 lines deleted...]
-    <row r="89" spans="1:16">
+    </row>
+    <row r="89" spans="1:8">
       <c r="A89" s="2" t="s">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
       <c r="D89" s="2"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2"/>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
-      <c r="I89" s="2"/>
-[...8 lines deleted...]
-    <row r="90" spans="1:16">
+    </row>
+    <row r="90" spans="1:8">
       <c r="A90" s="3" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B90" s="3"/>
       <c r="C90" s="3"/>
       <c r="D90" s="3"/>
       <c r="E90" s="3"/>
       <c r="F90" s="3"/>
       <c r="G90" s="3"/>
       <c r="H90" s="3"/>
-      <c r="I90" s="3"/>
-[...8 lines deleted...]
-    <row r="91" spans="1:16">
+    </row>
+    <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B91" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="C91" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="D91" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="E91" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="F91" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="G91" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="H91" t="s">
-        <v>65</v>
-[...26 lines deleted...]
-    <row r="92" spans="1:16">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B92" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="C92" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="D92" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="E92" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="F92" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G92" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H92" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="J92" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>13</v>
+      </c>
+      <c r="B93" t="s">
+        <v>42</v>
+      </c>
+      <c r="C93" t="s">
+        <v>42</v>
+      </c>
+      <c r="D93" t="s">
+        <v>42</v>
+      </c>
+      <c r="E93" t="s">
+        <v>42</v>
+      </c>
+      <c r="F93" t="s">
+        <v>42</v>
+      </c>
+      <c r="G93" t="s">
+        <v>42</v>
+      </c>
+      <c r="H93" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>15</v>
+      </c>
+      <c r="B94" t="s">
         <v>41</v>
       </c>
-      <c r="K92" t="s">
+      <c r="C94" t="s">
         <v>41</v>
       </c>
-      <c r="L92" t="s">
+      <c r="D94" t="s">
         <v>41</v>
       </c>
-      <c r="M92" t="s">
+      <c r="E94" t="s">
         <v>41</v>
       </c>
-      <c r="N92" t="s">
+      <c r="F94" t="s">
         <v>41</v>
       </c>
-      <c r="O92" t="s">
+      <c r="G94" t="s">
         <v>41</v>
       </c>
-      <c r="P92" t="s">
+      <c r="H94" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="93" spans="1:16">
-[...99 lines deleted...]
-    <row r="95" spans="1:16">
+    <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="B95" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="C95" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="D95" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="E95" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="F95" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="G95" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="H95" t="s">
-        <v>37</v>
-[...26 lines deleted...]
-    <row r="96" spans="1:16">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
       <c r="A96" s="3" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="B96" s="3"/>
       <c r="C96" s="3"/>
       <c r="D96" s="3"/>
       <c r="E96" s="3"/>
       <c r="F96" s="3"/>
       <c r="G96" s="3"/>
       <c r="H96" s="3"/>
-      <c r="I96" s="3"/>
-[...8 lines deleted...]
-    <row r="97" spans="1:16">
+    </row>
+    <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B97" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="C97" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="D97" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="E97" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="F97" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="G97" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="H97" t="s">
-        <v>65</v>
-[...26 lines deleted...]
-    <row r="98" spans="1:16">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B98" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="C98" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="D98" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="E98" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="F98" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="G98" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="H98" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="J98" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>15</v>
+      </c>
+      <c r="B99" t="s">
         <v>41</v>
       </c>
-      <c r="K98" t="s">
+      <c r="C99" t="s">
         <v>41</v>
       </c>
-      <c r="L98" t="s">
+      <c r="D99" t="s">
         <v>41</v>
       </c>
-      <c r="M98" t="s">
+      <c r="E99" t="s">
         <v>41</v>
       </c>
-      <c r="N98" t="s">
+      <c r="F99" t="s">
         <v>41</v>
       </c>
-      <c r="O98" t="s">
+      <c r="G99" t="s">
         <v>41</v>
       </c>
-      <c r="P98" t="s">
+      <c r="H99" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="99" spans="1:16">
-[...49 lines deleted...]
-    <row r="100" spans="1:16">
+    <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="B100" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="C100" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="D100" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="E100" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="F100" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="G100" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="H100" t="s">
-        <v>37</v>
-[...26 lines deleted...]
-    <row r="101" spans="1:16">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
       <c r="A101" s="4"/>
       <c r="B101" s="4"/>
       <c r="C101" s="4"/>
       <c r="D101" s="4"/>
       <c r="E101" s="4"/>
       <c r="F101" s="4"/>
       <c r="G101" s="4"/>
       <c r="H101" s="4"/>
-      <c r="I101" s="4"/>
-[...8 lines deleted...]
-    <row r="102" spans="1:16">
+    </row>
+    <row r="102" spans="1:8">
       <c r="A102" s="2" t="s">
-        <v>69</v>
+        <v>43</v>
       </c>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="2"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
-      <c r="I102" s="2"/>
-[...8 lines deleted...]
-    <row r="103" spans="1:16">
+    </row>
+    <row r="103" spans="1:8">
       <c r="A103" s="3" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B103" s="3"/>
       <c r="C103" s="3"/>
       <c r="D103" s="3"/>
       <c r="E103" s="3"/>
       <c r="F103" s="3"/>
       <c r="G103" s="3"/>
       <c r="H103" s="3"/>
-      <c r="I103" s="3"/>
-[...8 lines deleted...]
-    <row r="104" spans="1:16">
+    </row>
+    <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B104" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="C104" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="D104" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="E104" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="F104" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="G104" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="H104" t="s">
-        <v>70</v>
-[...26 lines deleted...]
-    <row r="105" spans="1:16">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B105" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="C105" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="D105" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="E105" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="F105" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="G105" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="H105" t="s">
-        <v>72</v>
-[...26 lines deleted...]
-    <row r="106" spans="1:16">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="B106" t="s">
-        <v>74</v>
+        <v>46</v>
       </c>
       <c r="C106" t="s">
-        <v>74</v>
+        <v>46</v>
       </c>
       <c r="D106" t="s">
-        <v>74</v>
+        <v>46</v>
       </c>
       <c r="E106" t="s">
-        <v>74</v>
+        <v>46</v>
       </c>
       <c r="F106" t="s">
-        <v>74</v>
+        <v>46</v>
       </c>
       <c r="G106" t="s">
-        <v>74</v>
+        <v>46</v>
       </c>
       <c r="H106" t="s">
-        <v>74</v>
-[...26 lines deleted...]
-    <row r="107" spans="1:16">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B107" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="C107" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="D107" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="E107" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="F107" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="G107" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="H107" t="s">
-        <v>70</v>
-[...26 lines deleted...]
-    <row r="108" spans="1:16">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="B108" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="C108" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="D108" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="E108" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="F108" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="G108" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="H108" t="s">
-        <v>76</v>
-[...26 lines deleted...]
-    <row r="109" spans="1:16">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
       <c r="A109" s="3" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="B109" s="3"/>
       <c r="C109" s="3"/>
       <c r="D109" s="3"/>
       <c r="E109" s="3"/>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
       <c r="H109" s="3"/>
-      <c r="I109" s="3"/>
-[...8 lines deleted...]
-    <row r="110" spans="1:16">
+    </row>
+    <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B110" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="C110" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="D110" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="E110" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="F110" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="G110" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="H110" t="s">
-        <v>70</v>
-[...26 lines deleted...]
-    <row r="111" spans="1:16">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B111" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="C111" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="D111" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="E111" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="F111" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="G111" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="H111" t="s">
-        <v>72</v>
-[...26 lines deleted...]
-    <row r="112" spans="1:16">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B112" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="C112" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="D112" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="E112" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="F112" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="G112" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="H112" t="s">
-        <v>70</v>
-[...26 lines deleted...]
-    <row r="113" spans="1:16">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="B113" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="C113" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="D113" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="E113" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="F113" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="G113" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="H113" t="s">
-        <v>76</v>
-[...26 lines deleted...]
-    <row r="114" spans="1:16">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
       <c r="A114" s="4"/>
       <c r="B114" s="4"/>
       <c r="C114" s="4"/>
       <c r="D114" s="4"/>
       <c r="E114" s="4"/>
       <c r="F114" s="4"/>
       <c r="G114" s="4"/>
       <c r="H114" s="4"/>
-      <c r="I114" s="4"/>
-[...8 lines deleted...]
-    <row r="115" spans="1:16">
+    </row>
+    <row r="115" spans="1:8">
       <c r="A115" s="2" t="s">
-        <v>78</v>
+        <v>48</v>
       </c>
       <c r="B115" s="2"/>
       <c r="C115" s="2"/>
       <c r="D115" s="2"/>
       <c r="E115" s="2"/>
       <c r="F115" s="2"/>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
-      <c r="I115" s="2"/>
-[...8 lines deleted...]
-    <row r="116" spans="1:16">
+    </row>
+    <row r="116" spans="1:8">
       <c r="A116" s="3" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B116" s="3"/>
       <c r="C116" s="3"/>
       <c r="D116" s="3"/>
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
       <c r="H116" s="3"/>
-      <c r="I116" s="3"/>
-[...8 lines deleted...]
-    <row r="117" spans="1:16">
+    </row>
+    <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B117" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="C117" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="D117" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="E117" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="F117" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="G117" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="H117" t="s">
-        <v>79</v>
-[...26 lines deleted...]
-    <row r="118" spans="1:16">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="B118" t="s">
-        <v>81</v>
+        <v>50</v>
       </c>
       <c r="C118" t="s">
-        <v>81</v>
+        <v>50</v>
       </c>
       <c r="D118" t="s">
-        <v>81</v>
+        <v>50</v>
       </c>
       <c r="E118" t="s">
-        <v>81</v>
+        <v>50</v>
       </c>
       <c r="F118" t="s">
-        <v>81</v>
+        <v>50</v>
       </c>
       <c r="G118" t="s">
-        <v>81</v>
+        <v>50</v>
       </c>
       <c r="H118" t="s">
-        <v>81</v>
-[...26 lines deleted...]
-    <row r="119" spans="1:16">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B119" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="C119" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="D119" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="E119" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="F119" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="G119" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="H119" t="s">
-        <v>79</v>
-[...26 lines deleted...]
-    <row r="120" spans="1:16">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
       <c r="A120" s="3" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="B120" s="3"/>
       <c r="C120" s="3"/>
       <c r="D120" s="3"/>
       <c r="E120" s="3"/>
       <c r="F120" s="3"/>
       <c r="G120" s="3"/>
       <c r="H120" s="3"/>
-      <c r="I120" s="3"/>
-[...8 lines deleted...]
-    <row r="121" spans="1:16">
+    </row>
+    <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B121" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="C121" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="D121" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="E121" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="F121" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="G121" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="H121" t="s">
-        <v>79</v>
-[...26 lines deleted...]
-    <row r="122" spans="1:16">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B122" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="C122" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="D122" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="E122" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="F122" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="G122" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="H122" t="s">
-        <v>79</v>
-[...26 lines deleted...]
-    <row r="123" spans="1:16">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
       <c r="A123" s="4"/>
       <c r="B123" s="4"/>
       <c r="C123" s="4"/>
       <c r="D123" s="4"/>
       <c r="E123" s="4"/>
       <c r="F123" s="4"/>
       <c r="G123" s="4"/>
       <c r="H123" s="4"/>
-      <c r="I123" s="4"/>
-[...8 lines deleted...]
-    <row r="124" spans="1:16">
+    </row>
+    <row r="124" spans="1:8">
       <c r="A124" s="2" t="s">
-        <v>83</v>
+        <v>51</v>
       </c>
       <c r="B124" s="2"/>
       <c r="C124" s="2"/>
       <c r="D124" s="2"/>
       <c r="E124" s="2"/>
       <c r="F124" s="2"/>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
-      <c r="I124" s="2"/>
-[...8 lines deleted...]
-    <row r="125" spans="1:16">
+    </row>
+    <row r="125" spans="1:8">
       <c r="A125" s="3" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B125" s="3"/>
       <c r="C125" s="3"/>
       <c r="D125" s="3"/>
       <c r="E125" s="3"/>
       <c r="F125" s="3"/>
       <c r="G125" s="3"/>
       <c r="H125" s="3"/>
-      <c r="I125" s="3"/>
-[...8 lines deleted...]
-    <row r="126" spans="1:16">
+    </row>
+    <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B126" t="s">
-        <v>84</v>
+        <v>52</v>
       </c>
       <c r="C126" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="D126" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="E126" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="F126" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="G126" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="H126" t="s">
-        <v>85</v>
-[...26 lines deleted...]
-    <row r="127" spans="1:16">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B127" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="C127" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="D127" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="E127" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="F127" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="G127" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="H127" t="s">
-        <v>21</v>
-[...26 lines deleted...]
-    <row r="128" spans="1:16">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="B128" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="C128" t="s">
-        <v>88</v>
+        <v>25</v>
       </c>
       <c r="D128" t="s">
-        <v>88</v>
+        <v>25</v>
       </c>
       <c r="E128" t="s">
-        <v>88</v>
+        <v>25</v>
       </c>
       <c r="F128" t="s">
-        <v>88</v>
+        <v>25</v>
       </c>
       <c r="G128" t="s">
-        <v>88</v>
+        <v>25</v>
       </c>
       <c r="H128" t="s">
-        <v>88</v>
-[...26 lines deleted...]
-    <row r="129" spans="1:16">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B129" t="s">
-        <v>84</v>
+        <v>52</v>
       </c>
       <c r="C129" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="D129" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="E129" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="F129" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="G129" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="H129" t="s">
-        <v>85</v>
-[...26 lines deleted...]
-    <row r="130" spans="1:16">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="B130" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="C130" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="D130" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="E130" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="F130" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="G130" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="H130" t="s">
-        <v>28</v>
-[...26 lines deleted...]
-    <row r="131" spans="1:16">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
       <c r="A131" s="3" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="B131" s="3"/>
       <c r="C131" s="3"/>
       <c r="D131" s="3"/>
       <c r="E131" s="3"/>
       <c r="F131" s="3"/>
       <c r="G131" s="3"/>
       <c r="H131" s="3"/>
-      <c r="I131" s="3"/>
-[...8 lines deleted...]
-    <row r="132" spans="1:16">
+    </row>
+    <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B132" t="s">
-        <v>84</v>
+        <v>52</v>
       </c>
       <c r="C132" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="D132" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="E132" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="F132" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="G132" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="H132" t="s">
-        <v>85</v>
-[...26 lines deleted...]
-    <row r="133" spans="1:16">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B133" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="C133" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="D133" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="E133" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="F133" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="G133" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="H133" t="s">
-        <v>21</v>
-[...26 lines deleted...]
-    <row r="134" spans="1:16">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B134" t="s">
-        <v>84</v>
+        <v>52</v>
       </c>
       <c r="C134" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="D134" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="E134" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="F134" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="G134" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="H134" t="s">
-        <v>85</v>
-[...26 lines deleted...]
-    <row r="135" spans="1:16">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="B135" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="C135" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="D135" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="E135" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="F135" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="G135" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="H135" t="s">
-        <v>28</v>
-[...26 lines deleted...]
-    <row r="136" spans="1:16">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
       <c r="A136" s="4"/>
       <c r="B136" s="4"/>
       <c r="C136" s="4"/>
       <c r="D136" s="4"/>
       <c r="E136" s="4"/>
       <c r="F136" s="4"/>
       <c r="G136" s="4"/>
       <c r="H136" s="4"/>
-      <c r="I136" s="4"/>
-[...8 lines deleted...]
-    <row r="137" spans="1:16">
+    </row>
+    <row r="137" spans="1:8">
       <c r="A137" s="2" t="s">
-        <v>89</v>
+        <v>53</v>
       </c>
       <c r="B137" s="2"/>
       <c r="C137" s="2"/>
       <c r="D137" s="2"/>
       <c r="E137" s="2"/>
       <c r="F137" s="2"/>
       <c r="G137" s="2"/>
       <c r="H137" s="2"/>
-      <c r="I137" s="2"/>
-[...8 lines deleted...]
-    <row r="138" spans="1:16">
+    </row>
+    <row r="138" spans="1:8">
       <c r="A138" s="3" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B138" s="3"/>
       <c r="C138" s="3"/>
       <c r="D138" s="3"/>
       <c r="E138" s="3"/>
       <c r="F138" s="3"/>
       <c r="G138" s="3"/>
       <c r="H138" s="3"/>
-      <c r="I138" s="3"/>
-[...8 lines deleted...]
-    <row r="139" spans="1:16">
+    </row>
+    <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B139" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C139" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="D139" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="E139" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="F139" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="G139" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="H139" t="s">
-        <v>90</v>
-[...26 lines deleted...]
-    <row r="140" spans="1:16">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B140" t="s">
-        <v>92</v>
+        <v>24</v>
       </c>
       <c r="C140" t="s">
-        <v>92</v>
+        <v>24</v>
       </c>
       <c r="D140" t="s">
-        <v>92</v>
+        <v>24</v>
       </c>
       <c r="E140" t="s">
-        <v>92</v>
+        <v>24</v>
       </c>
       <c r="F140" t="s">
-        <v>92</v>
+        <v>24</v>
       </c>
       <c r="G140" t="s">
-        <v>92</v>
+        <v>24</v>
       </c>
       <c r="H140" t="s">
-        <v>92</v>
-[...26 lines deleted...]
-    <row r="141" spans="1:16">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="B141" t="s">
-        <v>93</v>
+        <v>55</v>
       </c>
       <c r="C141" t="s">
-        <v>93</v>
+        <v>55</v>
       </c>
       <c r="D141" t="s">
-        <v>93</v>
+        <v>55</v>
       </c>
       <c r="E141" t="s">
-        <v>93</v>
+        <v>55</v>
       </c>
       <c r="F141" t="s">
-        <v>93</v>
+        <v>55</v>
       </c>
       <c r="G141" t="s">
-        <v>93</v>
+        <v>55</v>
       </c>
       <c r="H141" t="s">
-        <v>93</v>
-[...26 lines deleted...]
-    <row r="142" spans="1:16">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B142" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C142" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="D142" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="E142" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="F142" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="G142" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="H142" t="s">
-        <v>90</v>
-[...26 lines deleted...]
-    <row r="143" spans="1:16">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="B143" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="C143" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="D143" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="E143" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="F143" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="G143" t="s">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="H143" t="s">
-        <v>95</v>
-[...26 lines deleted...]
-    <row r="144" spans="1:16">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
       <c r="A144" s="3" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="B144" s="3"/>
       <c r="C144" s="3"/>
       <c r="D144" s="3"/>
       <c r="E144" s="3"/>
       <c r="F144" s="3"/>
       <c r="G144" s="3"/>
       <c r="H144" s="3"/>
-      <c r="I144" s="3"/>
-[...8 lines deleted...]
-    <row r="145" spans="1:16">
+    </row>
+    <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B145" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C145" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="D145" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="E145" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="F145" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="G145" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="H145" t="s">
-        <v>90</v>
-[...26 lines deleted...]
-    <row r="146" spans="1:16">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B146" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="C146" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="D146" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="E146" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="F146" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="G146" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="H146" t="s">
-        <v>90</v>
-[...26 lines deleted...]
-    <row r="147" spans="1:16">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
       <c r="A147" s="4"/>
       <c r="B147" s="4"/>
       <c r="C147" s="4"/>
       <c r="D147" s="4"/>
       <c r="E147" s="4"/>
       <c r="F147" s="4"/>
       <c r="G147" s="4"/>
       <c r="H147" s="4"/>
-      <c r="I147" s="4"/>
-[...8 lines deleted...]
-    <row r="148" spans="1:16">
+    </row>
+    <row r="148" spans="1:8">
       <c r="A148" s="2" t="s">
-        <v>96</v>
+        <v>56</v>
       </c>
       <c r="B148" s="2"/>
       <c r="C148" s="2"/>
       <c r="D148" s="2"/>
       <c r="E148" s="2"/>
       <c r="F148" s="2"/>
       <c r="G148" s="2"/>
       <c r="H148" s="2"/>
-      <c r="I148" s="2"/>
-[...8 lines deleted...]
-    <row r="149" spans="1:16">
+    </row>
+    <row r="149" spans="1:8">
       <c r="A149" s="3" t="s">
-        <v>96</v>
+        <v>56</v>
       </c>
       <c r="B149" s="3"/>
       <c r="C149" s="3"/>
       <c r="D149" s="3"/>
       <c r="E149" s="3"/>
       <c r="F149" s="3"/>
       <c r="G149" s="3"/>
       <c r="H149" s="3"/>
-      <c r="I149" s="3"/>
-[...8 lines deleted...]
-    <row r="150" spans="1:16">
+    </row>
+    <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B150" t="s">
-        <v>97</v>
+        <v>57</v>
       </c>
       <c r="C150" t="s">
-        <v>97</v>
+        <v>57</v>
       </c>
       <c r="D150" t="s">
-        <v>97</v>
+        <v>57</v>
       </c>
       <c r="E150" t="s">
-        <v>97</v>
+        <v>57</v>
       </c>
       <c r="F150" t="s">
-        <v>97</v>
+        <v>57</v>
       </c>
       <c r="G150" t="s">
-        <v>97</v>
+        <v>57</v>
       </c>
       <c r="H150" t="s">
-        <v>97</v>
-[...26 lines deleted...]
-    <row r="151" spans="1:16">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
       <c r="A151" s="4"/>
       <c r="B151" s="4"/>
       <c r="C151" s="4"/>
       <c r="D151" s="4"/>
       <c r="E151" s="4"/>
       <c r="F151" s="4"/>
       <c r="G151" s="4"/>
       <c r="H151" s="4"/>
-      <c r="I151" s="4"/>
-[...8 lines deleted...]
-    <row r="152" spans="1:16">
+    </row>
+    <row r="152" spans="1:8">
       <c r="A152" s="2" t="s">
-        <v>99</v>
+        <v>58</v>
       </c>
       <c r="B152" s="2"/>
       <c r="C152" s="2"/>
       <c r="D152" s="2"/>
       <c r="E152" s="2"/>
       <c r="F152" s="2"/>
       <c r="G152" s="2"/>
       <c r="H152" s="2"/>
-      <c r="I152" s="2"/>
-[...8 lines deleted...]
-    <row r="153" spans="1:16">
+    </row>
+    <row r="153" spans="1:8">
       <c r="A153" s="3" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B153" s="3"/>
       <c r="C153" s="3"/>
       <c r="D153" s="3"/>
       <c r="E153" s="3"/>
       <c r="F153" s="3"/>
       <c r="G153" s="3"/>
       <c r="H153" s="3"/>
-      <c r="I153" s="3"/>
-[...8 lines deleted...]
-    <row r="154" spans="1:16">
+    </row>
+    <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B154" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="C154" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="D154" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="E154" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="F154" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="G154" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="H154" t="s">
-        <v>84</v>
-[...26 lines deleted...]
-    <row r="155" spans="1:16">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B155" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
       <c r="C155" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
       <c r="D155" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
       <c r="E155" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
       <c r="F155" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
       <c r="G155" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
       <c r="H155" t="s">
-        <v>101</v>
-[...26 lines deleted...]
-    <row r="156" spans="1:16">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="B156" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C156" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D156" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="E156" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F156" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G156" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="H156" t="s">
-        <v>61</v>
-[...26 lines deleted...]
-    <row r="157" spans="1:16">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B157" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="C157" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="D157" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="E157" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="F157" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="G157" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="H157" t="s">
-        <v>84</v>
-[...26 lines deleted...]
-    <row r="158" spans="1:16">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="B158" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="C158" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="D158" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="E158" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F158" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="G158" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="H158" t="s">
-        <v>34</v>
-[...26 lines deleted...]
-    <row r="159" spans="1:16">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
       <c r="A159" s="3" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="B159" s="3"/>
       <c r="C159" s="3"/>
       <c r="D159" s="3"/>
       <c r="E159" s="3"/>
       <c r="F159" s="3"/>
       <c r="G159" s="3"/>
       <c r="H159" s="3"/>
-      <c r="I159" s="3"/>
-[...8 lines deleted...]
-    <row r="160" spans="1:16">
+    </row>
+    <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B160" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="C160" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="D160" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="E160" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="F160" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="G160" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="H160" t="s">
-        <v>84</v>
-[...26 lines deleted...]
-    <row r="161" spans="1:16">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B161" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
       <c r="C161" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
       <c r="D161" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
       <c r="E161" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
       <c r="F161" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
       <c r="G161" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
       <c r="H161" t="s">
-        <v>101</v>
-[...26 lines deleted...]
-    <row r="162" spans="1:16">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B162" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="C162" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="D162" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="E162" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="F162" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="G162" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="H162" t="s">
-        <v>84</v>
-[...26 lines deleted...]
-    <row r="163" spans="1:16">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="B163" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="C163" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="D163" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="E163" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F163" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="G163" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="H163" t="s">
-        <v>34</v>
-[...26 lines deleted...]
-    <row r="164" spans="1:16">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
       <c r="A164" s="4"/>
       <c r="B164" s="4"/>
       <c r="C164" s="4"/>
       <c r="D164" s="4"/>
       <c r="E164" s="4"/>
       <c r="F164" s="4"/>
       <c r="G164" s="4"/>
       <c r="H164" s="4"/>
-      <c r="I164" s="4"/>
-[...8 lines deleted...]
-    <row r="165" spans="1:16">
+    </row>
+    <row r="165" spans="1:8">
       <c r="A165" s="2" t="s">
-        <v>103</v>
+        <v>61</v>
       </c>
       <c r="B165" s="2"/>
       <c r="C165" s="2"/>
       <c r="D165" s="2"/>
       <c r="E165" s="2"/>
       <c r="F165" s="2"/>
       <c r="G165" s="2"/>
       <c r="H165" s="2"/>
-      <c r="I165" s="2"/>
-[...8 lines deleted...]
-    <row r="166" spans="1:16">
+    </row>
+    <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>104</v>
+        <v>62</v>
       </c>
       <c r="B166" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:16">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>106</v>
+        <v>64</v>
       </c>
       <c r="B167" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:16">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>108</v>
+        <v>66</v>
       </c>
       <c r="B168" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:16">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>110</v>
+        <v>68</v>
       </c>
       <c r="B169" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:16">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>112</v>
+        <v>70</v>
       </c>
       <c r="B170" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:16">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>113</v>
+        <v>71</v>
       </c>
       <c r="B171" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:16">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>114</v>
+        <v>72</v>
       </c>
       <c r="B172" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:16">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="B173" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:16">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>116</v>
+        <v>74</v>
       </c>
       <c r="B174" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:16">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>118</v>
+        <v>76</v>
       </c>
       <c r="B175" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:16">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>120</v>
+        <v>78</v>
       </c>
       <c r="B176" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:16">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>122</v>
+        <v>80</v>
       </c>
       <c r="B177" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:16">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
       <c r="A179" s="1" t="s">
-        <v>124</v>
+        <v>82</v>
       </c>
       <c r="B179" s="1"/>
       <c r="C179" s="1"/>
       <c r="D179" s="1"/>
       <c r="E179" s="1"/>
       <c r="F179" s="1"/>
       <c r="G179" s="1"/>
       <c r="H179" s="1"/>
-      <c r="I179" s="1"/>
-[...8 lines deleted...]
-    <row r="180" spans="1:16">
+    </row>
+    <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>125</v>
+        <v>83</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A180:P180"/>
+    <mergeCell ref="A180:H180"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>