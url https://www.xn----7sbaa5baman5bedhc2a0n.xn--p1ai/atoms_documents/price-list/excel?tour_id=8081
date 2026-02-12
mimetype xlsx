--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -12,302 +12,476 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="8081-msk-2025-sbornyj-tur..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
   <si>
-    <t>03.01.2026</t>
+    <t>14.02.2026</t>
   </si>
   <si>
-    <t>04.01.2026</t>
+    <t>21.02.2026</t>
   </si>
   <si>
-    <t>05.01.2026</t>
+    <t>28.02.2026</t>
   </si>
   <si>
-    <t>06.01.2026</t>
+    <t>07.03.2026</t>
   </si>
   <si>
-    <t>07.01.2026</t>
+    <t>14.03.2026</t>
   </si>
   <si>
-    <t>08.01.2026</t>
+    <t>21.03.2026</t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>28.03.2026</t>
+  </si>
+  <si>
+    <t>04.04.2026</t>
+  </si>
+  <si>
+    <t>11.04.2026</t>
+  </si>
+  <si>
+    <t>18.04.2026</t>
+  </si>
+  <si>
+    <t>25.04.2026</t>
+  </si>
+  <si>
+    <t>02.05.2026</t>
+  </si>
+  <si>
+    <t>09.05.2026</t>
+  </si>
+  <si>
+    <t>16.05.2026</t>
+  </si>
+  <si>
+    <t>23.05.2026</t>
+  </si>
+  <si>
+    <t>30.05.2026</t>
+  </si>
+  <si>
+    <t>06.06.2026</t>
+  </si>
+  <si>
+    <t>13.06.2026</t>
+  </si>
+  <si>
+    <t>20.06.2026</t>
+  </si>
+  <si>
+    <t>27.06.2026</t>
+  </si>
+  <si>
+    <t>04.07.2026</t>
+  </si>
+  <si>
+    <t>11.07.2026</t>
+  </si>
+  <si>
+    <t>18.07.2026</t>
+  </si>
+  <si>
+    <t>25.07.2026</t>
+  </si>
+  <si>
+    <t>01.08.2026</t>
+  </si>
+  <si>
+    <t>08.08.2026</t>
+  </si>
+  <si>
+    <t>15.08.2026</t>
+  </si>
+  <si>
+    <t>22.08.2026</t>
+  </si>
+  <si>
+    <t>29.08.2026</t>
+  </si>
+  <si>
+    <t>05.09.2026</t>
+  </si>
+  <si>
+    <t>12.09.2026</t>
+  </si>
+  <si>
+    <t>19.09.2026</t>
+  </si>
+  <si>
+    <t>26.09.2026</t>
+  </si>
+  <si>
+    <t>03.10.2026</t>
+  </si>
+  <si>
+    <t>10.10.2026</t>
+  </si>
+  <si>
+    <t>17.10.2026</t>
+  </si>
+  <si>
+    <t>24.10.2026</t>
+  </si>
+  <si>
+    <t>31.10.2026</t>
+  </si>
+  <si>
+    <t>07.11.2026</t>
+  </si>
+  <si>
+    <t>14.11.2026</t>
+  </si>
+  <si>
+    <t>21.11.2026</t>
+  </si>
+  <si>
+    <t>28.11.2026</t>
+  </si>
+  <si>
+    <t>05.12.2026</t>
+  </si>
+  <si>
+    <t>12.12.2026</t>
+  </si>
+  <si>
+    <t>19.12.2026</t>
+  </si>
+  <si>
+    <t>26.12.2026</t>
   </si>
   <si>
     <t>Мираж</t>
   </si>
   <si>
     <t>2-м номер KING (номер с одной двухспальной кроватью)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>29550 RUB</t>
+    <t>21060 RUB</t>
+  </si>
+  <si>
+    <t>24820 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
-    <t>13270 RUB</t>
+    <t>10180 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
-    <t>47730 RUB</t>
+    <t>31100 RUB</t>
+  </si>
+  <si>
+    <t>39470 RUB</t>
   </si>
   <si>
     <t>Ребёнок 3—11 лет на основном месте</t>
   </si>
   <si>
     <t>Ребёнок 3—11 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>13100 RUB</t>
+    <t>10160 RUB</t>
   </si>
   <si>
     <t>2-м номер TWIN (номер с двумя раздельными кроватями)</t>
   </si>
   <si>
     <t>Шаляпин Палас отель</t>
   </si>
   <si>
-    <t>16560 RUB</t>
+    <t>13940 RUB</t>
   </si>
   <si>
-    <t>21580 RUB</t>
+    <t>14530 RUB</t>
+  </si>
+  <si>
+    <t>9670 RUB</t>
+  </si>
+  <si>
+    <t>18210 RUB</t>
+  </si>
+  <si>
+    <t>19380 RUB</t>
+  </si>
+  <si>
+    <t>8480 RUB</t>
   </si>
   <si>
     <t>Гранд Отель Казань</t>
   </si>
   <si>
-    <t>15000 RUB</t>
+    <t>13270 RUB</t>
   </si>
   <si>
-    <t>11540 RUB</t>
-[...5 lines deleted...]
-    <t>11370 RUB</t>
+    <t>16870 RUB</t>
   </si>
   <si>
     <t>Кортъярд Марриотт</t>
   </si>
   <si>
-    <t>25910 RUB</t>
+    <t>21890 RUB</t>
   </si>
   <si>
-    <t>41500 RUB</t>
+    <t>11680 RUB</t>
+  </si>
+  <si>
+    <t>27750 RUB</t>
+  </si>
+  <si>
+    <t>33610 RUB</t>
+  </si>
+  <si>
+    <t>8650 RUB</t>
   </si>
   <si>
     <t>Биляр Палас Отель</t>
   </si>
   <si>
-    <t>24870 RUB</t>
+    <t>12690 RUB</t>
+  </si>
+  <si>
+    <t>13100 RUB</t>
+  </si>
+  <si>
+    <t>9000 RUB</t>
+  </si>
+  <si>
+    <t>18540 RUB</t>
+  </si>
+  <si>
+    <t>8990 RUB</t>
   </si>
   <si>
     <t>Ногай</t>
   </si>
   <si>
-    <t>24270 RUB</t>
+    <t>14360 RUB</t>
   </si>
   <si>
-    <t>38550 RUB</t>
+    <t>14780 RUB</t>
+  </si>
+  <si>
+    <t>20220 RUB</t>
   </si>
   <si>
     <t>Азимут</t>
   </si>
   <si>
-    <t>14400 RUB</t>
+    <t>11430 RUB</t>
   </si>
   <si>
-    <t>9810 RUB</t>
+    <t>13520 RUB</t>
   </si>
   <si>
-    <t>20890 RUB</t>
+    <t>9510 RUB</t>
   </si>
   <si>
-    <t>9640 RUB</t>
+    <t>9320 RUB</t>
   </si>
   <si>
     <t>Кристалл</t>
   </si>
   <si>
-    <t>14170 RUB</t>
+    <t>11850 RUB</t>
   </si>
   <si>
-    <t>20720 RUB</t>
+    <t>12600 RUB</t>
+  </si>
+  <si>
+    <t>16540 RUB</t>
+  </si>
+  <si>
+    <t>18040 RUB</t>
   </si>
   <si>
     <t>Татарстан</t>
   </si>
   <si>
-    <t>12840 RUB</t>
+    <t>11260 RUB</t>
   </si>
   <si>
-    <t>8940 RUB</t>
+    <t>11640 RUB</t>
   </si>
   <si>
-    <t>17390 RUB</t>
+    <t>8170 RUB</t>
   </si>
   <si>
-    <t>8770 RUB</t>
+    <t>14280 RUB</t>
+  </si>
+  <si>
+    <t>15780 RUB</t>
+  </si>
+  <si>
+    <t>8150 RUB</t>
   </si>
   <si>
     <t>Парк Отель</t>
   </si>
   <si>
-    <t>17150 RUB</t>
+    <t>12320 RUB</t>
   </si>
   <si>
-    <t>27070 RUB</t>
+    <t>16590 RUB</t>
+  </si>
+  <si>
+    <t>17660 RUB</t>
+  </si>
+  <si>
+    <t>26190 RUB</t>
   </si>
   <si>
     <t>Давыдов</t>
   </si>
   <si>
-    <t>14920 RUB</t>
+    <t>12270 RUB</t>
   </si>
   <si>
     <t>Джузеппе</t>
   </si>
   <si>
-    <t>16350 RUB</t>
+    <t>9840 RUB</t>
   </si>
   <si>
-    <t>20930 RUB</t>
+    <t>19880 RUB</t>
+  </si>
+  <si>
+    <t>9820 RUB</t>
   </si>
   <si>
     <t>Без размещения</t>
   </si>
   <si>
-    <t>6170 RUB</t>
+    <t>5990 RUB</t>
   </si>
   <si>
     <t>Раймонд</t>
   </si>
   <si>
-    <t>15700 RUB</t>
+    <t>10340 RUB</t>
   </si>
   <si>
-    <t>21760 RUB</t>
+    <t>15200 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "ж/д-отель" (дневное время)</t>
   </si>
   <si>
     <t>1200 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "ж/д-отель" (19:00-08:00)</t>
   </si>
   <si>
     <t>1400 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "аэропорт-отель" (дневное время)</t>
   </si>
   <si>
     <t>1800 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "аэропорт-отель" (19:00-08:00)</t>
   </si>
   <si>
     <t>2000 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "отель-ж/д" (дневное время)</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "отель-ж/д" (19:00-08:00)</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "отель-аэропорт" (дневное время)</t>
   </si>
   <si>
     <t>Индивидуальный трансфер "отель-аэропорт" (19:00-08:00)</t>
   </si>
   <si>
     <t>Экскурсия "Огни ночной Казани"</t>
   </si>
   <si>
-    <t>1100 RUB</t>
+    <t>1300 RUB</t>
   </si>
   <si>
     <t>Билет на "Колесо обозрения"</t>
   </si>
   <si>
     <t>500 RUB</t>
   </si>
   <si>
     <t>Пешеходная экскурсия "Казанский Арбат"</t>
   </si>
   <si>
     <t>600 RUB</t>
   </si>
   <si>
     <t>Экскурсия на остров-град Свияжск</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 28.12.2025 06:06, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 12.02.2026 01:01, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -649,3661 +823,18676 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H180"/>
+  <dimension ref="A1:AU180"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A179" sqref="A179:H179"/>
+      <selection activeCell="A179" sqref="A179:AU179"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="67.126465" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="47" max="47" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:47">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
+      <c r="I1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="N1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="O1" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="P1" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="Q1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="R1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="S1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="T1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="U1" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="V1" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="W1" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="X1" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y1" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="Z1" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="AA1" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="AB1" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="AC1" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="AD1" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="AE1" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="AF1" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="AG1" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AH1" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="AI1" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="AJ1" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="AK1" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="AL1" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="AM1" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="AN1" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="AO1" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="AP1" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="AQ1" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="AR1" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="AS1" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="AT1" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="AU1" s="1" t="s">
+        <v>45</v>
+      </c>
     </row>
-    <row r="2" spans="1:8">
+    <row r="2" spans="1:47">
       <c r="A2" s="2" t="s">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
+      <c r="I2" s="2"/>
+      <c r="J2" s="2"/>
+      <c r="K2" s="2"/>
+      <c r="L2" s="2"/>
+      <c r="M2" s="2"/>
+      <c r="N2" s="2"/>
+      <c r="O2" s="2"/>
+      <c r="P2" s="2"/>
+      <c r="Q2" s="2"/>
+      <c r="R2" s="2"/>
+      <c r="S2" s="2"/>
+      <c r="T2" s="2"/>
+      <c r="U2" s="2"/>
+      <c r="V2" s="2"/>
+      <c r="W2" s="2"/>
+      <c r="X2" s="2"/>
+      <c r="Y2" s="2"/>
+      <c r="Z2" s="2"/>
+      <c r="AA2" s="2"/>
+      <c r="AB2" s="2"/>
+      <c r="AC2" s="2"/>
+      <c r="AD2" s="2"/>
+      <c r="AE2" s="2"/>
+      <c r="AF2" s="2"/>
+      <c r="AG2" s="2"/>
+      <c r="AH2" s="2"/>
+      <c r="AI2" s="2"/>
+      <c r="AJ2" s="2"/>
+      <c r="AK2" s="2"/>
+      <c r="AL2" s="2"/>
+      <c r="AM2" s="2"/>
+      <c r="AN2" s="2"/>
+      <c r="AO2" s="2"/>
+      <c r="AP2" s="2"/>
+      <c r="AQ2" s="2"/>
+      <c r="AR2" s="2"/>
+      <c r="AS2" s="2"/>
+      <c r="AT2" s="2"/>
+      <c r="AU2" s="2"/>
     </row>
-    <row r="3" spans="1:8">
+    <row r="3" spans="1:47">
       <c r="A3" s="3" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3"/>
+      <c r="N3" s="3"/>
+      <c r="O3" s="3"/>
+      <c r="P3" s="3"/>
+      <c r="Q3" s="3"/>
+      <c r="R3" s="3"/>
+      <c r="S3" s="3"/>
+      <c r="T3" s="3"/>
+      <c r="U3" s="3"/>
+      <c r="V3" s="3"/>
+      <c r="W3" s="3"/>
+      <c r="X3" s="3"/>
+      <c r="Y3" s="3"/>
+      <c r="Z3" s="3"/>
+      <c r="AA3" s="3"/>
+      <c r="AB3" s="3"/>
+      <c r="AC3" s="3"/>
+      <c r="AD3" s="3"/>
+      <c r="AE3" s="3"/>
+      <c r="AF3" s="3"/>
+      <c r="AG3" s="3"/>
+      <c r="AH3" s="3"/>
+      <c r="AI3" s="3"/>
+      <c r="AJ3" s="3"/>
+      <c r="AK3" s="3"/>
+      <c r="AL3" s="3"/>
+      <c r="AM3" s="3"/>
+      <c r="AN3" s="3"/>
+      <c r="AO3" s="3"/>
+      <c r="AP3" s="3"/>
+      <c r="AQ3" s="3"/>
+      <c r="AR3" s="3"/>
+      <c r="AS3" s="3"/>
+      <c r="AT3" s="3"/>
+      <c r="AU3" s="3"/>
     </row>
-    <row r="4" spans="1:8">
+    <row r="4" spans="1:47">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="D4" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="E4" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="G4" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="H4" t="s">
-        <v>10</v>
+        <v>49</v>
+      </c>
+      <c r="I4" t="s">
+        <v>49</v>
+      </c>
+      <c r="J4" t="s">
+        <v>49</v>
+      </c>
+      <c r="K4" t="s">
+        <v>49</v>
+      </c>
+      <c r="L4" t="s">
+        <v>50</v>
+      </c>
+      <c r="M4" t="s">
+        <v>50</v>
+      </c>
+      <c r="N4" t="s">
+        <v>50</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>49</v>
+      </c>
+      <c r="R4" t="s">
+        <v>49</v>
+      </c>
+      <c r="S4" t="s">
+        <v>50</v>
+      </c>
+      <c r="T4" t="s">
+        <v>49</v>
+      </c>
+      <c r="U4" t="s">
+        <v>49</v>
+      </c>
+      <c r="V4" t="s">
+        <v>49</v>
+      </c>
+      <c r="W4" t="s">
+        <v>49</v>
+      </c>
+      <c r="X4" t="s">
+        <v>49</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>49</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>49</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>49</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>49</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>49</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>49</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>49</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>49</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>49</v>
+      </c>
+      <c r="AH4" t="s">
+        <v>49</v>
+      </c>
+      <c r="AI4" t="s">
+        <v>49</v>
+      </c>
+      <c r="AJ4" t="s">
+        <v>49</v>
+      </c>
+      <c r="AK4" t="s">
+        <v>49</v>
+      </c>
+      <c r="AL4" t="s">
+        <v>49</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>50</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>49</v>
+      </c>
+      <c r="AO4" t="s">
+        <v>49</v>
+      </c>
+      <c r="AP4" t="s">
+        <v>49</v>
+      </c>
+      <c r="AQ4" t="s">
+        <v>49</v>
+      </c>
+      <c r="AR4" t="s">
+        <v>49</v>
+      </c>
+      <c r="AS4" t="s">
+        <v>49</v>
+      </c>
+      <c r="AT4" t="s">
+        <v>49</v>
+      </c>
+      <c r="AU4" t="s">
+        <v>49</v>
       </c>
     </row>
-    <row r="5" spans="1:8">
+    <row r="5" spans="1:47">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="G5" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="H5" t="s">
-        <v>12</v>
+        <v>52</v>
+      </c>
+      <c r="I5" t="s">
+        <v>52</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>52</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>52</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>52</v>
+      </c>
+      <c r="R5" t="s">
+        <v>52</v>
+      </c>
+      <c r="S5" t="s">
+        <v>52</v>
+      </c>
+      <c r="T5" t="s">
+        <v>52</v>
+      </c>
+      <c r="U5" t="s">
+        <v>52</v>
+      </c>
+      <c r="V5" t="s">
+        <v>52</v>
+      </c>
+      <c r="W5" t="s">
+        <v>52</v>
+      </c>
+      <c r="X5" t="s">
+        <v>52</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>52</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF5" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG5" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH5" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI5" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ5" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK5" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL5" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN5" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO5" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP5" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ5" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR5" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS5" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT5" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU5" t="s">
+        <v>52</v>
       </c>
     </row>
-    <row r="6" spans="1:8">
+    <row r="6" spans="1:47">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="F6" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G6" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="H6" t="s">
-        <v>14</v>
+        <v>54</v>
+      </c>
+      <c r="I6" t="s">
+        <v>54</v>
+      </c>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>54</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>55</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>54</v>
+      </c>
+      <c r="R6" t="s">
+        <v>54</v>
+      </c>
+      <c r="S6" t="s">
+        <v>55</v>
+      </c>
+      <c r="T6" t="s">
+        <v>54</v>
+      </c>
+      <c r="U6" t="s">
+        <v>54</v>
+      </c>
+      <c r="V6" t="s">
+        <v>54</v>
+      </c>
+      <c r="W6" t="s">
+        <v>54</v>
+      </c>
+      <c r="X6" t="s">
+        <v>54</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>54</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AH6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AI6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AJ6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AK6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AL6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>55</v>
+      </c>
+      <c r="AN6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AO6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AP6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AQ6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AR6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AS6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AT6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AU6" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="7" spans="1:8">
+    <row r="7" spans="1:47">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="C7" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="D7" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="E7" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="G7" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="H7" t="s">
-        <v>10</v>
+        <v>49</v>
+      </c>
+      <c r="I7" t="s">
+        <v>49</v>
+      </c>
+      <c r="J7" t="s">
+        <v>49</v>
+      </c>
+      <c r="K7" t="s">
+        <v>49</v>
+      </c>
+      <c r="L7" t="s">
+        <v>50</v>
+      </c>
+      <c r="M7" t="s">
+        <v>50</v>
+      </c>
+      <c r="N7" t="s">
+        <v>50</v>
+      </c>
+      <c r="O7" t="s">
+        <v>49</v>
+      </c>
+      <c r="P7" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>49</v>
+      </c>
+      <c r="R7" t="s">
+        <v>49</v>
+      </c>
+      <c r="S7" t="s">
+        <v>50</v>
+      </c>
+      <c r="T7" t="s">
+        <v>49</v>
+      </c>
+      <c r="U7" t="s">
+        <v>49</v>
+      </c>
+      <c r="V7" t="s">
+        <v>49</v>
+      </c>
+      <c r="W7" t="s">
+        <v>49</v>
+      </c>
+      <c r="X7" t="s">
+        <v>49</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>49</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AH7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AI7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AJ7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AK7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AL7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>50</v>
+      </c>
+      <c r="AN7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AO7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AP7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AQ7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AR7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AS7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AT7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AU7" t="s">
+        <v>49</v>
       </c>
     </row>
-    <row r="8" spans="1:8">
+    <row r="8" spans="1:47">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="B8" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="C8" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="E8" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="F8" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="G8" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="H8" t="s">
-        <v>17</v>
+        <v>58</v>
+      </c>
+      <c r="I8" t="s">
+        <v>58</v>
+      </c>
+      <c r="J8" t="s">
+        <v>58</v>
+      </c>
+      <c r="K8" t="s">
+        <v>58</v>
+      </c>
+      <c r="L8" t="s">
+        <v>58</v>
+      </c>
+      <c r="M8" t="s">
+        <v>58</v>
+      </c>
+      <c r="N8" t="s">
+        <v>58</v>
+      </c>
+      <c r="O8" t="s">
+        <v>58</v>
+      </c>
+      <c r="P8" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>58</v>
+      </c>
+      <c r="R8" t="s">
+        <v>58</v>
+      </c>
+      <c r="S8" t="s">
+        <v>58</v>
+      </c>
+      <c r="T8" t="s">
+        <v>58</v>
+      </c>
+      <c r="U8" t="s">
+        <v>58</v>
+      </c>
+      <c r="V8" t="s">
+        <v>58</v>
+      </c>
+      <c r="W8" t="s">
+        <v>58</v>
+      </c>
+      <c r="X8" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>58</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>58</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>58</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>58</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>58</v>
+      </c>
+      <c r="AE8" t="s">
+        <v>58</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>58</v>
+      </c>
+      <c r="AG8" t="s">
+        <v>58</v>
+      </c>
+      <c r="AH8" t="s">
+        <v>58</v>
+      </c>
+      <c r="AI8" t="s">
+        <v>58</v>
+      </c>
+      <c r="AJ8" t="s">
+        <v>58</v>
+      </c>
+      <c r="AK8" t="s">
+        <v>58</v>
+      </c>
+      <c r="AL8" t="s">
+        <v>58</v>
+      </c>
+      <c r="AM8" t="s">
+        <v>58</v>
+      </c>
+      <c r="AN8" t="s">
+        <v>58</v>
+      </c>
+      <c r="AO8" t="s">
+        <v>58</v>
+      </c>
+      <c r="AP8" t="s">
+        <v>58</v>
+      </c>
+      <c r="AQ8" t="s">
+        <v>58</v>
+      </c>
+      <c r="AR8" t="s">
+        <v>58</v>
+      </c>
+      <c r="AS8" t="s">
+        <v>58</v>
+      </c>
+      <c r="AT8" t="s">
+        <v>58</v>
+      </c>
+      <c r="AU8" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="9" spans="1:8">
+    <row r="9" spans="1:47">
       <c r="A9" s="3" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="B9" s="3"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
+      <c r="I9" s="3"/>
+      <c r="J9" s="3"/>
+      <c r="K9" s="3"/>
+      <c r="L9" s="3"/>
+      <c r="M9" s="3"/>
+      <c r="N9" s="3"/>
+      <c r="O9" s="3"/>
+      <c r="P9" s="3"/>
+      <c r="Q9" s="3"/>
+      <c r="R9" s="3"/>
+      <c r="S9" s="3"/>
+      <c r="T9" s="3"/>
+      <c r="U9" s="3"/>
+      <c r="V9" s="3"/>
+      <c r="W9" s="3"/>
+      <c r="X9" s="3"/>
+      <c r="Y9" s="3"/>
+      <c r="Z9" s="3"/>
+      <c r="AA9" s="3"/>
+      <c r="AB9" s="3"/>
+      <c r="AC9" s="3"/>
+      <c r="AD9" s="3"/>
+      <c r="AE9" s="3"/>
+      <c r="AF9" s="3"/>
+      <c r="AG9" s="3"/>
+      <c r="AH9" s="3"/>
+      <c r="AI9" s="3"/>
+      <c r="AJ9" s="3"/>
+      <c r="AK9" s="3"/>
+      <c r="AL9" s="3"/>
+      <c r="AM9" s="3"/>
+      <c r="AN9" s="3"/>
+      <c r="AO9" s="3"/>
+      <c r="AP9" s="3"/>
+      <c r="AQ9" s="3"/>
+      <c r="AR9" s="3"/>
+      <c r="AS9" s="3"/>
+      <c r="AT9" s="3"/>
+      <c r="AU9" s="3"/>
     </row>
-    <row r="10" spans="1:8">
+    <row r="10" spans="1:47">
       <c r="A10" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B10" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="C10" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="D10" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="E10" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="F10" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="G10" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="H10" t="s">
-        <v>10</v>
+        <v>49</v>
+      </c>
+      <c r="I10" t="s">
+        <v>49</v>
+      </c>
+      <c r="J10" t="s">
+        <v>49</v>
+      </c>
+      <c r="K10" t="s">
+        <v>49</v>
+      </c>
+      <c r="L10" t="s">
+        <v>50</v>
+      </c>
+      <c r="M10" t="s">
+        <v>50</v>
+      </c>
+      <c r="N10" t="s">
+        <v>50</v>
+      </c>
+      <c r="O10" t="s">
+        <v>49</v>
+      </c>
+      <c r="P10" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>49</v>
+      </c>
+      <c r="R10" t="s">
+        <v>49</v>
+      </c>
+      <c r="S10" t="s">
+        <v>50</v>
+      </c>
+      <c r="T10" t="s">
+        <v>49</v>
+      </c>
+      <c r="U10" t="s">
+        <v>49</v>
+      </c>
+      <c r="V10" t="s">
+        <v>49</v>
+      </c>
+      <c r="W10" t="s">
+        <v>49</v>
+      </c>
+      <c r="X10" t="s">
+        <v>49</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>49</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>49</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>49</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>49</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>49</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>49</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>49</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>49</v>
+      </c>
+      <c r="AG10" t="s">
+        <v>49</v>
+      </c>
+      <c r="AH10" t="s">
+        <v>49</v>
+      </c>
+      <c r="AI10" t="s">
+        <v>49</v>
+      </c>
+      <c r="AJ10" t="s">
+        <v>49</v>
+      </c>
+      <c r="AK10" t="s">
+        <v>49</v>
+      </c>
+      <c r="AL10" t="s">
+        <v>49</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>50</v>
+      </c>
+      <c r="AN10" t="s">
+        <v>49</v>
+      </c>
+      <c r="AO10" t="s">
+        <v>49</v>
+      </c>
+      <c r="AP10" t="s">
+        <v>49</v>
+      </c>
+      <c r="AQ10" t="s">
+        <v>49</v>
+      </c>
+      <c r="AR10" t="s">
+        <v>49</v>
+      </c>
+      <c r="AS10" t="s">
+        <v>49</v>
+      </c>
+      <c r="AT10" t="s">
+        <v>49</v>
+      </c>
+      <c r="AU10" t="s">
+        <v>49</v>
       </c>
     </row>
-    <row r="11" spans="1:8">
+    <row r="11" spans="1:47">
       <c r="A11" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="B11" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="C11" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="F11" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="G11" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="H11" t="s">
-        <v>12</v>
+        <v>52</v>
+      </c>
+      <c r="I11" t="s">
+        <v>52</v>
+      </c>
+      <c r="J11" t="s">
+        <v>52</v>
+      </c>
+      <c r="K11" t="s">
+        <v>52</v>
+      </c>
+      <c r="L11" t="s">
+        <v>52</v>
+      </c>
+      <c r="M11" t="s">
+        <v>52</v>
+      </c>
+      <c r="N11" t="s">
+        <v>52</v>
+      </c>
+      <c r="O11" t="s">
+        <v>52</v>
+      </c>
+      <c r="P11" t="s">
+        <v>52</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>52</v>
+      </c>
+      <c r="R11" t="s">
+        <v>52</v>
+      </c>
+      <c r="S11" t="s">
+        <v>52</v>
+      </c>
+      <c r="T11" t="s">
+        <v>52</v>
+      </c>
+      <c r="U11" t="s">
+        <v>52</v>
+      </c>
+      <c r="V11" t="s">
+        <v>52</v>
+      </c>
+      <c r="W11" t="s">
+        <v>52</v>
+      </c>
+      <c r="X11" t="s">
+        <v>52</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>52</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC11" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD11" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE11" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF11" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG11" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH11" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI11" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ11" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK11" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL11" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM11" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN11" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO11" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP11" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ11" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR11" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS11" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT11" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU11" t="s">
+        <v>52</v>
       </c>
     </row>
-    <row r="12" spans="1:8">
+    <row r="12" spans="1:47">
       <c r="A12" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B12" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="C12" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="D12" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="E12" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="G12" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="H12" t="s">
-        <v>10</v>
+        <v>49</v>
+      </c>
+      <c r="I12" t="s">
+        <v>49</v>
+      </c>
+      <c r="J12" t="s">
+        <v>49</v>
+      </c>
+      <c r="K12" t="s">
+        <v>49</v>
+      </c>
+      <c r="L12" t="s">
+        <v>50</v>
+      </c>
+      <c r="M12" t="s">
+        <v>50</v>
+      </c>
+      <c r="N12" t="s">
+        <v>50</v>
+      </c>
+      <c r="O12" t="s">
+        <v>49</v>
+      </c>
+      <c r="P12" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>49</v>
+      </c>
+      <c r="R12" t="s">
+        <v>49</v>
+      </c>
+      <c r="S12" t="s">
+        <v>50</v>
+      </c>
+      <c r="T12" t="s">
+        <v>49</v>
+      </c>
+      <c r="U12" t="s">
+        <v>49</v>
+      </c>
+      <c r="V12" t="s">
+        <v>49</v>
+      </c>
+      <c r="W12" t="s">
+        <v>49</v>
+      </c>
+      <c r="X12" t="s">
+        <v>49</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>49</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AC12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AD12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AE12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AF12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AG12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AH12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AI12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AJ12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AK12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AL12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AM12" t="s">
+        <v>50</v>
+      </c>
+      <c r="AN12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AO12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AP12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AQ12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AR12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AS12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AT12" t="s">
+        <v>49</v>
+      </c>
+      <c r="AU12" t="s">
+        <v>49</v>
       </c>
     </row>
-    <row r="13" spans="1:8">
+    <row r="13" spans="1:47">
       <c r="A13" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="B13" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="C13" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="E13" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="F13" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="G13" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="H13" t="s">
-        <v>17</v>
+        <v>58</v>
+      </c>
+      <c r="I13" t="s">
+        <v>58</v>
+      </c>
+      <c r="J13" t="s">
+        <v>58</v>
+      </c>
+      <c r="K13" t="s">
+        <v>58</v>
+      </c>
+      <c r="L13" t="s">
+        <v>58</v>
+      </c>
+      <c r="M13" t="s">
+        <v>58</v>
+      </c>
+      <c r="N13" t="s">
+        <v>58</v>
+      </c>
+      <c r="O13" t="s">
+        <v>58</v>
+      </c>
+      <c r="P13" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>58</v>
+      </c>
+      <c r="R13" t="s">
+        <v>58</v>
+      </c>
+      <c r="S13" t="s">
+        <v>58</v>
+      </c>
+      <c r="T13" t="s">
+        <v>58</v>
+      </c>
+      <c r="U13" t="s">
+        <v>58</v>
+      </c>
+      <c r="V13" t="s">
+        <v>58</v>
+      </c>
+      <c r="W13" t="s">
+        <v>58</v>
+      </c>
+      <c r="X13" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>58</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>58</v>
+      </c>
+      <c r="AB13" t="s">
+        <v>58</v>
+      </c>
+      <c r="AC13" t="s">
+        <v>58</v>
+      </c>
+      <c r="AD13" t="s">
+        <v>58</v>
+      </c>
+      <c r="AE13" t="s">
+        <v>58</v>
+      </c>
+      <c r="AF13" t="s">
+        <v>58</v>
+      </c>
+      <c r="AG13" t="s">
+        <v>58</v>
+      </c>
+      <c r="AH13" t="s">
+        <v>58</v>
+      </c>
+      <c r="AI13" t="s">
+        <v>58</v>
+      </c>
+      <c r="AJ13" t="s">
+        <v>58</v>
+      </c>
+      <c r="AK13" t="s">
+        <v>58</v>
+      </c>
+      <c r="AL13" t="s">
+        <v>58</v>
+      </c>
+      <c r="AM13" t="s">
+        <v>58</v>
+      </c>
+      <c r="AN13" t="s">
+        <v>58</v>
+      </c>
+      <c r="AO13" t="s">
+        <v>58</v>
+      </c>
+      <c r="AP13" t="s">
+        <v>58</v>
+      </c>
+      <c r="AQ13" t="s">
+        <v>58</v>
+      </c>
+      <c r="AR13" t="s">
+        <v>58</v>
+      </c>
+      <c r="AS13" t="s">
+        <v>58</v>
+      </c>
+      <c r="AT13" t="s">
+        <v>58</v>
+      </c>
+      <c r="AU13" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="14" spans="1:8">
+    <row r="14" spans="1:47">
       <c r="A14" s="4"/>
       <c r="B14" s="4"/>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
+      <c r="I14" s="4"/>
+      <c r="J14" s="4"/>
+      <c r="K14" s="4"/>
+      <c r="L14" s="4"/>
+      <c r="M14" s="4"/>
+      <c r="N14" s="4"/>
+      <c r="O14" s="4"/>
+      <c r="P14" s="4"/>
+      <c r="Q14" s="4"/>
+      <c r="R14" s="4"/>
+      <c r="S14" s="4"/>
+      <c r="T14" s="4"/>
+      <c r="U14" s="4"/>
+      <c r="V14" s="4"/>
+      <c r="W14" s="4"/>
+      <c r="X14" s="4"/>
+      <c r="Y14" s="4"/>
+      <c r="Z14" s="4"/>
+      <c r="AA14" s="4"/>
+      <c r="AB14" s="4"/>
+      <c r="AC14" s="4"/>
+      <c r="AD14" s="4"/>
+      <c r="AE14" s="4"/>
+      <c r="AF14" s="4"/>
+      <c r="AG14" s="4"/>
+      <c r="AH14" s="4"/>
+      <c r="AI14" s="4"/>
+      <c r="AJ14" s="4"/>
+      <c r="AK14" s="4"/>
+      <c r="AL14" s="4"/>
+      <c r="AM14" s="4"/>
+      <c r="AN14" s="4"/>
+      <c r="AO14" s="4"/>
+      <c r="AP14" s="4"/>
+      <c r="AQ14" s="4"/>
+      <c r="AR14" s="4"/>
+      <c r="AS14" s="4"/>
+      <c r="AT14" s="4"/>
+      <c r="AU14" s="4"/>
     </row>
-    <row r="15" spans="1:8">
+    <row r="15" spans="1:47">
       <c r="A15" s="2" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
+      <c r="I15" s="2"/>
+      <c r="J15" s="2"/>
+      <c r="K15" s="2"/>
+      <c r="L15" s="2"/>
+      <c r="M15" s="2"/>
+      <c r="N15" s="2"/>
+      <c r="O15" s="2"/>
+      <c r="P15" s="2"/>
+      <c r="Q15" s="2"/>
+      <c r="R15" s="2"/>
+      <c r="S15" s="2"/>
+      <c r="T15" s="2"/>
+      <c r="U15" s="2"/>
+      <c r="V15" s="2"/>
+      <c r="W15" s="2"/>
+      <c r="X15" s="2"/>
+      <c r="Y15" s="2"/>
+      <c r="Z15" s="2"/>
+      <c r="AA15" s="2"/>
+      <c r="AB15" s="2"/>
+      <c r="AC15" s="2"/>
+      <c r="AD15" s="2"/>
+      <c r="AE15" s="2"/>
+      <c r="AF15" s="2"/>
+      <c r="AG15" s="2"/>
+      <c r="AH15" s="2"/>
+      <c r="AI15" s="2"/>
+      <c r="AJ15" s="2"/>
+      <c r="AK15" s="2"/>
+      <c r="AL15" s="2"/>
+      <c r="AM15" s="2"/>
+      <c r="AN15" s="2"/>
+      <c r="AO15" s="2"/>
+      <c r="AP15" s="2"/>
+      <c r="AQ15" s="2"/>
+      <c r="AR15" s="2"/>
+      <c r="AS15" s="2"/>
+      <c r="AT15" s="2"/>
+      <c r="AU15" s="2"/>
     </row>
-    <row r="16" spans="1:8">
+    <row r="16" spans="1:47">
       <c r="A16" s="3" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
+      <c r="I16" s="3"/>
+      <c r="J16" s="3"/>
+      <c r="K16" s="3"/>
+      <c r="L16" s="3"/>
+      <c r="M16" s="3"/>
+      <c r="N16" s="3"/>
+      <c r="O16" s="3"/>
+      <c r="P16" s="3"/>
+      <c r="Q16" s="3"/>
+      <c r="R16" s="3"/>
+      <c r="S16" s="3"/>
+      <c r="T16" s="3"/>
+      <c r="U16" s="3"/>
+      <c r="V16" s="3"/>
+      <c r="W16" s="3"/>
+      <c r="X16" s="3"/>
+      <c r="Y16" s="3"/>
+      <c r="Z16" s="3"/>
+      <c r="AA16" s="3"/>
+      <c r="AB16" s="3"/>
+      <c r="AC16" s="3"/>
+      <c r="AD16" s="3"/>
+      <c r="AE16" s="3"/>
+      <c r="AF16" s="3"/>
+      <c r="AG16" s="3"/>
+      <c r="AH16" s="3"/>
+      <c r="AI16" s="3"/>
+      <c r="AJ16" s="3"/>
+      <c r="AK16" s="3"/>
+      <c r="AL16" s="3"/>
+      <c r="AM16" s="3"/>
+      <c r="AN16" s="3"/>
+      <c r="AO16" s="3"/>
+      <c r="AP16" s="3"/>
+      <c r="AQ16" s="3"/>
+      <c r="AR16" s="3"/>
+      <c r="AS16" s="3"/>
+      <c r="AT16" s="3"/>
+      <c r="AU16" s="3"/>
     </row>
-    <row r="17" spans="1:8">
+    <row r="17" spans="1:47">
       <c r="A17" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B17" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="C17" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="D17" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="E17" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="F17" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="G17" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="H17" t="s">
-        <v>20</v>
+        <v>61</v>
+      </c>
+      <c r="I17" t="s">
+        <v>61</v>
+      </c>
+      <c r="J17" t="s">
+        <v>61</v>
+      </c>
+      <c r="K17" t="s">
+        <v>61</v>
+      </c>
+      <c r="L17" t="s">
+        <v>62</v>
+      </c>
+      <c r="M17" t="s">
+        <v>62</v>
+      </c>
+      <c r="N17" t="s">
+        <v>62</v>
+      </c>
+      <c r="O17" t="s">
+        <v>61</v>
+      </c>
+      <c r="P17" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>61</v>
+      </c>
+      <c r="R17" t="s">
+        <v>61</v>
+      </c>
+      <c r="S17" t="s">
+        <v>62</v>
+      </c>
+      <c r="T17" t="s">
+        <v>61</v>
+      </c>
+      <c r="U17" t="s">
+        <v>61</v>
+      </c>
+      <c r="V17" t="s">
+        <v>61</v>
+      </c>
+      <c r="W17" t="s">
+        <v>61</v>
+      </c>
+      <c r="X17" t="s">
+        <v>61</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>61</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>61</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>61</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD17" t="s">
+        <v>61</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>61</v>
+      </c>
+      <c r="AF17" t="s">
+        <v>61</v>
+      </c>
+      <c r="AG17" t="s">
+        <v>61</v>
+      </c>
+      <c r="AH17" t="s">
+        <v>61</v>
+      </c>
+      <c r="AI17" t="s">
+        <v>61</v>
+      </c>
+      <c r="AJ17" t="s">
+        <v>61</v>
+      </c>
+      <c r="AK17" t="s">
+        <v>61</v>
+      </c>
+      <c r="AL17" t="s">
+        <v>61</v>
+      </c>
+      <c r="AM17" t="s">
+        <v>62</v>
+      </c>
+      <c r="AN17" t="s">
+        <v>61</v>
+      </c>
+      <c r="AO17" t="s">
+        <v>61</v>
+      </c>
+      <c r="AP17" t="s">
+        <v>61</v>
+      </c>
+      <c r="AQ17" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR17" t="s">
+        <v>61</v>
+      </c>
+      <c r="AS17" t="s">
+        <v>61</v>
+      </c>
+      <c r="AT17" t="s">
+        <v>61</v>
+      </c>
+      <c r="AU17" t="s">
+        <v>61</v>
       </c>
     </row>
-    <row r="18" spans="1:8">
+    <row r="18" spans="1:47">
       <c r="A18" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="B18" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="C18" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F18" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="G18" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="H18" t="s">
-        <v>12</v>
+        <v>63</v>
+      </c>
+      <c r="I18" t="s">
+        <v>63</v>
+      </c>
+      <c r="J18" t="s">
+        <v>63</v>
+      </c>
+      <c r="K18" t="s">
+        <v>63</v>
+      </c>
+      <c r="L18" t="s">
+        <v>63</v>
+      </c>
+      <c r="M18" t="s">
+        <v>63</v>
+      </c>
+      <c r="N18" t="s">
+        <v>63</v>
+      </c>
+      <c r="O18" t="s">
+        <v>63</v>
+      </c>
+      <c r="P18" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>63</v>
+      </c>
+      <c r="R18" t="s">
+        <v>63</v>
+      </c>
+      <c r="S18" t="s">
+        <v>63</v>
+      </c>
+      <c r="T18" t="s">
+        <v>63</v>
+      </c>
+      <c r="U18" t="s">
+        <v>63</v>
+      </c>
+      <c r="V18" t="s">
+        <v>63</v>
+      </c>
+      <c r="W18" t="s">
+        <v>63</v>
+      </c>
+      <c r="X18" t="s">
+        <v>63</v>
+      </c>
+      <c r="Y18" t="s">
+        <v>63</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AB18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AC18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AD18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AE18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AF18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AG18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AH18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AI18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AJ18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AK18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AL18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AM18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AN18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AO18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AP18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AQ18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AR18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AS18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AT18" t="s">
+        <v>63</v>
+      </c>
+      <c r="AU18" t="s">
+        <v>63</v>
       </c>
     </row>
-    <row r="19" spans="1:8">
+    <row r="19" spans="1:47">
       <c r="A19" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="B19" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="C19" t="s">
-        <v>21</v>
+        <v>65</v>
       </c>
       <c r="D19" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="E19" t="s">
-        <v>21</v>
+        <v>65</v>
       </c>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="G19" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="H19" t="s">
-        <v>21</v>
+        <v>64</v>
+      </c>
+      <c r="I19" t="s">
+        <v>64</v>
+      </c>
+      <c r="J19" t="s">
+        <v>64</v>
+      </c>
+      <c r="K19" t="s">
+        <v>64</v>
+      </c>
+      <c r="L19" t="s">
+        <v>65</v>
+      </c>
+      <c r="M19" t="s">
+        <v>65</v>
+      </c>
+      <c r="N19" t="s">
+        <v>65</v>
+      </c>
+      <c r="O19" t="s">
+        <v>64</v>
+      </c>
+      <c r="P19" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>64</v>
+      </c>
+      <c r="R19" t="s">
+        <v>64</v>
+      </c>
+      <c r="S19" t="s">
+        <v>65</v>
+      </c>
+      <c r="T19" t="s">
+        <v>64</v>
+      </c>
+      <c r="U19" t="s">
+        <v>64</v>
+      </c>
+      <c r="V19" t="s">
+        <v>64</v>
+      </c>
+      <c r="W19" t="s">
+        <v>64</v>
+      </c>
+      <c r="X19" t="s">
+        <v>64</v>
+      </c>
+      <c r="Y19" t="s">
+        <v>64</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AD19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AE19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AF19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AG19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AH19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AI19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AJ19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AK19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AL19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AM19" t="s">
+        <v>65</v>
+      </c>
+      <c r="AN19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AO19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AP19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AQ19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AR19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AS19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AT19" t="s">
+        <v>64</v>
+      </c>
+      <c r="AU19" t="s">
+        <v>64</v>
       </c>
     </row>
-    <row r="20" spans="1:8">
+    <row r="20" spans="1:47">
       <c r="A20" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B20" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="C20" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="D20" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="E20" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="F20" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="G20" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="H20" t="s">
-        <v>20</v>
+        <v>61</v>
+      </c>
+      <c r="I20" t="s">
+        <v>61</v>
+      </c>
+      <c r="J20" t="s">
+        <v>61</v>
+      </c>
+      <c r="K20" t="s">
+        <v>61</v>
+      </c>
+      <c r="L20" t="s">
+        <v>62</v>
+      </c>
+      <c r="M20" t="s">
+        <v>62</v>
+      </c>
+      <c r="N20" t="s">
+        <v>62</v>
+      </c>
+      <c r="O20" t="s">
+        <v>61</v>
+      </c>
+      <c r="P20" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>61</v>
+      </c>
+      <c r="R20" t="s">
+        <v>61</v>
+      </c>
+      <c r="S20" t="s">
+        <v>62</v>
+      </c>
+      <c r="T20" t="s">
+        <v>61</v>
+      </c>
+      <c r="U20" t="s">
+        <v>61</v>
+      </c>
+      <c r="V20" t="s">
+        <v>61</v>
+      </c>
+      <c r="W20" t="s">
+        <v>61</v>
+      </c>
+      <c r="X20" t="s">
+        <v>61</v>
+      </c>
+      <c r="Y20" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>61</v>
+      </c>
+      <c r="AA20" t="s">
+        <v>61</v>
+      </c>
+      <c r="AB20" t="s">
+        <v>61</v>
+      </c>
+      <c r="AC20" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD20" t="s">
+        <v>61</v>
+      </c>
+      <c r="AE20" t="s">
+        <v>61</v>
+      </c>
+      <c r="AF20" t="s">
+        <v>61</v>
+      </c>
+      <c r="AG20" t="s">
+        <v>61</v>
+      </c>
+      <c r="AH20" t="s">
+        <v>61</v>
+      </c>
+      <c r="AI20" t="s">
+        <v>61</v>
+      </c>
+      <c r="AJ20" t="s">
+        <v>61</v>
+      </c>
+      <c r="AK20" t="s">
+        <v>61</v>
+      </c>
+      <c r="AL20" t="s">
+        <v>61</v>
+      </c>
+      <c r="AM20" t="s">
+        <v>62</v>
+      </c>
+      <c r="AN20" t="s">
+        <v>61</v>
+      </c>
+      <c r="AO20" t="s">
+        <v>61</v>
+      </c>
+      <c r="AP20" t="s">
+        <v>61</v>
+      </c>
+      <c r="AQ20" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR20" t="s">
+        <v>61</v>
+      </c>
+      <c r="AS20" t="s">
+        <v>61</v>
+      </c>
+      <c r="AT20" t="s">
+        <v>61</v>
+      </c>
+      <c r="AU20" t="s">
+        <v>61</v>
       </c>
     </row>
-    <row r="21" spans="1:8">
+    <row r="21" spans="1:47">
       <c r="A21" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="B21" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="C21" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="E21" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="F21" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="G21" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="H21" t="s">
-        <v>17</v>
+        <v>66</v>
+      </c>
+      <c r="I21" t="s">
+        <v>66</v>
+      </c>
+      <c r="J21" t="s">
+        <v>66</v>
+      </c>
+      <c r="K21" t="s">
+        <v>66</v>
+      </c>
+      <c r="L21" t="s">
+        <v>66</v>
+      </c>
+      <c r="M21" t="s">
+        <v>66</v>
+      </c>
+      <c r="N21" t="s">
+        <v>66</v>
+      </c>
+      <c r="O21" t="s">
+        <v>66</v>
+      </c>
+      <c r="P21" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>66</v>
+      </c>
+      <c r="R21" t="s">
+        <v>66</v>
+      </c>
+      <c r="S21" t="s">
+        <v>66</v>
+      </c>
+      <c r="T21" t="s">
+        <v>66</v>
+      </c>
+      <c r="U21" t="s">
+        <v>66</v>
+      </c>
+      <c r="V21" t="s">
+        <v>66</v>
+      </c>
+      <c r="W21" t="s">
+        <v>66</v>
+      </c>
+      <c r="X21" t="s">
+        <v>66</v>
+      </c>
+      <c r="Y21" t="s">
+        <v>66</v>
+      </c>
+      <c r="Z21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AA21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AC21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AD21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AE21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AF21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AG21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AH21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AI21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AJ21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AK21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AL21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AM21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AN21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AO21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AP21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AQ21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AR21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AS21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AT21" t="s">
+        <v>66</v>
+      </c>
+      <c r="AU21" t="s">
+        <v>66</v>
       </c>
     </row>
-    <row r="22" spans="1:8">
+    <row r="22" spans="1:47">
       <c r="A22" s="3" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
+      <c r="I22" s="3"/>
+      <c r="J22" s="3"/>
+      <c r="K22" s="3"/>
+      <c r="L22" s="3"/>
+      <c r="M22" s="3"/>
+      <c r="N22" s="3"/>
+      <c r="O22" s="3"/>
+      <c r="P22" s="3"/>
+      <c r="Q22" s="3"/>
+      <c r="R22" s="3"/>
+      <c r="S22" s="3"/>
+      <c r="T22" s="3"/>
+      <c r="U22" s="3"/>
+      <c r="V22" s="3"/>
+      <c r="W22" s="3"/>
+      <c r="X22" s="3"/>
+      <c r="Y22" s="3"/>
+      <c r="Z22" s="3"/>
+      <c r="AA22" s="3"/>
+      <c r="AB22" s="3"/>
+      <c r="AC22" s="3"/>
+      <c r="AD22" s="3"/>
+      <c r="AE22" s="3"/>
+      <c r="AF22" s="3"/>
+      <c r="AG22" s="3"/>
+      <c r="AH22" s="3"/>
+      <c r="AI22" s="3"/>
+      <c r="AJ22" s="3"/>
+      <c r="AK22" s="3"/>
+      <c r="AL22" s="3"/>
+      <c r="AM22" s="3"/>
+      <c r="AN22" s="3"/>
+      <c r="AO22" s="3"/>
+      <c r="AP22" s="3"/>
+      <c r="AQ22" s="3"/>
+      <c r="AR22" s="3"/>
+      <c r="AS22" s="3"/>
+      <c r="AT22" s="3"/>
+      <c r="AU22" s="3"/>
     </row>
-    <row r="23" spans="1:8">
+    <row r="23" spans="1:47">
       <c r="A23" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="C23" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="D23" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="E23" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="F23" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="G23" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="H23" t="s">
-        <v>20</v>
+        <v>61</v>
+      </c>
+      <c r="I23" t="s">
+        <v>61</v>
+      </c>
+      <c r="J23" t="s">
+        <v>61</v>
+      </c>
+      <c r="K23" t="s">
+        <v>61</v>
+      </c>
+      <c r="L23" t="s">
+        <v>62</v>
+      </c>
+      <c r="M23" t="s">
+        <v>62</v>
+      </c>
+      <c r="N23" t="s">
+        <v>62</v>
+      </c>
+      <c r="O23" t="s">
+        <v>61</v>
+      </c>
+      <c r="P23" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>61</v>
+      </c>
+      <c r="R23" t="s">
+        <v>61</v>
+      </c>
+      <c r="S23" t="s">
+        <v>62</v>
+      </c>
+      <c r="T23" t="s">
+        <v>61</v>
+      </c>
+      <c r="U23" t="s">
+        <v>61</v>
+      </c>
+      <c r="V23" t="s">
+        <v>61</v>
+      </c>
+      <c r="W23" t="s">
+        <v>61</v>
+      </c>
+      <c r="X23" t="s">
+        <v>61</v>
+      </c>
+      <c r="Y23" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z23" t="s">
+        <v>61</v>
+      </c>
+      <c r="AA23" t="s">
+        <v>61</v>
+      </c>
+      <c r="AB23" t="s">
+        <v>61</v>
+      </c>
+      <c r="AC23" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD23" t="s">
+        <v>61</v>
+      </c>
+      <c r="AE23" t="s">
+        <v>61</v>
+      </c>
+      <c r="AF23" t="s">
+        <v>61</v>
+      </c>
+      <c r="AG23" t="s">
+        <v>61</v>
+      </c>
+      <c r="AH23" t="s">
+        <v>61</v>
+      </c>
+      <c r="AI23" t="s">
+        <v>61</v>
+      </c>
+      <c r="AJ23" t="s">
+        <v>61</v>
+      </c>
+      <c r="AK23" t="s">
+        <v>61</v>
+      </c>
+      <c r="AL23" t="s">
+        <v>61</v>
+      </c>
+      <c r="AM23" t="s">
+        <v>62</v>
+      </c>
+      <c r="AN23" t="s">
+        <v>61</v>
+      </c>
+      <c r="AO23" t="s">
+        <v>61</v>
+      </c>
+      <c r="AP23" t="s">
+        <v>61</v>
+      </c>
+      <c r="AQ23" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR23" t="s">
+        <v>61</v>
+      </c>
+      <c r="AS23" t="s">
+        <v>61</v>
+      </c>
+      <c r="AT23" t="s">
+        <v>61</v>
+      </c>
+      <c r="AU23" t="s">
+        <v>61</v>
       </c>
     </row>
-    <row r="24" spans="1:8">
+    <row r="24" spans="1:47">
       <c r="A24" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="C24" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="E24" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="F24" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="G24" t="s">
-        <v>12</v>
+        <v>63</v>
       </c>
       <c r="H24" t="s">
-        <v>12</v>
+        <v>63</v>
+      </c>
+      <c r="I24" t="s">
+        <v>63</v>
+      </c>
+      <c r="J24" t="s">
+        <v>63</v>
+      </c>
+      <c r="K24" t="s">
+        <v>63</v>
+      </c>
+      <c r="L24" t="s">
+        <v>63</v>
+      </c>
+      <c r="M24" t="s">
+        <v>63</v>
+      </c>
+      <c r="N24" t="s">
+        <v>63</v>
+      </c>
+      <c r="O24" t="s">
+        <v>63</v>
+      </c>
+      <c r="P24" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>63</v>
+      </c>
+      <c r="R24" t="s">
+        <v>63</v>
+      </c>
+      <c r="S24" t="s">
+        <v>63</v>
+      </c>
+      <c r="T24" t="s">
+        <v>63</v>
+      </c>
+      <c r="U24" t="s">
+        <v>63</v>
+      </c>
+      <c r="V24" t="s">
+        <v>63</v>
+      </c>
+      <c r="W24" t="s">
+        <v>63</v>
+      </c>
+      <c r="X24" t="s">
+        <v>63</v>
+      </c>
+      <c r="Y24" t="s">
+        <v>63</v>
+      </c>
+      <c r="Z24" t="s">
+        <v>63</v>
+      </c>
+      <c r="AA24" t="s">
+        <v>63</v>
+      </c>
+      <c r="AB24" t="s">
+        <v>63</v>
+      </c>
+      <c r="AC24" t="s">
+        <v>63</v>
+      </c>
+      <c r="AD24" t="s">
+        <v>63</v>
+      </c>
+      <c r="AE24" t="s">
+        <v>63</v>
+      </c>
+      <c r="AF24" t="s">
+        <v>63</v>
+      </c>
+      <c r="AG24" t="s">
+        <v>63</v>
+      </c>
+      <c r="AH24" t="s">
+        <v>63</v>
+      </c>
+      <c r="AI24" t="s">
+        <v>63</v>
+      </c>
+      <c r="AJ24" t="s">
+        <v>63</v>
+      </c>
+      <c r="AK24" t="s">
+        <v>63</v>
+      </c>
+      <c r="AL24" t="s">
+        <v>63</v>
+      </c>
+      <c r="AM24" t="s">
+        <v>63</v>
+      </c>
+      <c r="AN24" t="s">
+        <v>63</v>
+      </c>
+      <c r="AO24" t="s">
+        <v>63</v>
+      </c>
+      <c r="AP24" t="s">
+        <v>63</v>
+      </c>
+      <c r="AQ24" t="s">
+        <v>63</v>
+      </c>
+      <c r="AR24" t="s">
+        <v>63</v>
+      </c>
+      <c r="AS24" t="s">
+        <v>63</v>
+      </c>
+      <c r="AT24" t="s">
+        <v>63</v>
+      </c>
+      <c r="AU24" t="s">
+        <v>63</v>
       </c>
     </row>
-    <row r="25" spans="1:8">
+    <row r="25" spans="1:47">
       <c r="A25" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B25" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="C25" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="D25" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="E25" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="F25" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="G25" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="H25" t="s">
-        <v>20</v>
+        <v>61</v>
+      </c>
+      <c r="I25" t="s">
+        <v>61</v>
+      </c>
+      <c r="J25" t="s">
+        <v>61</v>
+      </c>
+      <c r="K25" t="s">
+        <v>61</v>
+      </c>
+      <c r="L25" t="s">
+        <v>62</v>
+      </c>
+      <c r="M25" t="s">
+        <v>62</v>
+      </c>
+      <c r="N25" t="s">
+        <v>62</v>
+      </c>
+      <c r="O25" t="s">
+        <v>61</v>
+      </c>
+      <c r="P25" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>61</v>
+      </c>
+      <c r="R25" t="s">
+        <v>61</v>
+      </c>
+      <c r="S25" t="s">
+        <v>62</v>
+      </c>
+      <c r="T25" t="s">
+        <v>61</v>
+      </c>
+      <c r="U25" t="s">
+        <v>61</v>
+      </c>
+      <c r="V25" t="s">
+        <v>61</v>
+      </c>
+      <c r="W25" t="s">
+        <v>61</v>
+      </c>
+      <c r="X25" t="s">
+        <v>61</v>
+      </c>
+      <c r="Y25" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z25" t="s">
+        <v>61</v>
+      </c>
+      <c r="AA25" t="s">
+        <v>61</v>
+      </c>
+      <c r="AB25" t="s">
+        <v>61</v>
+      </c>
+      <c r="AC25" t="s">
+        <v>61</v>
+      </c>
+      <c r="AD25" t="s">
+        <v>61</v>
+      </c>
+      <c r="AE25" t="s">
+        <v>61</v>
+      </c>
+      <c r="AF25" t="s">
+        <v>61</v>
+      </c>
+      <c r="AG25" t="s">
+        <v>61</v>
+      </c>
+      <c r="AH25" t="s">
+        <v>61</v>
+      </c>
+      <c r="AI25" t="s">
+        <v>61</v>
+      </c>
+      <c r="AJ25" t="s">
+        <v>61</v>
+      </c>
+      <c r="AK25" t="s">
+        <v>61</v>
+      </c>
+      <c r="AL25" t="s">
+        <v>61</v>
+      </c>
+      <c r="AM25" t="s">
+        <v>62</v>
+      </c>
+      <c r="AN25" t="s">
+        <v>61</v>
+      </c>
+      <c r="AO25" t="s">
+        <v>61</v>
+      </c>
+      <c r="AP25" t="s">
+        <v>61</v>
+      </c>
+      <c r="AQ25" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR25" t="s">
+        <v>61</v>
+      </c>
+      <c r="AS25" t="s">
+        <v>61</v>
+      </c>
+      <c r="AT25" t="s">
+        <v>61</v>
+      </c>
+      <c r="AU25" t="s">
+        <v>61</v>
       </c>
     </row>
-    <row r="26" spans="1:8">
+    <row r="26" spans="1:47">
       <c r="A26" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="B26" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="C26" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="E26" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="F26" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="G26" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="H26" t="s">
-        <v>17</v>
+        <v>66</v>
+      </c>
+      <c r="I26" t="s">
+        <v>66</v>
+      </c>
+      <c r="J26" t="s">
+        <v>66</v>
+      </c>
+      <c r="K26" t="s">
+        <v>66</v>
+      </c>
+      <c r="L26" t="s">
+        <v>66</v>
+      </c>
+      <c r="M26" t="s">
+        <v>66</v>
+      </c>
+      <c r="N26" t="s">
+        <v>66</v>
+      </c>
+      <c r="O26" t="s">
+        <v>66</v>
+      </c>
+      <c r="P26" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>66</v>
+      </c>
+      <c r="R26" t="s">
+        <v>66</v>
+      </c>
+      <c r="S26" t="s">
+        <v>66</v>
+      </c>
+      <c r="T26" t="s">
+        <v>66</v>
+      </c>
+      <c r="U26" t="s">
+        <v>66</v>
+      </c>
+      <c r="V26" t="s">
+        <v>66</v>
+      </c>
+      <c r="W26" t="s">
+        <v>66</v>
+      </c>
+      <c r="X26" t="s">
+        <v>66</v>
+      </c>
+      <c r="Y26" t="s">
+        <v>66</v>
+      </c>
+      <c r="Z26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AA26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AC26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AD26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AE26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AF26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AG26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AH26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AI26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AJ26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AK26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AL26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AM26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AN26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AO26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AP26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AQ26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AR26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AS26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AT26" t="s">
+        <v>66</v>
+      </c>
+      <c r="AU26" t="s">
+        <v>66</v>
       </c>
     </row>
-    <row r="27" spans="1:8">
+    <row r="27" spans="1:47">
       <c r="A27" s="4"/>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
       <c r="E27" s="4"/>
       <c r="F27" s="4"/>
       <c r="G27" s="4"/>
       <c r="H27" s="4"/>
+      <c r="I27" s="4"/>
+      <c r="J27" s="4"/>
+      <c r="K27" s="4"/>
+      <c r="L27" s="4"/>
+      <c r="M27" s="4"/>
+      <c r="N27" s="4"/>
+      <c r="O27" s="4"/>
+      <c r="P27" s="4"/>
+      <c r="Q27" s="4"/>
+      <c r="R27" s="4"/>
+      <c r="S27" s="4"/>
+      <c r="T27" s="4"/>
+      <c r="U27" s="4"/>
+      <c r="V27" s="4"/>
+      <c r="W27" s="4"/>
+      <c r="X27" s="4"/>
+      <c r="Y27" s="4"/>
+      <c r="Z27" s="4"/>
+      <c r="AA27" s="4"/>
+      <c r="AB27" s="4"/>
+      <c r="AC27" s="4"/>
+      <c r="AD27" s="4"/>
+      <c r="AE27" s="4"/>
+      <c r="AF27" s="4"/>
+      <c r="AG27" s="4"/>
+      <c r="AH27" s="4"/>
+      <c r="AI27" s="4"/>
+      <c r="AJ27" s="4"/>
+      <c r="AK27" s="4"/>
+      <c r="AL27" s="4"/>
+      <c r="AM27" s="4"/>
+      <c r="AN27" s="4"/>
+      <c r="AO27" s="4"/>
+      <c r="AP27" s="4"/>
+      <c r="AQ27" s="4"/>
+      <c r="AR27" s="4"/>
+      <c r="AS27" s="4"/>
+      <c r="AT27" s="4"/>
+      <c r="AU27" s="4"/>
     </row>
-    <row r="28" spans="1:8">
+    <row r="28" spans="1:47">
       <c r="A28" s="2" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
+      <c r="I28" s="2"/>
+      <c r="J28" s="2"/>
+      <c r="K28" s="2"/>
+      <c r="L28" s="2"/>
+      <c r="M28" s="2"/>
+      <c r="N28" s="2"/>
+      <c r="O28" s="2"/>
+      <c r="P28" s="2"/>
+      <c r="Q28" s="2"/>
+      <c r="R28" s="2"/>
+      <c r="S28" s="2"/>
+      <c r="T28" s="2"/>
+      <c r="U28" s="2"/>
+      <c r="V28" s="2"/>
+      <c r="W28" s="2"/>
+      <c r="X28" s="2"/>
+      <c r="Y28" s="2"/>
+      <c r="Z28" s="2"/>
+      <c r="AA28" s="2"/>
+      <c r="AB28" s="2"/>
+      <c r="AC28" s="2"/>
+      <c r="AD28" s="2"/>
+      <c r="AE28" s="2"/>
+      <c r="AF28" s="2"/>
+      <c r="AG28" s="2"/>
+      <c r="AH28" s="2"/>
+      <c r="AI28" s="2"/>
+      <c r="AJ28" s="2"/>
+      <c r="AK28" s="2"/>
+      <c r="AL28" s="2"/>
+      <c r="AM28" s="2"/>
+      <c r="AN28" s="2"/>
+      <c r="AO28" s="2"/>
+      <c r="AP28" s="2"/>
+      <c r="AQ28" s="2"/>
+      <c r="AR28" s="2"/>
+      <c r="AS28" s="2"/>
+      <c r="AT28" s="2"/>
+      <c r="AU28" s="2"/>
     </row>
-    <row r="29" spans="1:8">
+    <row r="29" spans="1:47">
       <c r="A29" s="3" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="B29" s="3"/>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
+      <c r="I29" s="3"/>
+      <c r="J29" s="3"/>
+      <c r="K29" s="3"/>
+      <c r="L29" s="3"/>
+      <c r="M29" s="3"/>
+      <c r="N29" s="3"/>
+      <c r="O29" s="3"/>
+      <c r="P29" s="3"/>
+      <c r="Q29" s="3"/>
+      <c r="R29" s="3"/>
+      <c r="S29" s="3"/>
+      <c r="T29" s="3"/>
+      <c r="U29" s="3"/>
+      <c r="V29" s="3"/>
+      <c r="W29" s="3"/>
+      <c r="X29" s="3"/>
+      <c r="Y29" s="3"/>
+      <c r="Z29" s="3"/>
+      <c r="AA29" s="3"/>
+      <c r="AB29" s="3"/>
+      <c r="AC29" s="3"/>
+      <c r="AD29" s="3"/>
+      <c r="AE29" s="3"/>
+      <c r="AF29" s="3"/>
+      <c r="AG29" s="3"/>
+      <c r="AH29" s="3"/>
+      <c r="AI29" s="3"/>
+      <c r="AJ29" s="3"/>
+      <c r="AK29" s="3"/>
+      <c r="AL29" s="3"/>
+      <c r="AM29" s="3"/>
+      <c r="AN29" s="3"/>
+      <c r="AO29" s="3"/>
+      <c r="AP29" s="3"/>
+      <c r="AQ29" s="3"/>
+      <c r="AR29" s="3"/>
+      <c r="AS29" s="3"/>
+      <c r="AT29" s="3"/>
+      <c r="AU29" s="3"/>
     </row>
-    <row r="30" spans="1:8">
+    <row r="30" spans="1:47">
       <c r="A30" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B30" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="C30" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="D30" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="E30" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="F30" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="G30" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="H30" t="s">
-        <v>23</v>
+        <v>68</v>
+      </c>
+      <c r="I30" t="s">
+        <v>68</v>
+      </c>
+      <c r="J30" t="s">
+        <v>68</v>
+      </c>
+      <c r="K30" t="s">
+        <v>68</v>
+      </c>
+      <c r="L30" t="s">
+        <v>61</v>
+      </c>
+      <c r="M30" t="s">
+        <v>61</v>
+      </c>
+      <c r="N30" t="s">
+        <v>61</v>
+      </c>
+      <c r="O30" t="s">
+        <v>68</v>
+      </c>
+      <c r="P30" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>68</v>
+      </c>
+      <c r="R30" t="s">
+        <v>68</v>
+      </c>
+      <c r="S30" t="s">
+        <v>61</v>
+      </c>
+      <c r="T30" t="s">
+        <v>68</v>
+      </c>
+      <c r="U30" t="s">
+        <v>68</v>
+      </c>
+      <c r="V30" t="s">
+        <v>68</v>
+      </c>
+      <c r="W30" t="s">
+        <v>68</v>
+      </c>
+      <c r="X30" t="s">
+        <v>68</v>
+      </c>
+      <c r="Y30" t="s">
+        <v>68</v>
+      </c>
+      <c r="Z30" t="s">
+        <v>68</v>
+      </c>
+      <c r="AA30" t="s">
+        <v>68</v>
+      </c>
+      <c r="AB30" t="s">
+        <v>68</v>
+      </c>
+      <c r="AC30" t="s">
+        <v>68</v>
+      </c>
+      <c r="AD30" t="s">
+        <v>68</v>
+      </c>
+      <c r="AE30" t="s">
+        <v>68</v>
+      </c>
+      <c r="AF30" t="s">
+        <v>68</v>
+      </c>
+      <c r="AG30" t="s">
+        <v>68</v>
+      </c>
+      <c r="AH30" t="s">
+        <v>68</v>
+      </c>
+      <c r="AI30" t="s">
+        <v>68</v>
+      </c>
+      <c r="AJ30" t="s">
+        <v>68</v>
+      </c>
+      <c r="AK30" t="s">
+        <v>68</v>
+      </c>
+      <c r="AL30" t="s">
+        <v>68</v>
+      </c>
+      <c r="AM30" t="s">
+        <v>61</v>
+      </c>
+      <c r="AN30" t="s">
+        <v>68</v>
+      </c>
+      <c r="AO30" t="s">
+        <v>68</v>
+      </c>
+      <c r="AP30" t="s">
+        <v>68</v>
+      </c>
+      <c r="AQ30" t="s">
+        <v>68</v>
+      </c>
+      <c r="AR30" t="s">
+        <v>68</v>
+      </c>
+      <c r="AS30" t="s">
+        <v>68</v>
+      </c>
+      <c r="AT30" t="s">
+        <v>68</v>
+      </c>
+      <c r="AU30" t="s">
+        <v>68</v>
       </c>
     </row>
-    <row r="31" spans="1:8">
+    <row r="31" spans="1:47">
       <c r="A31" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="B31" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="C31" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="D31" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="E31" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="F31" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="G31" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="H31" t="s">
-        <v>24</v>
+        <v>63</v>
+      </c>
+      <c r="I31" t="s">
+        <v>63</v>
+      </c>
+      <c r="J31" t="s">
+        <v>63</v>
+      </c>
+      <c r="K31" t="s">
+        <v>63</v>
+      </c>
+      <c r="L31" t="s">
+        <v>63</v>
+      </c>
+      <c r="M31" t="s">
+        <v>63</v>
+      </c>
+      <c r="N31" t="s">
+        <v>63</v>
+      </c>
+      <c r="O31" t="s">
+        <v>63</v>
+      </c>
+      <c r="P31" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>63</v>
+      </c>
+      <c r="R31" t="s">
+        <v>63</v>
+      </c>
+      <c r="S31" t="s">
+        <v>63</v>
+      </c>
+      <c r="T31" t="s">
+        <v>63</v>
+      </c>
+      <c r="U31" t="s">
+        <v>63</v>
+      </c>
+      <c r="V31" t="s">
+        <v>63</v>
+      </c>
+      <c r="W31" t="s">
+        <v>63</v>
+      </c>
+      <c r="X31" t="s">
+        <v>63</v>
+      </c>
+      <c r="Y31" t="s">
+        <v>63</v>
+      </c>
+      <c r="Z31" t="s">
+        <v>63</v>
+      </c>
+      <c r="AA31" t="s">
+        <v>63</v>
+      </c>
+      <c r="AB31" t="s">
+        <v>63</v>
+      </c>
+      <c r="AC31" t="s">
+        <v>63</v>
+      </c>
+      <c r="AD31" t="s">
+        <v>63</v>
+      </c>
+      <c r="AE31" t="s">
+        <v>63</v>
+      </c>
+      <c r="AF31" t="s">
+        <v>63</v>
+      </c>
+      <c r="AG31" t="s">
+        <v>63</v>
+      </c>
+      <c r="AH31" t="s">
+        <v>63</v>
+      </c>
+      <c r="AI31" t="s">
+        <v>63</v>
+      </c>
+      <c r="AJ31" t="s">
+        <v>63</v>
+      </c>
+      <c r="AK31" t="s">
+        <v>63</v>
+      </c>
+      <c r="AL31" t="s">
+        <v>63</v>
+      </c>
+      <c r="AM31" t="s">
+        <v>63</v>
+      </c>
+      <c r="AN31" t="s">
+        <v>63</v>
+      </c>
+      <c r="AO31" t="s">
+        <v>63</v>
+      </c>
+      <c r="AP31" t="s">
+        <v>63</v>
+      </c>
+      <c r="AQ31" t="s">
+        <v>63</v>
+      </c>
+      <c r="AR31" t="s">
+        <v>63</v>
+      </c>
+      <c r="AS31" t="s">
+        <v>63</v>
+      </c>
+      <c r="AT31" t="s">
+        <v>63</v>
+      </c>
+      <c r="AU31" t="s">
+        <v>63</v>
       </c>
     </row>
-    <row r="32" spans="1:8">
+    <row r="32" spans="1:47">
       <c r="A32" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="B32" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="C32" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="D32" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="E32" t="s">
-        <v>25</v>
+        <v>64</v>
       </c>
       <c r="F32" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="G32" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H32" t="s">
-        <v>25</v>
+        <v>69</v>
+      </c>
+      <c r="I32" t="s">
+        <v>69</v>
+      </c>
+      <c r="J32" t="s">
+        <v>69</v>
+      </c>
+      <c r="K32" t="s">
+        <v>69</v>
+      </c>
+      <c r="L32" t="s">
+        <v>64</v>
+      </c>
+      <c r="M32" t="s">
+        <v>64</v>
+      </c>
+      <c r="N32" t="s">
+        <v>64</v>
+      </c>
+      <c r="O32" t="s">
+        <v>69</v>
+      </c>
+      <c r="P32" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>69</v>
+      </c>
+      <c r="R32" t="s">
+        <v>69</v>
+      </c>
+      <c r="S32" t="s">
+        <v>64</v>
+      </c>
+      <c r="T32" t="s">
+        <v>69</v>
+      </c>
+      <c r="U32" t="s">
+        <v>69</v>
+      </c>
+      <c r="V32" t="s">
+        <v>69</v>
+      </c>
+      <c r="W32" t="s">
+        <v>69</v>
+      </c>
+      <c r="X32" t="s">
+        <v>69</v>
+      </c>
+      <c r="Y32" t="s">
+        <v>69</v>
+      </c>
+      <c r="Z32" t="s">
+        <v>69</v>
+      </c>
+      <c r="AA32" t="s">
+        <v>69</v>
+      </c>
+      <c r="AB32" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC32" t="s">
+        <v>69</v>
+      </c>
+      <c r="AD32" t="s">
+        <v>69</v>
+      </c>
+      <c r="AE32" t="s">
+        <v>69</v>
+      </c>
+      <c r="AF32" t="s">
+        <v>69</v>
+      </c>
+      <c r="AG32" t="s">
+        <v>69</v>
+      </c>
+      <c r="AH32" t="s">
+        <v>69</v>
+      </c>
+      <c r="AI32" t="s">
+        <v>69</v>
+      </c>
+      <c r="AJ32" t="s">
+        <v>69</v>
+      </c>
+      <c r="AK32" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL32" t="s">
+        <v>69</v>
+      </c>
+      <c r="AM32" t="s">
+        <v>64</v>
+      </c>
+      <c r="AN32" t="s">
+        <v>69</v>
+      </c>
+      <c r="AO32" t="s">
+        <v>69</v>
+      </c>
+      <c r="AP32" t="s">
+        <v>69</v>
+      </c>
+      <c r="AQ32" t="s">
+        <v>69</v>
+      </c>
+      <c r="AR32" t="s">
+        <v>69</v>
+      </c>
+      <c r="AS32" t="s">
+        <v>69</v>
+      </c>
+      <c r="AT32" t="s">
+        <v>69</v>
+      </c>
+      <c r="AU32" t="s">
+        <v>69</v>
       </c>
     </row>
-    <row r="33" spans="1:8">
+    <row r="33" spans="1:47">
       <c r="A33" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B33" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="C33" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="D33" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="E33" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="F33" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="G33" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="H33" t="s">
-        <v>23</v>
+        <v>68</v>
+      </c>
+      <c r="I33" t="s">
+        <v>68</v>
+      </c>
+      <c r="J33" t="s">
+        <v>68</v>
+      </c>
+      <c r="K33" t="s">
+        <v>68</v>
+      </c>
+      <c r="L33" t="s">
+        <v>61</v>
+      </c>
+      <c r="M33" t="s">
+        <v>61</v>
+      </c>
+      <c r="N33" t="s">
+        <v>61</v>
+      </c>
+      <c r="O33" t="s">
+        <v>68</v>
+      </c>
+      <c r="P33" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>68</v>
+      </c>
+      <c r="R33" t="s">
+        <v>68</v>
+      </c>
+      <c r="S33" t="s">
+        <v>61</v>
+      </c>
+      <c r="T33" t="s">
+        <v>68</v>
+      </c>
+      <c r="U33" t="s">
+        <v>68</v>
+      </c>
+      <c r="V33" t="s">
+        <v>68</v>
+      </c>
+      <c r="W33" t="s">
+        <v>68</v>
+      </c>
+      <c r="X33" t="s">
+        <v>68</v>
+      </c>
+      <c r="Y33" t="s">
+        <v>68</v>
+      </c>
+      <c r="Z33" t="s">
+        <v>68</v>
+      </c>
+      <c r="AA33" t="s">
+        <v>68</v>
+      </c>
+      <c r="AB33" t="s">
+        <v>68</v>
+      </c>
+      <c r="AC33" t="s">
+        <v>68</v>
+      </c>
+      <c r="AD33" t="s">
+        <v>68</v>
+      </c>
+      <c r="AE33" t="s">
+        <v>68</v>
+      </c>
+      <c r="AF33" t="s">
+        <v>68</v>
+      </c>
+      <c r="AG33" t="s">
+        <v>68</v>
+      </c>
+      <c r="AH33" t="s">
+        <v>68</v>
+      </c>
+      <c r="AI33" t="s">
+        <v>68</v>
+      </c>
+      <c r="AJ33" t="s">
+        <v>68</v>
+      </c>
+      <c r="AK33" t="s">
+        <v>68</v>
+      </c>
+      <c r="AL33" t="s">
+        <v>68</v>
+      </c>
+      <c r="AM33" t="s">
+        <v>61</v>
+      </c>
+      <c r="AN33" t="s">
+        <v>68</v>
+      </c>
+      <c r="AO33" t="s">
+        <v>68</v>
+      </c>
+      <c r="AP33" t="s">
+        <v>68</v>
+      </c>
+      <c r="AQ33" t="s">
+        <v>68</v>
+      </c>
+      <c r="AR33" t="s">
+        <v>68</v>
+      </c>
+      <c r="AS33" t="s">
+        <v>68</v>
+      </c>
+      <c r="AT33" t="s">
+        <v>68</v>
+      </c>
+      <c r="AU33" t="s">
+        <v>68</v>
       </c>
     </row>
-    <row r="34" spans="1:8">
+    <row r="34" spans="1:47">
       <c r="A34" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="B34" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="C34" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="D34" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="E34" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="F34" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="G34" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="H34" t="s">
-        <v>26</v>
+        <v>66</v>
+      </c>
+      <c r="I34" t="s">
+        <v>66</v>
+      </c>
+      <c r="J34" t="s">
+        <v>66</v>
+      </c>
+      <c r="K34" t="s">
+        <v>66</v>
+      </c>
+      <c r="L34" t="s">
+        <v>66</v>
+      </c>
+      <c r="M34" t="s">
+        <v>66</v>
+      </c>
+      <c r="N34" t="s">
+        <v>66</v>
+      </c>
+      <c r="O34" t="s">
+        <v>66</v>
+      </c>
+      <c r="P34" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>66</v>
+      </c>
+      <c r="R34" t="s">
+        <v>66</v>
+      </c>
+      <c r="S34" t="s">
+        <v>66</v>
+      </c>
+      <c r="T34" t="s">
+        <v>66</v>
+      </c>
+      <c r="U34" t="s">
+        <v>66</v>
+      </c>
+      <c r="V34" t="s">
+        <v>66</v>
+      </c>
+      <c r="W34" t="s">
+        <v>66</v>
+      </c>
+      <c r="X34" t="s">
+        <v>66</v>
+      </c>
+      <c r="Y34" t="s">
+        <v>66</v>
+      </c>
+      <c r="Z34" t="s">
+        <v>66</v>
+      </c>
+      <c r="AA34" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB34" t="s">
+        <v>66</v>
+      </c>
+      <c r="AC34" t="s">
+        <v>66</v>
+      </c>
+      <c r="AD34" t="s">
+        <v>66</v>
+      </c>
+      <c r="AE34" t="s">
+        <v>66</v>
+      </c>
+      <c r="AF34" t="s">
+        <v>66</v>
+      </c>
+      <c r="AG34" t="s">
+        <v>66</v>
+      </c>
+      <c r="AH34" t="s">
+        <v>66</v>
+      </c>
+      <c r="AI34" t="s">
+        <v>66</v>
+      </c>
+      <c r="AJ34" t="s">
+        <v>66</v>
+      </c>
+      <c r="AK34" t="s">
+        <v>66</v>
+      </c>
+      <c r="AL34" t="s">
+        <v>66</v>
+      </c>
+      <c r="AM34" t="s">
+        <v>66</v>
+      </c>
+      <c r="AN34" t="s">
+        <v>66</v>
+      </c>
+      <c r="AO34" t="s">
+        <v>66</v>
+      </c>
+      <c r="AP34" t="s">
+        <v>66</v>
+      </c>
+      <c r="AQ34" t="s">
+        <v>66</v>
+      </c>
+      <c r="AR34" t="s">
+        <v>66</v>
+      </c>
+      <c r="AS34" t="s">
+        <v>66</v>
+      </c>
+      <c r="AT34" t="s">
+        <v>66</v>
+      </c>
+      <c r="AU34" t="s">
+        <v>66</v>
       </c>
     </row>
-    <row r="35" spans="1:8">
+    <row r="35" spans="1:47">
       <c r="A35" s="3" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
+      <c r="I35" s="3"/>
+      <c r="J35" s="3"/>
+      <c r="K35" s="3"/>
+      <c r="L35" s="3"/>
+      <c r="M35" s="3"/>
+      <c r="N35" s="3"/>
+      <c r="O35" s="3"/>
+      <c r="P35" s="3"/>
+      <c r="Q35" s="3"/>
+      <c r="R35" s="3"/>
+      <c r="S35" s="3"/>
+      <c r="T35" s="3"/>
+      <c r="U35" s="3"/>
+      <c r="V35" s="3"/>
+      <c r="W35" s="3"/>
+      <c r="X35" s="3"/>
+      <c r="Y35" s="3"/>
+      <c r="Z35" s="3"/>
+      <c r="AA35" s="3"/>
+      <c r="AB35" s="3"/>
+      <c r="AC35" s="3"/>
+      <c r="AD35" s="3"/>
+      <c r="AE35" s="3"/>
+      <c r="AF35" s="3"/>
+      <c r="AG35" s="3"/>
+      <c r="AH35" s="3"/>
+      <c r="AI35" s="3"/>
+      <c r="AJ35" s="3"/>
+      <c r="AK35" s="3"/>
+      <c r="AL35" s="3"/>
+      <c r="AM35" s="3"/>
+      <c r="AN35" s="3"/>
+      <c r="AO35" s="3"/>
+      <c r="AP35" s="3"/>
+      <c r="AQ35" s="3"/>
+      <c r="AR35" s="3"/>
+      <c r="AS35" s="3"/>
+      <c r="AT35" s="3"/>
+      <c r="AU35" s="3"/>
     </row>
-    <row r="36" spans="1:8">
+    <row r="36" spans="1:47">
       <c r="A36" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B36" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="C36" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="D36" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="E36" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="F36" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="G36" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="H36" t="s">
-        <v>23</v>
+        <v>68</v>
+      </c>
+      <c r="I36" t="s">
+        <v>68</v>
+      </c>
+      <c r="J36" t="s">
+        <v>68</v>
+      </c>
+      <c r="K36" t="s">
+        <v>68</v>
+      </c>
+      <c r="L36" t="s">
+        <v>61</v>
+      </c>
+      <c r="M36" t="s">
+        <v>61</v>
+      </c>
+      <c r="N36" t="s">
+        <v>61</v>
+      </c>
+      <c r="O36" t="s">
+        <v>68</v>
+      </c>
+      <c r="P36" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>68</v>
+      </c>
+      <c r="R36" t="s">
+        <v>68</v>
+      </c>
+      <c r="S36" t="s">
+        <v>61</v>
+      </c>
+      <c r="T36" t="s">
+        <v>68</v>
+      </c>
+      <c r="U36" t="s">
+        <v>68</v>
+      </c>
+      <c r="V36" t="s">
+        <v>68</v>
+      </c>
+      <c r="W36" t="s">
+        <v>68</v>
+      </c>
+      <c r="X36" t="s">
+        <v>68</v>
+      </c>
+      <c r="Y36" t="s">
+        <v>68</v>
+      </c>
+      <c r="Z36" t="s">
+        <v>68</v>
+      </c>
+      <c r="AA36" t="s">
+        <v>68</v>
+      </c>
+      <c r="AB36" t="s">
+        <v>68</v>
+      </c>
+      <c r="AC36" t="s">
+        <v>68</v>
+      </c>
+      <c r="AD36" t="s">
+        <v>68</v>
+      </c>
+      <c r="AE36" t="s">
+        <v>68</v>
+      </c>
+      <c r="AF36" t="s">
+        <v>68</v>
+      </c>
+      <c r="AG36" t="s">
+        <v>68</v>
+      </c>
+      <c r="AH36" t="s">
+        <v>68</v>
+      </c>
+      <c r="AI36" t="s">
+        <v>68</v>
+      </c>
+      <c r="AJ36" t="s">
+        <v>68</v>
+      </c>
+      <c r="AK36" t="s">
+        <v>68</v>
+      </c>
+      <c r="AL36" t="s">
+        <v>68</v>
+      </c>
+      <c r="AM36" t="s">
+        <v>61</v>
+      </c>
+      <c r="AN36" t="s">
+        <v>68</v>
+      </c>
+      <c r="AO36" t="s">
+        <v>68</v>
+      </c>
+      <c r="AP36" t="s">
+        <v>68</v>
+      </c>
+      <c r="AQ36" t="s">
+        <v>68</v>
+      </c>
+      <c r="AR36" t="s">
+        <v>68</v>
+      </c>
+      <c r="AS36" t="s">
+        <v>68</v>
+      </c>
+      <c r="AT36" t="s">
+        <v>68</v>
+      </c>
+      <c r="AU36" t="s">
+        <v>68</v>
       </c>
     </row>
-    <row r="37" spans="1:8">
+    <row r="37" spans="1:47">
       <c r="A37" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="B37" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="C37" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="D37" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="E37" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="F37" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="G37" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="H37" t="s">
-        <v>24</v>
+        <v>63</v>
+      </c>
+      <c r="I37" t="s">
+        <v>63</v>
+      </c>
+      <c r="J37" t="s">
+        <v>63</v>
+      </c>
+      <c r="K37" t="s">
+        <v>63</v>
+      </c>
+      <c r="L37" t="s">
+        <v>63</v>
+      </c>
+      <c r="M37" t="s">
+        <v>63</v>
+      </c>
+      <c r="N37" t="s">
+        <v>63</v>
+      </c>
+      <c r="O37" t="s">
+        <v>63</v>
+      </c>
+      <c r="P37" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>63</v>
+      </c>
+      <c r="R37" t="s">
+        <v>63</v>
+      </c>
+      <c r="S37" t="s">
+        <v>63</v>
+      </c>
+      <c r="T37" t="s">
+        <v>63</v>
+      </c>
+      <c r="U37" t="s">
+        <v>63</v>
+      </c>
+      <c r="V37" t="s">
+        <v>63</v>
+      </c>
+      <c r="W37" t="s">
+        <v>63</v>
+      </c>
+      <c r="X37" t="s">
+        <v>63</v>
+      </c>
+      <c r="Y37" t="s">
+        <v>63</v>
+      </c>
+      <c r="Z37" t="s">
+        <v>63</v>
+      </c>
+      <c r="AA37" t="s">
+        <v>63</v>
+      </c>
+      <c r="AB37" t="s">
+        <v>63</v>
+      </c>
+      <c r="AC37" t="s">
+        <v>63</v>
+      </c>
+      <c r="AD37" t="s">
+        <v>63</v>
+      </c>
+      <c r="AE37" t="s">
+        <v>63</v>
+      </c>
+      <c r="AF37" t="s">
+        <v>63</v>
+      </c>
+      <c r="AG37" t="s">
+        <v>63</v>
+      </c>
+      <c r="AH37" t="s">
+        <v>63</v>
+      </c>
+      <c r="AI37" t="s">
+        <v>63</v>
+      </c>
+      <c r="AJ37" t="s">
+        <v>63</v>
+      </c>
+      <c r="AK37" t="s">
+        <v>63</v>
+      </c>
+      <c r="AL37" t="s">
+        <v>63</v>
+      </c>
+      <c r="AM37" t="s">
+        <v>63</v>
+      </c>
+      <c r="AN37" t="s">
+        <v>63</v>
+      </c>
+      <c r="AO37" t="s">
+        <v>63</v>
+      </c>
+      <c r="AP37" t="s">
+        <v>63</v>
+      </c>
+      <c r="AQ37" t="s">
+        <v>63</v>
+      </c>
+      <c r="AR37" t="s">
+        <v>63</v>
+      </c>
+      <c r="AS37" t="s">
+        <v>63</v>
+      </c>
+      <c r="AT37" t="s">
+        <v>63</v>
+      </c>
+      <c r="AU37" t="s">
+        <v>63</v>
       </c>
     </row>
-    <row r="38" spans="1:8">
+    <row r="38" spans="1:47">
       <c r="A38" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B38" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="C38" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="D38" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="E38" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="F38" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="G38" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="H38" t="s">
-        <v>23</v>
+        <v>68</v>
+      </c>
+      <c r="I38" t="s">
+        <v>68</v>
+      </c>
+      <c r="J38" t="s">
+        <v>68</v>
+      </c>
+      <c r="K38" t="s">
+        <v>68</v>
+      </c>
+      <c r="L38" t="s">
+        <v>61</v>
+      </c>
+      <c r="M38" t="s">
+        <v>61</v>
+      </c>
+      <c r="N38" t="s">
+        <v>61</v>
+      </c>
+      <c r="O38" t="s">
+        <v>68</v>
+      </c>
+      <c r="P38" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>68</v>
+      </c>
+      <c r="R38" t="s">
+        <v>68</v>
+      </c>
+      <c r="S38" t="s">
+        <v>61</v>
+      </c>
+      <c r="T38" t="s">
+        <v>68</v>
+      </c>
+      <c r="U38" t="s">
+        <v>68</v>
+      </c>
+      <c r="V38" t="s">
+        <v>68</v>
+      </c>
+      <c r="W38" t="s">
+        <v>68</v>
+      </c>
+      <c r="X38" t="s">
+        <v>68</v>
+      </c>
+      <c r="Y38" t="s">
+        <v>68</v>
+      </c>
+      <c r="Z38" t="s">
+        <v>68</v>
+      </c>
+      <c r="AA38" t="s">
+        <v>68</v>
+      </c>
+      <c r="AB38" t="s">
+        <v>68</v>
+      </c>
+      <c r="AC38" t="s">
+        <v>68</v>
+      </c>
+      <c r="AD38" t="s">
+        <v>68</v>
+      </c>
+      <c r="AE38" t="s">
+        <v>68</v>
+      </c>
+      <c r="AF38" t="s">
+        <v>68</v>
+      </c>
+      <c r="AG38" t="s">
+        <v>68</v>
+      </c>
+      <c r="AH38" t="s">
+        <v>68</v>
+      </c>
+      <c r="AI38" t="s">
+        <v>68</v>
+      </c>
+      <c r="AJ38" t="s">
+        <v>68</v>
+      </c>
+      <c r="AK38" t="s">
+        <v>68</v>
+      </c>
+      <c r="AL38" t="s">
+        <v>68</v>
+      </c>
+      <c r="AM38" t="s">
+        <v>61</v>
+      </c>
+      <c r="AN38" t="s">
+        <v>68</v>
+      </c>
+      <c r="AO38" t="s">
+        <v>68</v>
+      </c>
+      <c r="AP38" t="s">
+        <v>68</v>
+      </c>
+      <c r="AQ38" t="s">
+        <v>68</v>
+      </c>
+      <c r="AR38" t="s">
+        <v>68</v>
+      </c>
+      <c r="AS38" t="s">
+        <v>68</v>
+      </c>
+      <c r="AT38" t="s">
+        <v>68</v>
+      </c>
+      <c r="AU38" t="s">
+        <v>68</v>
       </c>
     </row>
-    <row r="39" spans="1:8">
+    <row r="39" spans="1:47">
       <c r="A39" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="B39" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="C39" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="D39" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="E39" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="F39" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="G39" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="H39" t="s">
-        <v>26</v>
+        <v>66</v>
+      </c>
+      <c r="I39" t="s">
+        <v>66</v>
+      </c>
+      <c r="J39" t="s">
+        <v>66</v>
+      </c>
+      <c r="K39" t="s">
+        <v>66</v>
+      </c>
+      <c r="L39" t="s">
+        <v>66</v>
+      </c>
+      <c r="M39" t="s">
+        <v>66</v>
+      </c>
+      <c r="N39" t="s">
+        <v>66</v>
+      </c>
+      <c r="O39" t="s">
+        <v>66</v>
+      </c>
+      <c r="P39" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>66</v>
+      </c>
+      <c r="R39" t="s">
+        <v>66</v>
+      </c>
+      <c r="S39" t="s">
+        <v>66</v>
+      </c>
+      <c r="T39" t="s">
+        <v>66</v>
+      </c>
+      <c r="U39" t="s">
+        <v>66</v>
+      </c>
+      <c r="V39" t="s">
+        <v>66</v>
+      </c>
+      <c r="W39" t="s">
+        <v>66</v>
+      </c>
+      <c r="X39" t="s">
+        <v>66</v>
+      </c>
+      <c r="Y39" t="s">
+        <v>66</v>
+      </c>
+      <c r="Z39" t="s">
+        <v>66</v>
+      </c>
+      <c r="AA39" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB39" t="s">
+        <v>66</v>
+      </c>
+      <c r="AC39" t="s">
+        <v>66</v>
+      </c>
+      <c r="AD39" t="s">
+        <v>66</v>
+      </c>
+      <c r="AE39" t="s">
+        <v>66</v>
+      </c>
+      <c r="AF39" t="s">
+        <v>66</v>
+      </c>
+      <c r="AG39" t="s">
+        <v>66</v>
+      </c>
+      <c r="AH39" t="s">
+        <v>66</v>
+      </c>
+      <c r="AI39" t="s">
+        <v>66</v>
+      </c>
+      <c r="AJ39" t="s">
+        <v>66</v>
+      </c>
+      <c r="AK39" t="s">
+        <v>66</v>
+      </c>
+      <c r="AL39" t="s">
+        <v>66</v>
+      </c>
+      <c r="AM39" t="s">
+        <v>66</v>
+      </c>
+      <c r="AN39" t="s">
+        <v>66</v>
+      </c>
+      <c r="AO39" t="s">
+        <v>66</v>
+      </c>
+      <c r="AP39" t="s">
+        <v>66</v>
+      </c>
+      <c r="AQ39" t="s">
+        <v>66</v>
+      </c>
+      <c r="AR39" t="s">
+        <v>66</v>
+      </c>
+      <c r="AS39" t="s">
+        <v>66</v>
+      </c>
+      <c r="AT39" t="s">
+        <v>66</v>
+      </c>
+      <c r="AU39" t="s">
+        <v>66</v>
       </c>
     </row>
-    <row r="40" spans="1:8">
+    <row r="40" spans="1:47">
       <c r="A40" s="4"/>
       <c r="B40" s="4"/>
       <c r="C40" s="4"/>
       <c r="D40" s="4"/>
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="4"/>
       <c r="H40" s="4"/>
+      <c r="I40" s="4"/>
+      <c r="J40" s="4"/>
+      <c r="K40" s="4"/>
+      <c r="L40" s="4"/>
+      <c r="M40" s="4"/>
+      <c r="N40" s="4"/>
+      <c r="O40" s="4"/>
+      <c r="P40" s="4"/>
+      <c r="Q40" s="4"/>
+      <c r="R40" s="4"/>
+      <c r="S40" s="4"/>
+      <c r="T40" s="4"/>
+      <c r="U40" s="4"/>
+      <c r="V40" s="4"/>
+      <c r="W40" s="4"/>
+      <c r="X40" s="4"/>
+      <c r="Y40" s="4"/>
+      <c r="Z40" s="4"/>
+      <c r="AA40" s="4"/>
+      <c r="AB40" s="4"/>
+      <c r="AC40" s="4"/>
+      <c r="AD40" s="4"/>
+      <c r="AE40" s="4"/>
+      <c r="AF40" s="4"/>
+      <c r="AG40" s="4"/>
+      <c r="AH40" s="4"/>
+      <c r="AI40" s="4"/>
+      <c r="AJ40" s="4"/>
+      <c r="AK40" s="4"/>
+      <c r="AL40" s="4"/>
+      <c r="AM40" s="4"/>
+      <c r="AN40" s="4"/>
+      <c r="AO40" s="4"/>
+      <c r="AP40" s="4"/>
+      <c r="AQ40" s="4"/>
+      <c r="AR40" s="4"/>
+      <c r="AS40" s="4"/>
+      <c r="AT40" s="4"/>
+      <c r="AU40" s="4"/>
     </row>
-    <row r="41" spans="1:8">
+    <row r="41" spans="1:47">
       <c r="A41" s="2" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
+      <c r="I41" s="2"/>
+      <c r="J41" s="2"/>
+      <c r="K41" s="2"/>
+      <c r="L41" s="2"/>
+      <c r="M41" s="2"/>
+      <c r="N41" s="2"/>
+      <c r="O41" s="2"/>
+      <c r="P41" s="2"/>
+      <c r="Q41" s="2"/>
+      <c r="R41" s="2"/>
+      <c r="S41" s="2"/>
+      <c r="T41" s="2"/>
+      <c r="U41" s="2"/>
+      <c r="V41" s="2"/>
+      <c r="W41" s="2"/>
+      <c r="X41" s="2"/>
+      <c r="Y41" s="2"/>
+      <c r="Z41" s="2"/>
+      <c r="AA41" s="2"/>
+      <c r="AB41" s="2"/>
+      <c r="AC41" s="2"/>
+      <c r="AD41" s="2"/>
+      <c r="AE41" s="2"/>
+      <c r="AF41" s="2"/>
+      <c r="AG41" s="2"/>
+      <c r="AH41" s="2"/>
+      <c r="AI41" s="2"/>
+      <c r="AJ41" s="2"/>
+      <c r="AK41" s="2"/>
+      <c r="AL41" s="2"/>
+      <c r="AM41" s="2"/>
+      <c r="AN41" s="2"/>
+      <c r="AO41" s="2"/>
+      <c r="AP41" s="2"/>
+      <c r="AQ41" s="2"/>
+      <c r="AR41" s="2"/>
+      <c r="AS41" s="2"/>
+      <c r="AT41" s="2"/>
+      <c r="AU41" s="2"/>
     </row>
-    <row r="42" spans="1:8">
+    <row r="42" spans="1:47">
       <c r="A42" s="3" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="B42" s="3"/>
       <c r="C42" s="3"/>
       <c r="D42" s="3"/>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
+      <c r="I42" s="3"/>
+      <c r="J42" s="3"/>
+      <c r="K42" s="3"/>
+      <c r="L42" s="3"/>
+      <c r="M42" s="3"/>
+      <c r="N42" s="3"/>
+      <c r="O42" s="3"/>
+      <c r="P42" s="3"/>
+      <c r="Q42" s="3"/>
+      <c r="R42" s="3"/>
+      <c r="S42" s="3"/>
+      <c r="T42" s="3"/>
+      <c r="U42" s="3"/>
+      <c r="V42" s="3"/>
+      <c r="W42" s="3"/>
+      <c r="X42" s="3"/>
+      <c r="Y42" s="3"/>
+      <c r="Z42" s="3"/>
+      <c r="AA42" s="3"/>
+      <c r="AB42" s="3"/>
+      <c r="AC42" s="3"/>
+      <c r="AD42" s="3"/>
+      <c r="AE42" s="3"/>
+      <c r="AF42" s="3"/>
+      <c r="AG42" s="3"/>
+      <c r="AH42" s="3"/>
+      <c r="AI42" s="3"/>
+      <c r="AJ42" s="3"/>
+      <c r="AK42" s="3"/>
+      <c r="AL42" s="3"/>
+      <c r="AM42" s="3"/>
+      <c r="AN42" s="3"/>
+      <c r="AO42" s="3"/>
+      <c r="AP42" s="3"/>
+      <c r="AQ42" s="3"/>
+      <c r="AR42" s="3"/>
+      <c r="AS42" s="3"/>
+      <c r="AT42" s="3"/>
+      <c r="AU42" s="3"/>
     </row>
-    <row r="43" spans="1:8">
+    <row r="43" spans="1:47">
       <c r="A43" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B43" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="C43" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="D43" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E43" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="F43" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="G43" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="H43" t="s">
-        <v>28</v>
+        <v>65</v>
+      </c>
+      <c r="I43" t="s">
+        <v>65</v>
+      </c>
+      <c r="J43" t="s">
+        <v>65</v>
+      </c>
+      <c r="K43" t="s">
+        <v>65</v>
+      </c>
+      <c r="L43" t="s">
+        <v>71</v>
+      </c>
+      <c r="M43" t="s">
+        <v>71</v>
+      </c>
+      <c r="N43" t="s">
+        <v>71</v>
+      </c>
+      <c r="O43" t="s">
+        <v>65</v>
+      </c>
+      <c r="P43" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>65</v>
+      </c>
+      <c r="R43" t="s">
+        <v>65</v>
+      </c>
+      <c r="S43" t="s">
+        <v>71</v>
+      </c>
+      <c r="T43" t="s">
+        <v>65</v>
+      </c>
+      <c r="U43" t="s">
+        <v>65</v>
+      </c>
+      <c r="V43" t="s">
+        <v>65</v>
+      </c>
+      <c r="W43" t="s">
+        <v>65</v>
+      </c>
+      <c r="X43" t="s">
+        <v>65</v>
+      </c>
+      <c r="Y43" t="s">
+        <v>65</v>
+      </c>
+      <c r="Z43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AA43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AB43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AC43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AD43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AE43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AF43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AG43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AH43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AI43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AJ43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AK43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AL43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AM43" t="s">
+        <v>71</v>
+      </c>
+      <c r="AN43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AO43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AP43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AQ43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AR43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AS43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AT43" t="s">
+        <v>65</v>
+      </c>
+      <c r="AU43" t="s">
+        <v>65</v>
       </c>
     </row>
-    <row r="44" spans="1:8">
+    <row r="44" spans="1:47">
       <c r="A44" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="B44" t="s">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="C44" t="s">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="D44" t="s">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="E44" t="s">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="F44" t="s">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="G44" t="s">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="H44" t="s">
-        <v>12</v>
+        <v>72</v>
+      </c>
+      <c r="I44" t="s">
+        <v>72</v>
+      </c>
+      <c r="J44" t="s">
+        <v>72</v>
+      </c>
+      <c r="K44" t="s">
+        <v>72</v>
+      </c>
+      <c r="L44" t="s">
+        <v>72</v>
+      </c>
+      <c r="M44" t="s">
+        <v>72</v>
+      </c>
+      <c r="N44" t="s">
+        <v>72</v>
+      </c>
+      <c r="O44" t="s">
+        <v>72</v>
+      </c>
+      <c r="P44" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>72</v>
+      </c>
+      <c r="R44" t="s">
+        <v>72</v>
+      </c>
+      <c r="S44" t="s">
+        <v>72</v>
+      </c>
+      <c r="T44" t="s">
+        <v>72</v>
+      </c>
+      <c r="U44" t="s">
+        <v>72</v>
+      </c>
+      <c r="V44" t="s">
+        <v>72</v>
+      </c>
+      <c r="W44" t="s">
+        <v>72</v>
+      </c>
+      <c r="X44" t="s">
+        <v>72</v>
+      </c>
+      <c r="Y44" t="s">
+        <v>72</v>
+      </c>
+      <c r="Z44" t="s">
+        <v>72</v>
+      </c>
+      <c r="AA44" t="s">
+        <v>72</v>
+      </c>
+      <c r="AB44" t="s">
+        <v>72</v>
+      </c>
+      <c r="AC44" t="s">
+        <v>72</v>
+      </c>
+      <c r="AD44" t="s">
+        <v>72</v>
+      </c>
+      <c r="AE44" t="s">
+        <v>72</v>
+      </c>
+      <c r="AF44" t="s">
+        <v>72</v>
+      </c>
+      <c r="AG44" t="s">
+        <v>72</v>
+      </c>
+      <c r="AH44" t="s">
+        <v>72</v>
+      </c>
+      <c r="AI44" t="s">
+        <v>72</v>
+      </c>
+      <c r="AJ44" t="s">
+        <v>72</v>
+      </c>
+      <c r="AK44" t="s">
+        <v>72</v>
+      </c>
+      <c r="AL44" t="s">
+        <v>72</v>
+      </c>
+      <c r="AM44" t="s">
+        <v>72</v>
+      </c>
+      <c r="AN44" t="s">
+        <v>72</v>
+      </c>
+      <c r="AO44" t="s">
+        <v>72</v>
+      </c>
+      <c r="AP44" t="s">
+        <v>72</v>
+      </c>
+      <c r="AQ44" t="s">
+        <v>72</v>
+      </c>
+      <c r="AR44" t="s">
+        <v>72</v>
+      </c>
+      <c r="AS44" t="s">
+        <v>72</v>
+      </c>
+      <c r="AT44" t="s">
+        <v>72</v>
+      </c>
+      <c r="AU44" t="s">
+        <v>72</v>
       </c>
     </row>
-    <row r="45" spans="1:8">
+    <row r="45" spans="1:47">
       <c r="A45" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="B45" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="C45" t="s">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="D45" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="E45" t="s">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="F45" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="G45" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="H45" t="s">
-        <v>29</v>
+        <v>73</v>
+      </c>
+      <c r="I45" t="s">
+        <v>73</v>
+      </c>
+      <c r="J45" t="s">
+        <v>73</v>
+      </c>
+      <c r="K45" t="s">
+        <v>73</v>
+      </c>
+      <c r="L45" t="s">
+        <v>74</v>
+      </c>
+      <c r="M45" t="s">
+        <v>74</v>
+      </c>
+      <c r="N45" t="s">
+        <v>74</v>
+      </c>
+      <c r="O45" t="s">
+        <v>73</v>
+      </c>
+      <c r="P45" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>73</v>
+      </c>
+      <c r="R45" t="s">
+        <v>73</v>
+      </c>
+      <c r="S45" t="s">
+        <v>74</v>
+      </c>
+      <c r="T45" t="s">
+        <v>73</v>
+      </c>
+      <c r="U45" t="s">
+        <v>73</v>
+      </c>
+      <c r="V45" t="s">
+        <v>73</v>
+      </c>
+      <c r="W45" t="s">
+        <v>73</v>
+      </c>
+      <c r="X45" t="s">
+        <v>73</v>
+      </c>
+      <c r="Y45" t="s">
+        <v>73</v>
+      </c>
+      <c r="Z45" t="s">
+        <v>73</v>
+      </c>
+      <c r="AA45" t="s">
+        <v>73</v>
+      </c>
+      <c r="AB45" t="s">
+        <v>73</v>
+      </c>
+      <c r="AC45" t="s">
+        <v>73</v>
+      </c>
+      <c r="AD45" t="s">
+        <v>73</v>
+      </c>
+      <c r="AE45" t="s">
+        <v>73</v>
+      </c>
+      <c r="AF45" t="s">
+        <v>73</v>
+      </c>
+      <c r="AG45" t="s">
+        <v>73</v>
+      </c>
+      <c r="AH45" t="s">
+        <v>73</v>
+      </c>
+      <c r="AI45" t="s">
+        <v>73</v>
+      </c>
+      <c r="AJ45" t="s">
+        <v>73</v>
+      </c>
+      <c r="AK45" t="s">
+        <v>73</v>
+      </c>
+      <c r="AL45" t="s">
+        <v>73</v>
+      </c>
+      <c r="AM45" t="s">
+        <v>74</v>
+      </c>
+      <c r="AN45" t="s">
+        <v>73</v>
+      </c>
+      <c r="AO45" t="s">
+        <v>73</v>
+      </c>
+      <c r="AP45" t="s">
+        <v>73</v>
+      </c>
+      <c r="AQ45" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR45" t="s">
+        <v>73</v>
+      </c>
+      <c r="AS45" t="s">
+        <v>73</v>
+      </c>
+      <c r="AT45" t="s">
+        <v>73</v>
+      </c>
+      <c r="AU45" t="s">
+        <v>73</v>
       </c>
     </row>
-    <row r="46" spans="1:8">
+    <row r="46" spans="1:47">
       <c r="A46" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B46" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="C46" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="D46" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E46" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="F46" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="G46" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="H46" t="s">
-        <v>28</v>
+        <v>65</v>
+      </c>
+      <c r="I46" t="s">
+        <v>65</v>
+      </c>
+      <c r="J46" t="s">
+        <v>65</v>
+      </c>
+      <c r="K46" t="s">
+        <v>65</v>
+      </c>
+      <c r="L46" t="s">
+        <v>71</v>
+      </c>
+      <c r="M46" t="s">
+        <v>71</v>
+      </c>
+      <c r="N46" t="s">
+        <v>71</v>
+      </c>
+      <c r="O46" t="s">
+        <v>65</v>
+      </c>
+      <c r="P46" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>65</v>
+      </c>
+      <c r="R46" t="s">
+        <v>65</v>
+      </c>
+      <c r="S46" t="s">
+        <v>71</v>
+      </c>
+      <c r="T46" t="s">
+        <v>65</v>
+      </c>
+      <c r="U46" t="s">
+        <v>65</v>
+      </c>
+      <c r="V46" t="s">
+        <v>65</v>
+      </c>
+      <c r="W46" t="s">
+        <v>65</v>
+      </c>
+      <c r="X46" t="s">
+        <v>65</v>
+      </c>
+      <c r="Y46" t="s">
+        <v>65</v>
+      </c>
+      <c r="Z46" t="s">
+        <v>65</v>
+      </c>
+      <c r="AA46" t="s">
+        <v>65</v>
+      </c>
+      <c r="AB46" t="s">
+        <v>65</v>
+      </c>
+      <c r="AC46" t="s">
+        <v>65</v>
+      </c>
+      <c r="AD46" t="s">
+        <v>65</v>
+      </c>
+      <c r="AE46" t="s">
+        <v>65</v>
+      </c>
+      <c r="AF46" t="s">
+        <v>65</v>
+      </c>
+      <c r="AG46" t="s">
+        <v>65</v>
+      </c>
+      <c r="AH46" t="s">
+        <v>65</v>
+      </c>
+      <c r="AI46" t="s">
+        <v>65</v>
+      </c>
+      <c r="AJ46" t="s">
+        <v>65</v>
+      </c>
+      <c r="AK46" t="s">
+        <v>65</v>
+      </c>
+      <c r="AL46" t="s">
+        <v>65</v>
+      </c>
+      <c r="AM46" t="s">
+        <v>71</v>
+      </c>
+      <c r="AN46" t="s">
+        <v>65</v>
+      </c>
+      <c r="AO46" t="s">
+        <v>65</v>
+      </c>
+      <c r="AP46" t="s">
+        <v>65</v>
+      </c>
+      <c r="AQ46" t="s">
+        <v>65</v>
+      </c>
+      <c r="AR46" t="s">
+        <v>65</v>
+      </c>
+      <c r="AS46" t="s">
+        <v>65</v>
+      </c>
+      <c r="AT46" t="s">
+        <v>65</v>
+      </c>
+      <c r="AU46" t="s">
+        <v>65</v>
       </c>
     </row>
-    <row r="47" spans="1:8">
+    <row r="47" spans="1:47">
       <c r="A47" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="B47" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="C47" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="E47" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="F47" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="G47" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="H47" t="s">
-        <v>17</v>
+        <v>75</v>
+      </c>
+      <c r="I47" t="s">
+        <v>75</v>
+      </c>
+      <c r="J47" t="s">
+        <v>75</v>
+      </c>
+      <c r="K47" t="s">
+        <v>75</v>
+      </c>
+      <c r="L47" t="s">
+        <v>75</v>
+      </c>
+      <c r="M47" t="s">
+        <v>75</v>
+      </c>
+      <c r="N47" t="s">
+        <v>75</v>
+      </c>
+      <c r="O47" t="s">
+        <v>75</v>
+      </c>
+      <c r="P47" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>75</v>
+      </c>
+      <c r="R47" t="s">
+        <v>75</v>
+      </c>
+      <c r="S47" t="s">
+        <v>75</v>
+      </c>
+      <c r="T47" t="s">
+        <v>75</v>
+      </c>
+      <c r="U47" t="s">
+        <v>75</v>
+      </c>
+      <c r="V47" t="s">
+        <v>75</v>
+      </c>
+      <c r="W47" t="s">
+        <v>75</v>
+      </c>
+      <c r="X47" t="s">
+        <v>75</v>
+      </c>
+      <c r="Y47" t="s">
+        <v>75</v>
+      </c>
+      <c r="Z47" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA47" t="s">
+        <v>75</v>
+      </c>
+      <c r="AB47" t="s">
+        <v>75</v>
+      </c>
+      <c r="AC47" t="s">
+        <v>75</v>
+      </c>
+      <c r="AD47" t="s">
+        <v>75</v>
+      </c>
+      <c r="AE47" t="s">
+        <v>75</v>
+      </c>
+      <c r="AF47" t="s">
+        <v>75</v>
+      </c>
+      <c r="AG47" t="s">
+        <v>75</v>
+      </c>
+      <c r="AH47" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI47" t="s">
+        <v>75</v>
+      </c>
+      <c r="AJ47" t="s">
+        <v>75</v>
+      </c>
+      <c r="AK47" t="s">
+        <v>75</v>
+      </c>
+      <c r="AL47" t="s">
+        <v>75</v>
+      </c>
+      <c r="AM47" t="s">
+        <v>75</v>
+      </c>
+      <c r="AN47" t="s">
+        <v>75</v>
+      </c>
+      <c r="AO47" t="s">
+        <v>75</v>
+      </c>
+      <c r="AP47" t="s">
+        <v>75</v>
+      </c>
+      <c r="AQ47" t="s">
+        <v>75</v>
+      </c>
+      <c r="AR47" t="s">
+        <v>75</v>
+      </c>
+      <c r="AS47" t="s">
+        <v>75</v>
+      </c>
+      <c r="AT47" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU47" t="s">
+        <v>75</v>
       </c>
     </row>
-    <row r="48" spans="1:8">
+    <row r="48" spans="1:47">
       <c r="A48" s="3" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="B48" s="3"/>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
+      <c r="I48" s="3"/>
+      <c r="J48" s="3"/>
+      <c r="K48" s="3"/>
+      <c r="L48" s="3"/>
+      <c r="M48" s="3"/>
+      <c r="N48" s="3"/>
+      <c r="O48" s="3"/>
+      <c r="P48" s="3"/>
+      <c r="Q48" s="3"/>
+      <c r="R48" s="3"/>
+      <c r="S48" s="3"/>
+      <c r="T48" s="3"/>
+      <c r="U48" s="3"/>
+      <c r="V48" s="3"/>
+      <c r="W48" s="3"/>
+      <c r="X48" s="3"/>
+      <c r="Y48" s="3"/>
+      <c r="Z48" s="3"/>
+      <c r="AA48" s="3"/>
+      <c r="AB48" s="3"/>
+      <c r="AC48" s="3"/>
+      <c r="AD48" s="3"/>
+      <c r="AE48" s="3"/>
+      <c r="AF48" s="3"/>
+      <c r="AG48" s="3"/>
+      <c r="AH48" s="3"/>
+      <c r="AI48" s="3"/>
+      <c r="AJ48" s="3"/>
+      <c r="AK48" s="3"/>
+      <c r="AL48" s="3"/>
+      <c r="AM48" s="3"/>
+      <c r="AN48" s="3"/>
+      <c r="AO48" s="3"/>
+      <c r="AP48" s="3"/>
+      <c r="AQ48" s="3"/>
+      <c r="AR48" s="3"/>
+      <c r="AS48" s="3"/>
+      <c r="AT48" s="3"/>
+      <c r="AU48" s="3"/>
     </row>
-    <row r="49" spans="1:8">
+    <row r="49" spans="1:47">
       <c r="A49" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="C49" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="D49" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E49" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="F49" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="G49" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="H49" t="s">
-        <v>28</v>
+        <v>65</v>
+      </c>
+      <c r="I49" t="s">
+        <v>65</v>
+      </c>
+      <c r="J49" t="s">
+        <v>65</v>
+      </c>
+      <c r="K49" t="s">
+        <v>65</v>
+      </c>
+      <c r="L49" t="s">
+        <v>71</v>
+      </c>
+      <c r="M49" t="s">
+        <v>71</v>
+      </c>
+      <c r="N49" t="s">
+        <v>71</v>
+      </c>
+      <c r="O49" t="s">
+        <v>65</v>
+      </c>
+      <c r="P49" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>65</v>
+      </c>
+      <c r="R49" t="s">
+        <v>65</v>
+      </c>
+      <c r="S49" t="s">
+        <v>71</v>
+      </c>
+      <c r="T49" t="s">
+        <v>65</v>
+      </c>
+      <c r="U49" t="s">
+        <v>65</v>
+      </c>
+      <c r="V49" t="s">
+        <v>65</v>
+      </c>
+      <c r="W49" t="s">
+        <v>65</v>
+      </c>
+      <c r="X49" t="s">
+        <v>65</v>
+      </c>
+      <c r="Y49" t="s">
+        <v>65</v>
+      </c>
+      <c r="Z49" t="s">
+        <v>65</v>
+      </c>
+      <c r="AA49" t="s">
+        <v>65</v>
+      </c>
+      <c r="AB49" t="s">
+        <v>65</v>
+      </c>
+      <c r="AC49" t="s">
+        <v>65</v>
+      </c>
+      <c r="AD49" t="s">
+        <v>65</v>
+      </c>
+      <c r="AE49" t="s">
+        <v>65</v>
+      </c>
+      <c r="AF49" t="s">
+        <v>65</v>
+      </c>
+      <c r="AG49" t="s">
+        <v>65</v>
+      </c>
+      <c r="AH49" t="s">
+        <v>65</v>
+      </c>
+      <c r="AI49" t="s">
+        <v>65</v>
+      </c>
+      <c r="AJ49" t="s">
+        <v>65</v>
+      </c>
+      <c r="AK49" t="s">
+        <v>65</v>
+      </c>
+      <c r="AL49" t="s">
+        <v>65</v>
+      </c>
+      <c r="AM49" t="s">
+        <v>71</v>
+      </c>
+      <c r="AN49" t="s">
+        <v>65</v>
+      </c>
+      <c r="AO49" t="s">
+        <v>65</v>
+      </c>
+      <c r="AP49" t="s">
+        <v>65</v>
+      </c>
+      <c r="AQ49" t="s">
+        <v>65</v>
+      </c>
+      <c r="AR49" t="s">
+        <v>65</v>
+      </c>
+      <c r="AS49" t="s">
+        <v>65</v>
+      </c>
+      <c r="AT49" t="s">
+        <v>65</v>
+      </c>
+      <c r="AU49" t="s">
+        <v>65</v>
       </c>
     </row>
-    <row r="50" spans="1:8">
+    <row r="50" spans="1:47">
       <c r="A50" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="B50" t="s">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="C50" t="s">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="E50" t="s">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="F50" t="s">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="G50" t="s">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="H50" t="s">
-        <v>12</v>
+        <v>72</v>
+      </c>
+      <c r="I50" t="s">
+        <v>72</v>
+      </c>
+      <c r="J50" t="s">
+        <v>72</v>
+      </c>
+      <c r="K50" t="s">
+        <v>72</v>
+      </c>
+      <c r="L50" t="s">
+        <v>72</v>
+      </c>
+      <c r="M50" t="s">
+        <v>72</v>
+      </c>
+      <c r="N50" t="s">
+        <v>72</v>
+      </c>
+      <c r="O50" t="s">
+        <v>72</v>
+      </c>
+      <c r="P50" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>72</v>
+      </c>
+      <c r="R50" t="s">
+        <v>72</v>
+      </c>
+      <c r="S50" t="s">
+        <v>72</v>
+      </c>
+      <c r="T50" t="s">
+        <v>72</v>
+      </c>
+      <c r="U50" t="s">
+        <v>72</v>
+      </c>
+      <c r="V50" t="s">
+        <v>72</v>
+      </c>
+      <c r="W50" t="s">
+        <v>72</v>
+      </c>
+      <c r="X50" t="s">
+        <v>72</v>
+      </c>
+      <c r="Y50" t="s">
+        <v>72</v>
+      </c>
+      <c r="Z50" t="s">
+        <v>72</v>
+      </c>
+      <c r="AA50" t="s">
+        <v>72</v>
+      </c>
+      <c r="AB50" t="s">
+        <v>72</v>
+      </c>
+      <c r="AC50" t="s">
+        <v>72</v>
+      </c>
+      <c r="AD50" t="s">
+        <v>72</v>
+      </c>
+      <c r="AE50" t="s">
+        <v>72</v>
+      </c>
+      <c r="AF50" t="s">
+        <v>72</v>
+      </c>
+      <c r="AG50" t="s">
+        <v>72</v>
+      </c>
+      <c r="AH50" t="s">
+        <v>72</v>
+      </c>
+      <c r="AI50" t="s">
+        <v>72</v>
+      </c>
+      <c r="AJ50" t="s">
+        <v>72</v>
+      </c>
+      <c r="AK50" t="s">
+        <v>72</v>
+      </c>
+      <c r="AL50" t="s">
+        <v>72</v>
+      </c>
+      <c r="AM50" t="s">
+        <v>72</v>
+      </c>
+      <c r="AN50" t="s">
+        <v>72</v>
+      </c>
+      <c r="AO50" t="s">
+        <v>72</v>
+      </c>
+      <c r="AP50" t="s">
+        <v>72</v>
+      </c>
+      <c r="AQ50" t="s">
+        <v>72</v>
+      </c>
+      <c r="AR50" t="s">
+        <v>72</v>
+      </c>
+      <c r="AS50" t="s">
+        <v>72</v>
+      </c>
+      <c r="AT50" t="s">
+        <v>72</v>
+      </c>
+      <c r="AU50" t="s">
+        <v>72</v>
       </c>
     </row>
-    <row r="51" spans="1:8">
+    <row r="51" spans="1:47">
       <c r="A51" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B51" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="C51" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="D51" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="E51" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="F51" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="G51" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="H51" t="s">
-        <v>28</v>
+        <v>65</v>
+      </c>
+      <c r="I51" t="s">
+        <v>65</v>
+      </c>
+      <c r="J51" t="s">
+        <v>65</v>
+      </c>
+      <c r="K51" t="s">
+        <v>65</v>
+      </c>
+      <c r="L51" t="s">
+        <v>71</v>
+      </c>
+      <c r="M51" t="s">
+        <v>71</v>
+      </c>
+      <c r="N51" t="s">
+        <v>71</v>
+      </c>
+      <c r="O51" t="s">
+        <v>65</v>
+      </c>
+      <c r="P51" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>65</v>
+      </c>
+      <c r="R51" t="s">
+        <v>65</v>
+      </c>
+      <c r="S51" t="s">
+        <v>71</v>
+      </c>
+      <c r="T51" t="s">
+        <v>65</v>
+      </c>
+      <c r="U51" t="s">
+        <v>65</v>
+      </c>
+      <c r="V51" t="s">
+        <v>65</v>
+      </c>
+      <c r="W51" t="s">
+        <v>65</v>
+      </c>
+      <c r="X51" t="s">
+        <v>65</v>
+      </c>
+      <c r="Y51" t="s">
+        <v>65</v>
+      </c>
+      <c r="Z51" t="s">
+        <v>65</v>
+      </c>
+      <c r="AA51" t="s">
+        <v>65</v>
+      </c>
+      <c r="AB51" t="s">
+        <v>65</v>
+      </c>
+      <c r="AC51" t="s">
+        <v>65</v>
+      </c>
+      <c r="AD51" t="s">
+        <v>65</v>
+      </c>
+      <c r="AE51" t="s">
+        <v>65</v>
+      </c>
+      <c r="AF51" t="s">
+        <v>65</v>
+      </c>
+      <c r="AG51" t="s">
+        <v>65</v>
+      </c>
+      <c r="AH51" t="s">
+        <v>65</v>
+      </c>
+      <c r="AI51" t="s">
+        <v>65</v>
+      </c>
+      <c r="AJ51" t="s">
+        <v>65</v>
+      </c>
+      <c r="AK51" t="s">
+        <v>65</v>
+      </c>
+      <c r="AL51" t="s">
+        <v>65</v>
+      </c>
+      <c r="AM51" t="s">
+        <v>71</v>
+      </c>
+      <c r="AN51" t="s">
+        <v>65</v>
+      </c>
+      <c r="AO51" t="s">
+        <v>65</v>
+      </c>
+      <c r="AP51" t="s">
+        <v>65</v>
+      </c>
+      <c r="AQ51" t="s">
+        <v>65</v>
+      </c>
+      <c r="AR51" t="s">
+        <v>65</v>
+      </c>
+      <c r="AS51" t="s">
+        <v>65</v>
+      </c>
+      <c r="AT51" t="s">
+        <v>65</v>
+      </c>
+      <c r="AU51" t="s">
+        <v>65</v>
       </c>
     </row>
-    <row r="52" spans="1:8">
+    <row r="52" spans="1:47">
       <c r="A52" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="B52" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="C52" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="D52" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="E52" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="F52" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="G52" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="H52" t="s">
-        <v>17</v>
+        <v>75</v>
+      </c>
+      <c r="I52" t="s">
+        <v>75</v>
+      </c>
+      <c r="J52" t="s">
+        <v>75</v>
+      </c>
+      <c r="K52" t="s">
+        <v>75</v>
+      </c>
+      <c r="L52" t="s">
+        <v>75</v>
+      </c>
+      <c r="M52" t="s">
+        <v>75</v>
+      </c>
+      <c r="N52" t="s">
+        <v>75</v>
+      </c>
+      <c r="O52" t="s">
+        <v>75</v>
+      </c>
+      <c r="P52" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>75</v>
+      </c>
+      <c r="R52" t="s">
+        <v>75</v>
+      </c>
+      <c r="S52" t="s">
+        <v>75</v>
+      </c>
+      <c r="T52" t="s">
+        <v>75</v>
+      </c>
+      <c r="U52" t="s">
+        <v>75</v>
+      </c>
+      <c r="V52" t="s">
+        <v>75</v>
+      </c>
+      <c r="W52" t="s">
+        <v>75</v>
+      </c>
+      <c r="X52" t="s">
+        <v>75</v>
+      </c>
+      <c r="Y52" t="s">
+        <v>75</v>
+      </c>
+      <c r="Z52" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA52" t="s">
+        <v>75</v>
+      </c>
+      <c r="AB52" t="s">
+        <v>75</v>
+      </c>
+      <c r="AC52" t="s">
+        <v>75</v>
+      </c>
+      <c r="AD52" t="s">
+        <v>75</v>
+      </c>
+      <c r="AE52" t="s">
+        <v>75</v>
+      </c>
+      <c r="AF52" t="s">
+        <v>75</v>
+      </c>
+      <c r="AG52" t="s">
+        <v>75</v>
+      </c>
+      <c r="AH52" t="s">
+        <v>75</v>
+      </c>
+      <c r="AI52" t="s">
+        <v>75</v>
+      </c>
+      <c r="AJ52" t="s">
+        <v>75</v>
+      </c>
+      <c r="AK52" t="s">
+        <v>75</v>
+      </c>
+      <c r="AL52" t="s">
+        <v>75</v>
+      </c>
+      <c r="AM52" t="s">
+        <v>75</v>
+      </c>
+      <c r="AN52" t="s">
+        <v>75</v>
+      </c>
+      <c r="AO52" t="s">
+        <v>75</v>
+      </c>
+      <c r="AP52" t="s">
+        <v>75</v>
+      </c>
+      <c r="AQ52" t="s">
+        <v>75</v>
+      </c>
+      <c r="AR52" t="s">
+        <v>75</v>
+      </c>
+      <c r="AS52" t="s">
+        <v>75</v>
+      </c>
+      <c r="AT52" t="s">
+        <v>75</v>
+      </c>
+      <c r="AU52" t="s">
+        <v>75</v>
       </c>
     </row>
-    <row r="53" spans="1:8">
+    <row r="53" spans="1:47">
       <c r="A53" s="4"/>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="4"/>
       <c r="F53" s="4"/>
       <c r="G53" s="4"/>
       <c r="H53" s="4"/>
+      <c r="I53" s="4"/>
+      <c r="J53" s="4"/>
+      <c r="K53" s="4"/>
+      <c r="L53" s="4"/>
+      <c r="M53" s="4"/>
+      <c r="N53" s="4"/>
+      <c r="O53" s="4"/>
+      <c r="P53" s="4"/>
+      <c r="Q53" s="4"/>
+      <c r="R53" s="4"/>
+      <c r="S53" s="4"/>
+      <c r="T53" s="4"/>
+      <c r="U53" s="4"/>
+      <c r="V53" s="4"/>
+      <c r="W53" s="4"/>
+      <c r="X53" s="4"/>
+      <c r="Y53" s="4"/>
+      <c r="Z53" s="4"/>
+      <c r="AA53" s="4"/>
+      <c r="AB53" s="4"/>
+      <c r="AC53" s="4"/>
+      <c r="AD53" s="4"/>
+      <c r="AE53" s="4"/>
+      <c r="AF53" s="4"/>
+      <c r="AG53" s="4"/>
+      <c r="AH53" s="4"/>
+      <c r="AI53" s="4"/>
+      <c r="AJ53" s="4"/>
+      <c r="AK53" s="4"/>
+      <c r="AL53" s="4"/>
+      <c r="AM53" s="4"/>
+      <c r="AN53" s="4"/>
+      <c r="AO53" s="4"/>
+      <c r="AP53" s="4"/>
+      <c r="AQ53" s="4"/>
+      <c r="AR53" s="4"/>
+      <c r="AS53" s="4"/>
+      <c r="AT53" s="4"/>
+      <c r="AU53" s="4"/>
     </row>
-    <row r="54" spans="1:8">
+    <row r="54" spans="1:47">
       <c r="A54" s="2" t="s">
-        <v>30</v>
+        <v>76</v>
       </c>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="2"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
+      <c r="I54" s="2"/>
+      <c r="J54" s="2"/>
+      <c r="K54" s="2"/>
+      <c r="L54" s="2"/>
+      <c r="M54" s="2"/>
+      <c r="N54" s="2"/>
+      <c r="O54" s="2"/>
+      <c r="P54" s="2"/>
+      <c r="Q54" s="2"/>
+      <c r="R54" s="2"/>
+      <c r="S54" s="2"/>
+      <c r="T54" s="2"/>
+      <c r="U54" s="2"/>
+      <c r="V54" s="2"/>
+      <c r="W54" s="2"/>
+      <c r="X54" s="2"/>
+      <c r="Y54" s="2"/>
+      <c r="Z54" s="2"/>
+      <c r="AA54" s="2"/>
+      <c r="AB54" s="2"/>
+      <c r="AC54" s="2"/>
+      <c r="AD54" s="2"/>
+      <c r="AE54" s="2"/>
+      <c r="AF54" s="2"/>
+      <c r="AG54" s="2"/>
+      <c r="AH54" s="2"/>
+      <c r="AI54" s="2"/>
+      <c r="AJ54" s="2"/>
+      <c r="AK54" s="2"/>
+      <c r="AL54" s="2"/>
+      <c r="AM54" s="2"/>
+      <c r="AN54" s="2"/>
+      <c r="AO54" s="2"/>
+      <c r="AP54" s="2"/>
+      <c r="AQ54" s="2"/>
+      <c r="AR54" s="2"/>
+      <c r="AS54" s="2"/>
+      <c r="AT54" s="2"/>
+      <c r="AU54" s="2"/>
     </row>
-    <row r="55" spans="1:8">
+    <row r="55" spans="1:47">
       <c r="A55" s="3" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="B55" s="3"/>
       <c r="C55" s="3"/>
       <c r="D55" s="3"/>
       <c r="E55" s="3"/>
       <c r="F55" s="3"/>
       <c r="G55" s="3"/>
       <c r="H55" s="3"/>
+      <c r="I55" s="3"/>
+      <c r="J55" s="3"/>
+      <c r="K55" s="3"/>
+      <c r="L55" s="3"/>
+      <c r="M55" s="3"/>
+      <c r="N55" s="3"/>
+      <c r="O55" s="3"/>
+      <c r="P55" s="3"/>
+      <c r="Q55" s="3"/>
+      <c r="R55" s="3"/>
+      <c r="S55" s="3"/>
+      <c r="T55" s="3"/>
+      <c r="U55" s="3"/>
+      <c r="V55" s="3"/>
+      <c r="W55" s="3"/>
+      <c r="X55" s="3"/>
+      <c r="Y55" s="3"/>
+      <c r="Z55" s="3"/>
+      <c r="AA55" s="3"/>
+      <c r="AB55" s="3"/>
+      <c r="AC55" s="3"/>
+      <c r="AD55" s="3"/>
+      <c r="AE55" s="3"/>
+      <c r="AF55" s="3"/>
+      <c r="AG55" s="3"/>
+      <c r="AH55" s="3"/>
+      <c r="AI55" s="3"/>
+      <c r="AJ55" s="3"/>
+      <c r="AK55" s="3"/>
+      <c r="AL55" s="3"/>
+      <c r="AM55" s="3"/>
+      <c r="AN55" s="3"/>
+      <c r="AO55" s="3"/>
+      <c r="AP55" s="3"/>
+      <c r="AQ55" s="3"/>
+      <c r="AR55" s="3"/>
+      <c r="AS55" s="3"/>
+      <c r="AT55" s="3"/>
+      <c r="AU55" s="3"/>
     </row>
-    <row r="56" spans="1:8">
+    <row r="56" spans="1:47">
       <c r="A56" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B56" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="C56" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="D56" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="E56" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="F56" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="G56" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="H56" t="s">
-        <v>20</v>
+        <v>78</v>
+      </c>
+      <c r="I56" t="s">
+        <v>78</v>
+      </c>
+      <c r="J56" t="s">
+        <v>78</v>
+      </c>
+      <c r="K56" t="s">
+        <v>78</v>
+      </c>
+      <c r="L56" t="s">
+        <v>78</v>
+      </c>
+      <c r="M56" t="s">
+        <v>78</v>
+      </c>
+      <c r="N56" t="s">
+        <v>78</v>
+      </c>
+      <c r="O56" t="s">
+        <v>78</v>
+      </c>
+      <c r="P56" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>78</v>
+      </c>
+      <c r="R56" t="s">
+        <v>78</v>
+      </c>
+      <c r="S56" t="s">
+        <v>78</v>
+      </c>
+      <c r="T56" t="s">
+        <v>78</v>
+      </c>
+      <c r="U56" t="s">
+        <v>78</v>
+      </c>
+      <c r="V56" t="s">
+        <v>78</v>
+      </c>
+      <c r="W56" t="s">
+        <v>78</v>
+      </c>
+      <c r="X56" t="s">
+        <v>78</v>
+      </c>
+      <c r="Y56" t="s">
+        <v>78</v>
+      </c>
+      <c r="Z56" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA56" t="s">
+        <v>78</v>
+      </c>
+      <c r="AB56" t="s">
+        <v>78</v>
+      </c>
+      <c r="AC56" t="s">
+        <v>78</v>
+      </c>
+      <c r="AD56" t="s">
+        <v>78</v>
+      </c>
+      <c r="AE56" t="s">
+        <v>78</v>
+      </c>
+      <c r="AF56" t="s">
+        <v>78</v>
+      </c>
+      <c r="AG56" t="s">
+        <v>78</v>
+      </c>
+      <c r="AH56" t="s">
+        <v>78</v>
+      </c>
+      <c r="AI56" t="s">
+        <v>78</v>
+      </c>
+      <c r="AJ56" t="s">
+        <v>78</v>
+      </c>
+      <c r="AK56" t="s">
+        <v>78</v>
+      </c>
+      <c r="AL56" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM56" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN56" t="s">
+        <v>78</v>
+      </c>
+      <c r="AO56" t="s">
+        <v>78</v>
+      </c>
+      <c r="AP56" t="s">
+        <v>78</v>
+      </c>
+      <c r="AQ56" t="s">
+        <v>78</v>
+      </c>
+      <c r="AR56" t="s">
+        <v>78</v>
+      </c>
+      <c r="AS56" t="s">
+        <v>78</v>
+      </c>
+      <c r="AT56" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU56" t="s">
+        <v>78</v>
       </c>
     </row>
-    <row r="57" spans="1:8">
+    <row r="57" spans="1:47">
       <c r="A57" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="B57" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="C57" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="D57" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="E57" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F57" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="G57" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="H57" t="s">
-        <v>24</v>
+        <v>79</v>
+      </c>
+      <c r="I57" t="s">
+        <v>79</v>
+      </c>
+      <c r="J57" t="s">
+        <v>79</v>
+      </c>
+      <c r="K57" t="s">
+        <v>79</v>
+      </c>
+      <c r="L57" t="s">
+        <v>79</v>
+      </c>
+      <c r="M57" t="s">
+        <v>79</v>
+      </c>
+      <c r="N57" t="s">
+        <v>79</v>
+      </c>
+      <c r="O57" t="s">
+        <v>79</v>
+      </c>
+      <c r="P57" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>79</v>
+      </c>
+      <c r="R57" t="s">
+        <v>79</v>
+      </c>
+      <c r="S57" t="s">
+        <v>79</v>
+      </c>
+      <c r="T57" t="s">
+        <v>79</v>
+      </c>
+      <c r="U57" t="s">
+        <v>79</v>
+      </c>
+      <c r="V57" t="s">
+        <v>79</v>
+      </c>
+      <c r="W57" t="s">
+        <v>79</v>
+      </c>
+      <c r="X57" t="s">
+        <v>79</v>
+      </c>
+      <c r="Y57" t="s">
+        <v>79</v>
+      </c>
+      <c r="Z57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AB57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AC57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AD57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AE57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AF57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AG57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AH57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AI57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AJ57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AL57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AM57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AO57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AP57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AQ57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AR57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AS57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AT57" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU57" t="s">
+        <v>79</v>
       </c>
     </row>
-    <row r="58" spans="1:8">
+    <row r="58" spans="1:47">
       <c r="A58" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="B58" t="s">
-        <v>31</v>
+        <v>80</v>
       </c>
       <c r="C58" t="s">
-        <v>31</v>
+        <v>65</v>
       </c>
       <c r="D58" t="s">
-        <v>31</v>
+        <v>80</v>
       </c>
       <c r="E58" t="s">
-        <v>31</v>
+        <v>65</v>
       </c>
       <c r="F58" t="s">
-        <v>31</v>
+        <v>65</v>
       </c>
       <c r="G58" t="s">
-        <v>31</v>
+        <v>65</v>
       </c>
       <c r="H58" t="s">
-        <v>31</v>
+        <v>65</v>
+      </c>
+      <c r="I58" t="s">
+        <v>65</v>
+      </c>
+      <c r="J58" t="s">
+        <v>65</v>
+      </c>
+      <c r="K58" t="s">
+        <v>65</v>
+      </c>
+      <c r="L58" t="s">
+        <v>65</v>
+      </c>
+      <c r="M58" t="s">
+        <v>65</v>
+      </c>
+      <c r="N58" t="s">
+        <v>65</v>
+      </c>
+      <c r="O58" t="s">
+        <v>65</v>
+      </c>
+      <c r="P58" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>65</v>
+      </c>
+      <c r="R58" t="s">
+        <v>65</v>
+      </c>
+      <c r="S58" t="s">
+        <v>65</v>
+      </c>
+      <c r="T58" t="s">
+        <v>65</v>
+      </c>
+      <c r="U58" t="s">
+        <v>65</v>
+      </c>
+      <c r="V58" t="s">
+        <v>65</v>
+      </c>
+      <c r="W58" t="s">
+        <v>65</v>
+      </c>
+      <c r="X58" t="s">
+        <v>65</v>
+      </c>
+      <c r="Y58" t="s">
+        <v>65</v>
+      </c>
+      <c r="Z58" t="s">
+        <v>65</v>
+      </c>
+      <c r="AA58" t="s">
+        <v>65</v>
+      </c>
+      <c r="AB58" t="s">
+        <v>65</v>
+      </c>
+      <c r="AC58" t="s">
+        <v>65</v>
+      </c>
+      <c r="AD58" t="s">
+        <v>65</v>
+      </c>
+      <c r="AE58" t="s">
+        <v>65</v>
+      </c>
+      <c r="AF58" t="s">
+        <v>65</v>
+      </c>
+      <c r="AG58" t="s">
+        <v>65</v>
+      </c>
+      <c r="AH58" t="s">
+        <v>65</v>
+      </c>
+      <c r="AI58" t="s">
+        <v>65</v>
+      </c>
+      <c r="AJ58" t="s">
+        <v>65</v>
+      </c>
+      <c r="AK58" t="s">
+        <v>65</v>
+      </c>
+      <c r="AL58" t="s">
+        <v>65</v>
+      </c>
+      <c r="AM58" t="s">
+        <v>65</v>
+      </c>
+      <c r="AN58" t="s">
+        <v>65</v>
+      </c>
+      <c r="AO58" t="s">
+        <v>65</v>
+      </c>
+      <c r="AP58" t="s">
+        <v>65</v>
+      </c>
+      <c r="AQ58" t="s">
+        <v>65</v>
+      </c>
+      <c r="AR58" t="s">
+        <v>65</v>
+      </c>
+      <c r="AS58" t="s">
+        <v>65</v>
+      </c>
+      <c r="AT58" t="s">
+        <v>65</v>
+      </c>
+      <c r="AU58" t="s">
+        <v>65</v>
       </c>
     </row>
-    <row r="59" spans="1:8">
+    <row r="59" spans="1:47">
       <c r="A59" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B59" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="C59" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="D59" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="E59" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="F59" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="G59" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="H59" t="s">
-        <v>20</v>
+        <v>78</v>
+      </c>
+      <c r="I59" t="s">
+        <v>78</v>
+      </c>
+      <c r="J59" t="s">
+        <v>78</v>
+      </c>
+      <c r="K59" t="s">
+        <v>78</v>
+      </c>
+      <c r="L59" t="s">
+        <v>78</v>
+      </c>
+      <c r="M59" t="s">
+        <v>78</v>
+      </c>
+      <c r="N59" t="s">
+        <v>78</v>
+      </c>
+      <c r="O59" t="s">
+        <v>78</v>
+      </c>
+      <c r="P59" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>78</v>
+      </c>
+      <c r="R59" t="s">
+        <v>78</v>
+      </c>
+      <c r="S59" t="s">
+        <v>78</v>
+      </c>
+      <c r="T59" t="s">
+        <v>78</v>
+      </c>
+      <c r="U59" t="s">
+        <v>78</v>
+      </c>
+      <c r="V59" t="s">
+        <v>78</v>
+      </c>
+      <c r="W59" t="s">
+        <v>78</v>
+      </c>
+      <c r="X59" t="s">
+        <v>78</v>
+      </c>
+      <c r="Y59" t="s">
+        <v>78</v>
+      </c>
+      <c r="Z59" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA59" t="s">
+        <v>78</v>
+      </c>
+      <c r="AB59" t="s">
+        <v>78</v>
+      </c>
+      <c r="AC59" t="s">
+        <v>78</v>
+      </c>
+      <c r="AD59" t="s">
+        <v>78</v>
+      </c>
+      <c r="AE59" t="s">
+        <v>78</v>
+      </c>
+      <c r="AF59" t="s">
+        <v>78</v>
+      </c>
+      <c r="AG59" t="s">
+        <v>78</v>
+      </c>
+      <c r="AH59" t="s">
+        <v>78</v>
+      </c>
+      <c r="AI59" t="s">
+        <v>78</v>
+      </c>
+      <c r="AJ59" t="s">
+        <v>78</v>
+      </c>
+      <c r="AK59" t="s">
+        <v>78</v>
+      </c>
+      <c r="AL59" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM59" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN59" t="s">
+        <v>78</v>
+      </c>
+      <c r="AO59" t="s">
+        <v>78</v>
+      </c>
+      <c r="AP59" t="s">
+        <v>78</v>
+      </c>
+      <c r="AQ59" t="s">
+        <v>78</v>
+      </c>
+      <c r="AR59" t="s">
+        <v>78</v>
+      </c>
+      <c r="AS59" t="s">
+        <v>78</v>
+      </c>
+      <c r="AT59" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU59" t="s">
+        <v>78</v>
       </c>
     </row>
-    <row r="60" spans="1:8">
+    <row r="60" spans="1:47">
       <c r="A60" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="B60" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="C60" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="D60" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="E60" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="F60" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="G60" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="H60" t="s">
-        <v>26</v>
+        <v>81</v>
+      </c>
+      <c r="I60" t="s">
+        <v>81</v>
+      </c>
+      <c r="J60" t="s">
+        <v>81</v>
+      </c>
+      <c r="K60" t="s">
+        <v>81</v>
+      </c>
+      <c r="L60" t="s">
+        <v>81</v>
+      </c>
+      <c r="M60" t="s">
+        <v>81</v>
+      </c>
+      <c r="N60" t="s">
+        <v>81</v>
+      </c>
+      <c r="O60" t="s">
+        <v>81</v>
+      </c>
+      <c r="P60" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>81</v>
+      </c>
+      <c r="R60" t="s">
+        <v>81</v>
+      </c>
+      <c r="S60" t="s">
+        <v>81</v>
+      </c>
+      <c r="T60" t="s">
+        <v>81</v>
+      </c>
+      <c r="U60" t="s">
+        <v>81</v>
+      </c>
+      <c r="V60" t="s">
+        <v>81</v>
+      </c>
+      <c r="W60" t="s">
+        <v>81</v>
+      </c>
+      <c r="X60" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y60" t="s">
+        <v>81</v>
+      </c>
+      <c r="Z60" t="s">
+        <v>81</v>
+      </c>
+      <c r="AA60" t="s">
+        <v>81</v>
+      </c>
+      <c r="AB60" t="s">
+        <v>81</v>
+      </c>
+      <c r="AC60" t="s">
+        <v>81</v>
+      </c>
+      <c r="AD60" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE60" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF60" t="s">
+        <v>81</v>
+      </c>
+      <c r="AG60" t="s">
+        <v>81</v>
+      </c>
+      <c r="AH60" t="s">
+        <v>81</v>
+      </c>
+      <c r="AI60" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ60" t="s">
+        <v>81</v>
+      </c>
+      <c r="AK60" t="s">
+        <v>81</v>
+      </c>
+      <c r="AL60" t="s">
+        <v>81</v>
+      </c>
+      <c r="AM60" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN60" t="s">
+        <v>81</v>
+      </c>
+      <c r="AO60" t="s">
+        <v>81</v>
+      </c>
+      <c r="AP60" t="s">
+        <v>81</v>
+      </c>
+      <c r="AQ60" t="s">
+        <v>81</v>
+      </c>
+      <c r="AR60" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS60" t="s">
+        <v>81</v>
+      </c>
+      <c r="AT60" t="s">
+        <v>81</v>
+      </c>
+      <c r="AU60" t="s">
+        <v>81</v>
       </c>
     </row>
-    <row r="61" spans="1:8">
+    <row r="61" spans="1:47">
       <c r="A61" s="3" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="B61" s="3"/>
       <c r="C61" s="3"/>
       <c r="D61" s="3"/>
       <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
+      <c r="I61" s="3"/>
+      <c r="J61" s="3"/>
+      <c r="K61" s="3"/>
+      <c r="L61" s="3"/>
+      <c r="M61" s="3"/>
+      <c r="N61" s="3"/>
+      <c r="O61" s="3"/>
+      <c r="P61" s="3"/>
+      <c r="Q61" s="3"/>
+      <c r="R61" s="3"/>
+      <c r="S61" s="3"/>
+      <c r="T61" s="3"/>
+      <c r="U61" s="3"/>
+      <c r="V61" s="3"/>
+      <c r="W61" s="3"/>
+      <c r="X61" s="3"/>
+      <c r="Y61" s="3"/>
+      <c r="Z61" s="3"/>
+      <c r="AA61" s="3"/>
+      <c r="AB61" s="3"/>
+      <c r="AC61" s="3"/>
+      <c r="AD61" s="3"/>
+      <c r="AE61" s="3"/>
+      <c r="AF61" s="3"/>
+      <c r="AG61" s="3"/>
+      <c r="AH61" s="3"/>
+      <c r="AI61" s="3"/>
+      <c r="AJ61" s="3"/>
+      <c r="AK61" s="3"/>
+      <c r="AL61" s="3"/>
+      <c r="AM61" s="3"/>
+      <c r="AN61" s="3"/>
+      <c r="AO61" s="3"/>
+      <c r="AP61" s="3"/>
+      <c r="AQ61" s="3"/>
+      <c r="AR61" s="3"/>
+      <c r="AS61" s="3"/>
+      <c r="AT61" s="3"/>
+      <c r="AU61" s="3"/>
     </row>
-    <row r="62" spans="1:8">
+    <row r="62" spans="1:47">
       <c r="A62" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B62" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="C62" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="D62" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="E62" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="F62" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="G62" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="H62" t="s">
-        <v>20</v>
+        <v>78</v>
+      </c>
+      <c r="I62" t="s">
+        <v>78</v>
+      </c>
+      <c r="J62" t="s">
+        <v>78</v>
+      </c>
+      <c r="K62" t="s">
+        <v>78</v>
+      </c>
+      <c r="L62" t="s">
+        <v>78</v>
+      </c>
+      <c r="M62" t="s">
+        <v>78</v>
+      </c>
+      <c r="N62" t="s">
+        <v>78</v>
+      </c>
+      <c r="O62" t="s">
+        <v>78</v>
+      </c>
+      <c r="P62" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>78</v>
+      </c>
+      <c r="R62" t="s">
+        <v>78</v>
+      </c>
+      <c r="S62" t="s">
+        <v>78</v>
+      </c>
+      <c r="T62" t="s">
+        <v>78</v>
+      </c>
+      <c r="U62" t="s">
+        <v>78</v>
+      </c>
+      <c r="V62" t="s">
+        <v>78</v>
+      </c>
+      <c r="W62" t="s">
+        <v>78</v>
+      </c>
+      <c r="X62" t="s">
+        <v>78</v>
+      </c>
+      <c r="Y62" t="s">
+        <v>78</v>
+      </c>
+      <c r="Z62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AB62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AC62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AD62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AE62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AF62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AG62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AH62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AI62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AJ62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AK62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AL62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AO62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AP62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AQ62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AR62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AS62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AT62" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU62" t="s">
+        <v>78</v>
       </c>
     </row>
-    <row r="63" spans="1:8">
+    <row r="63" spans="1:47">
       <c r="A63" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="B63" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="C63" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="D63" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="E63" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="F63" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="G63" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="H63" t="s">
-        <v>24</v>
+        <v>79</v>
+      </c>
+      <c r="I63" t="s">
+        <v>79</v>
+      </c>
+      <c r="J63" t="s">
+        <v>79</v>
+      </c>
+      <c r="K63" t="s">
+        <v>79</v>
+      </c>
+      <c r="L63" t="s">
+        <v>79</v>
+      </c>
+      <c r="M63" t="s">
+        <v>79</v>
+      </c>
+      <c r="N63" t="s">
+        <v>79</v>
+      </c>
+      <c r="O63" t="s">
+        <v>79</v>
+      </c>
+      <c r="P63" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>79</v>
+      </c>
+      <c r="R63" t="s">
+        <v>79</v>
+      </c>
+      <c r="S63" t="s">
+        <v>79</v>
+      </c>
+      <c r="T63" t="s">
+        <v>79</v>
+      </c>
+      <c r="U63" t="s">
+        <v>79</v>
+      </c>
+      <c r="V63" t="s">
+        <v>79</v>
+      </c>
+      <c r="W63" t="s">
+        <v>79</v>
+      </c>
+      <c r="X63" t="s">
+        <v>79</v>
+      </c>
+      <c r="Y63" t="s">
+        <v>79</v>
+      </c>
+      <c r="Z63" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA63" t="s">
+        <v>79</v>
+      </c>
+      <c r="AB63" t="s">
+        <v>79</v>
+      </c>
+      <c r="AC63" t="s">
+        <v>79</v>
+      </c>
+      <c r="AD63" t="s">
+        <v>79</v>
+      </c>
+      <c r="AE63" t="s">
+        <v>79</v>
+      </c>
+      <c r="AF63" t="s">
+        <v>79</v>
+      </c>
+      <c r="AG63" t="s">
+        <v>79</v>
+      </c>
+      <c r="AH63" t="s">
+        <v>79</v>
+      </c>
+      <c r="AI63" t="s">
+        <v>79</v>
+      </c>
+      <c r="AJ63" t="s">
+        <v>79</v>
+      </c>
+      <c r="AK63" t="s">
+        <v>79</v>
+      </c>
+      <c r="AL63" t="s">
+        <v>79</v>
+      </c>
+      <c r="AM63" t="s">
+        <v>79</v>
+      </c>
+      <c r="AN63" t="s">
+        <v>79</v>
+      </c>
+      <c r="AO63" t="s">
+        <v>79</v>
+      </c>
+      <c r="AP63" t="s">
+        <v>79</v>
+      </c>
+      <c r="AQ63" t="s">
+        <v>79</v>
+      </c>
+      <c r="AR63" t="s">
+        <v>79</v>
+      </c>
+      <c r="AS63" t="s">
+        <v>79</v>
+      </c>
+      <c r="AT63" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU63" t="s">
+        <v>79</v>
       </c>
     </row>
-    <row r="64" spans="1:8">
+    <row r="64" spans="1:47">
       <c r="A64" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B64" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="C64" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="D64" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="E64" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="F64" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="G64" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="H64" t="s">
-        <v>20</v>
+        <v>78</v>
+      </c>
+      <c r="I64" t="s">
+        <v>78</v>
+      </c>
+      <c r="J64" t="s">
+        <v>78</v>
+      </c>
+      <c r="K64" t="s">
+        <v>78</v>
+      </c>
+      <c r="L64" t="s">
+        <v>78</v>
+      </c>
+      <c r="M64" t="s">
+        <v>78</v>
+      </c>
+      <c r="N64" t="s">
+        <v>78</v>
+      </c>
+      <c r="O64" t="s">
+        <v>78</v>
+      </c>
+      <c r="P64" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>78</v>
+      </c>
+      <c r="R64" t="s">
+        <v>78</v>
+      </c>
+      <c r="S64" t="s">
+        <v>78</v>
+      </c>
+      <c r="T64" t="s">
+        <v>78</v>
+      </c>
+      <c r="U64" t="s">
+        <v>78</v>
+      </c>
+      <c r="V64" t="s">
+        <v>78</v>
+      </c>
+      <c r="W64" t="s">
+        <v>78</v>
+      </c>
+      <c r="X64" t="s">
+        <v>78</v>
+      </c>
+      <c r="Y64" t="s">
+        <v>78</v>
+      </c>
+      <c r="Z64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AB64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AC64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AD64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AE64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AF64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AG64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AH64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AI64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AJ64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AK64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AL64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AM64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AN64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AO64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AP64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AQ64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AR64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AS64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AT64" t="s">
+        <v>78</v>
+      </c>
+      <c r="AU64" t="s">
+        <v>78</v>
       </c>
     </row>
-    <row r="65" spans="1:8">
+    <row r="65" spans="1:47">
       <c r="A65" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="B65" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="C65" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="D65" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="E65" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="F65" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="G65" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="H65" t="s">
-        <v>26</v>
+        <v>81</v>
+      </c>
+      <c r="I65" t="s">
+        <v>81</v>
+      </c>
+      <c r="J65" t="s">
+        <v>81</v>
+      </c>
+      <c r="K65" t="s">
+        <v>81</v>
+      </c>
+      <c r="L65" t="s">
+        <v>81</v>
+      </c>
+      <c r="M65" t="s">
+        <v>81</v>
+      </c>
+      <c r="N65" t="s">
+        <v>81</v>
+      </c>
+      <c r="O65" t="s">
+        <v>81</v>
+      </c>
+      <c r="P65" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>81</v>
+      </c>
+      <c r="R65" t="s">
+        <v>81</v>
+      </c>
+      <c r="S65" t="s">
+        <v>81</v>
+      </c>
+      <c r="T65" t="s">
+        <v>81</v>
+      </c>
+      <c r="U65" t="s">
+        <v>81</v>
+      </c>
+      <c r="V65" t="s">
+        <v>81</v>
+      </c>
+      <c r="W65" t="s">
+        <v>81</v>
+      </c>
+      <c r="X65" t="s">
+        <v>81</v>
+      </c>
+      <c r="Y65" t="s">
+        <v>81</v>
+      </c>
+      <c r="Z65" t="s">
+        <v>81</v>
+      </c>
+      <c r="AA65" t="s">
+        <v>81</v>
+      </c>
+      <c r="AB65" t="s">
+        <v>81</v>
+      </c>
+      <c r="AC65" t="s">
+        <v>81</v>
+      </c>
+      <c r="AD65" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE65" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF65" t="s">
+        <v>81</v>
+      </c>
+      <c r="AG65" t="s">
+        <v>81</v>
+      </c>
+      <c r="AH65" t="s">
+        <v>81</v>
+      </c>
+      <c r="AI65" t="s">
+        <v>81</v>
+      </c>
+      <c r="AJ65" t="s">
+        <v>81</v>
+      </c>
+      <c r="AK65" t="s">
+        <v>81</v>
+      </c>
+      <c r="AL65" t="s">
+        <v>81</v>
+      </c>
+      <c r="AM65" t="s">
+        <v>81</v>
+      </c>
+      <c r="AN65" t="s">
+        <v>81</v>
+      </c>
+      <c r="AO65" t="s">
+        <v>81</v>
+      </c>
+      <c r="AP65" t="s">
+        <v>81</v>
+      </c>
+      <c r="AQ65" t="s">
+        <v>81</v>
+      </c>
+      <c r="AR65" t="s">
+        <v>81</v>
+      </c>
+      <c r="AS65" t="s">
+        <v>81</v>
+      </c>
+      <c r="AT65" t="s">
+        <v>81</v>
+      </c>
+      <c r="AU65" t="s">
+        <v>81</v>
       </c>
     </row>
-    <row r="66" spans="1:8">
+    <row r="66" spans="1:47">
       <c r="A66" s="4"/>
       <c r="B66" s="4"/>
       <c r="C66" s="4"/>
       <c r="D66" s="4"/>
       <c r="E66" s="4"/>
       <c r="F66" s="4"/>
       <c r="G66" s="4"/>
       <c r="H66" s="4"/>
+      <c r="I66" s="4"/>
+      <c r="J66" s="4"/>
+      <c r="K66" s="4"/>
+      <c r="L66" s="4"/>
+      <c r="M66" s="4"/>
+      <c r="N66" s="4"/>
+      <c r="O66" s="4"/>
+      <c r="P66" s="4"/>
+      <c r="Q66" s="4"/>
+      <c r="R66" s="4"/>
+      <c r="S66" s="4"/>
+      <c r="T66" s="4"/>
+      <c r="U66" s="4"/>
+      <c r="V66" s="4"/>
+      <c r="W66" s="4"/>
+      <c r="X66" s="4"/>
+      <c r="Y66" s="4"/>
+      <c r="Z66" s="4"/>
+      <c r="AA66" s="4"/>
+      <c r="AB66" s="4"/>
+      <c r="AC66" s="4"/>
+      <c r="AD66" s="4"/>
+      <c r="AE66" s="4"/>
+      <c r="AF66" s="4"/>
+      <c r="AG66" s="4"/>
+      <c r="AH66" s="4"/>
+      <c r="AI66" s="4"/>
+      <c r="AJ66" s="4"/>
+      <c r="AK66" s="4"/>
+      <c r="AL66" s="4"/>
+      <c r="AM66" s="4"/>
+      <c r="AN66" s="4"/>
+      <c r="AO66" s="4"/>
+      <c r="AP66" s="4"/>
+      <c r="AQ66" s="4"/>
+      <c r="AR66" s="4"/>
+      <c r="AS66" s="4"/>
+      <c r="AT66" s="4"/>
+      <c r="AU66" s="4"/>
     </row>
-    <row r="67" spans="1:8">
+    <row r="67" spans="1:47">
       <c r="A67" s="2" t="s">
-        <v>32</v>
+        <v>82</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="2"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
+      <c r="I67" s="2"/>
+      <c r="J67" s="2"/>
+      <c r="K67" s="2"/>
+      <c r="L67" s="2"/>
+      <c r="M67" s="2"/>
+      <c r="N67" s="2"/>
+      <c r="O67" s="2"/>
+      <c r="P67" s="2"/>
+      <c r="Q67" s="2"/>
+      <c r="R67" s="2"/>
+      <c r="S67" s="2"/>
+      <c r="T67" s="2"/>
+      <c r="U67" s="2"/>
+      <c r="V67" s="2"/>
+      <c r="W67" s="2"/>
+      <c r="X67" s="2"/>
+      <c r="Y67" s="2"/>
+      <c r="Z67" s="2"/>
+      <c r="AA67" s="2"/>
+      <c r="AB67" s="2"/>
+      <c r="AC67" s="2"/>
+      <c r="AD67" s="2"/>
+      <c r="AE67" s="2"/>
+      <c r="AF67" s="2"/>
+      <c r="AG67" s="2"/>
+      <c r="AH67" s="2"/>
+      <c r="AI67" s="2"/>
+      <c r="AJ67" s="2"/>
+      <c r="AK67" s="2"/>
+      <c r="AL67" s="2"/>
+      <c r="AM67" s="2"/>
+      <c r="AN67" s="2"/>
+      <c r="AO67" s="2"/>
+      <c r="AP67" s="2"/>
+      <c r="AQ67" s="2"/>
+      <c r="AR67" s="2"/>
+      <c r="AS67" s="2"/>
+      <c r="AT67" s="2"/>
+      <c r="AU67" s="2"/>
     </row>
-    <row r="68" spans="1:8">
+    <row r="68" spans="1:47">
       <c r="A68" s="3" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="B68" s="3"/>
       <c r="C68" s="3"/>
       <c r="D68" s="3"/>
       <c r="E68" s="3"/>
       <c r="F68" s="3"/>
       <c r="G68" s="3"/>
       <c r="H68" s="3"/>
+      <c r="I68" s="3"/>
+      <c r="J68" s="3"/>
+      <c r="K68" s="3"/>
+      <c r="L68" s="3"/>
+      <c r="M68" s="3"/>
+      <c r="N68" s="3"/>
+      <c r="O68" s="3"/>
+      <c r="P68" s="3"/>
+      <c r="Q68" s="3"/>
+      <c r="R68" s="3"/>
+      <c r="S68" s="3"/>
+      <c r="T68" s="3"/>
+      <c r="U68" s="3"/>
+      <c r="V68" s="3"/>
+      <c r="W68" s="3"/>
+      <c r="X68" s="3"/>
+      <c r="Y68" s="3"/>
+      <c r="Z68" s="3"/>
+      <c r="AA68" s="3"/>
+      <c r="AB68" s="3"/>
+      <c r="AC68" s="3"/>
+      <c r="AD68" s="3"/>
+      <c r="AE68" s="3"/>
+      <c r="AF68" s="3"/>
+      <c r="AG68" s="3"/>
+      <c r="AH68" s="3"/>
+      <c r="AI68" s="3"/>
+      <c r="AJ68" s="3"/>
+      <c r="AK68" s="3"/>
+      <c r="AL68" s="3"/>
+      <c r="AM68" s="3"/>
+      <c r="AN68" s="3"/>
+      <c r="AO68" s="3"/>
+      <c r="AP68" s="3"/>
+      <c r="AQ68" s="3"/>
+      <c r="AR68" s="3"/>
+      <c r="AS68" s="3"/>
+      <c r="AT68" s="3"/>
+      <c r="AU68" s="3"/>
     </row>
-    <row r="69" spans="1:8">
+    <row r="69" spans="1:47">
       <c r="A69" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B69" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="C69" t="s">
-        <v>33</v>
+        <v>84</v>
       </c>
       <c r="D69" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="E69" t="s">
-        <v>33</v>
+        <v>84</v>
       </c>
       <c r="F69" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="G69" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="H69" t="s">
-        <v>33</v>
+        <v>84</v>
+      </c>
+      <c r="I69" t="s">
+        <v>84</v>
+      </c>
+      <c r="J69" t="s">
+        <v>83</v>
+      </c>
+      <c r="K69" t="s">
+        <v>83</v>
+      </c>
+      <c r="L69" t="s">
+        <v>84</v>
+      </c>
+      <c r="M69" t="s">
+        <v>84</v>
+      </c>
+      <c r="N69" t="s">
+        <v>84</v>
+      </c>
+      <c r="O69" t="s">
+        <v>84</v>
+      </c>
+      <c r="P69" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>84</v>
+      </c>
+      <c r="R69" t="s">
+        <v>84</v>
+      </c>
+      <c r="S69" t="s">
+        <v>84</v>
+      </c>
+      <c r="T69" t="s">
+        <v>84</v>
+      </c>
+      <c r="U69" t="s">
+        <v>84</v>
+      </c>
+      <c r="V69" t="s">
+        <v>84</v>
+      </c>
+      <c r="W69" t="s">
+        <v>84</v>
+      </c>
+      <c r="X69" t="s">
+        <v>84</v>
+      </c>
+      <c r="Y69" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z69" t="s">
+        <v>84</v>
+      </c>
+      <c r="AA69" t="s">
+        <v>84</v>
+      </c>
+      <c r="AB69" t="s">
+        <v>84</v>
+      </c>
+      <c r="AC69" t="s">
+        <v>84</v>
+      </c>
+      <c r="AD69" t="s">
+        <v>84</v>
+      </c>
+      <c r="AE69" t="s">
+        <v>84</v>
+      </c>
+      <c r="AF69" t="s">
+        <v>84</v>
+      </c>
+      <c r="AG69" t="s">
+        <v>84</v>
+      </c>
+      <c r="AH69" t="s">
+        <v>84</v>
+      </c>
+      <c r="AI69" t="s">
+        <v>83</v>
+      </c>
+      <c r="AJ69" t="s">
+        <v>83</v>
+      </c>
+      <c r="AK69" t="s">
+        <v>83</v>
+      </c>
+      <c r="AL69" t="s">
+        <v>84</v>
+      </c>
+      <c r="AM69" t="s">
+        <v>84</v>
+      </c>
+      <c r="AN69" t="s">
+        <v>84</v>
+      </c>
+      <c r="AO69" t="s">
+        <v>83</v>
+      </c>
+      <c r="AP69" t="s">
+        <v>83</v>
+      </c>
+      <c r="AQ69" t="s">
+        <v>83</v>
+      </c>
+      <c r="AR69" t="s">
+        <v>83</v>
+      </c>
+      <c r="AS69" t="s">
+        <v>83</v>
+      </c>
+      <c r="AT69" t="s">
+        <v>83</v>
+      </c>
+      <c r="AU69" t="s">
+        <v>83</v>
       </c>
     </row>
-    <row r="70" spans="1:8">
+    <row r="70" spans="1:47">
       <c r="A70" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="B70" t="s">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="C70" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="D70" t="s">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="E70" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="F70" t="s">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="G70" t="s">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="H70" t="s">
-        <v>34</v>
+        <v>49</v>
+      </c>
+      <c r="I70" t="s">
+        <v>49</v>
+      </c>
+      <c r="J70" t="s">
+        <v>85</v>
+      </c>
+      <c r="K70" t="s">
+        <v>85</v>
+      </c>
+      <c r="L70" t="s">
+        <v>49</v>
+      </c>
+      <c r="M70" t="s">
+        <v>49</v>
+      </c>
+      <c r="N70" t="s">
+        <v>49</v>
+      </c>
+      <c r="O70" t="s">
+        <v>49</v>
+      </c>
+      <c r="P70" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>49</v>
+      </c>
+      <c r="R70" t="s">
+        <v>49</v>
+      </c>
+      <c r="S70" t="s">
+        <v>49</v>
+      </c>
+      <c r="T70" t="s">
+        <v>49</v>
+      </c>
+      <c r="U70" t="s">
+        <v>49</v>
+      </c>
+      <c r="V70" t="s">
+        <v>49</v>
+      </c>
+      <c r="W70" t="s">
+        <v>49</v>
+      </c>
+      <c r="X70" t="s">
+        <v>49</v>
+      </c>
+      <c r="Y70" t="s">
+        <v>49</v>
+      </c>
+      <c r="Z70" t="s">
+        <v>49</v>
+      </c>
+      <c r="AA70" t="s">
+        <v>49</v>
+      </c>
+      <c r="AB70" t="s">
+        <v>49</v>
+      </c>
+      <c r="AC70" t="s">
+        <v>49</v>
+      </c>
+      <c r="AD70" t="s">
+        <v>49</v>
+      </c>
+      <c r="AE70" t="s">
+        <v>49</v>
+      </c>
+      <c r="AF70" t="s">
+        <v>49</v>
+      </c>
+      <c r="AG70" t="s">
+        <v>49</v>
+      </c>
+      <c r="AH70" t="s">
+        <v>49</v>
+      </c>
+      <c r="AI70" t="s">
+        <v>85</v>
+      </c>
+      <c r="AJ70" t="s">
+        <v>85</v>
+      </c>
+      <c r="AK70" t="s">
+        <v>85</v>
+      </c>
+      <c r="AL70" t="s">
+        <v>49</v>
+      </c>
+      <c r="AM70" t="s">
+        <v>49</v>
+      </c>
+      <c r="AN70" t="s">
+        <v>49</v>
+      </c>
+      <c r="AO70" t="s">
+        <v>85</v>
+      </c>
+      <c r="AP70" t="s">
+        <v>85</v>
+      </c>
+      <c r="AQ70" t="s">
+        <v>85</v>
+      </c>
+      <c r="AR70" t="s">
+        <v>85</v>
+      </c>
+      <c r="AS70" t="s">
+        <v>85</v>
+      </c>
+      <c r="AT70" t="s">
+        <v>85</v>
+      </c>
+      <c r="AU70" t="s">
+        <v>85</v>
       </c>
     </row>
-    <row r="71" spans="1:8">
+    <row r="71" spans="1:47">
       <c r="A71" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B71" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="C71" t="s">
-        <v>33</v>
+        <v>84</v>
       </c>
       <c r="D71" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="E71" t="s">
-        <v>33</v>
+        <v>84</v>
       </c>
       <c r="F71" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="G71" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="H71" t="s">
-        <v>33</v>
+        <v>84</v>
+      </c>
+      <c r="I71" t="s">
+        <v>84</v>
+      </c>
+      <c r="J71" t="s">
+        <v>83</v>
+      </c>
+      <c r="K71" t="s">
+        <v>83</v>
+      </c>
+      <c r="L71" t="s">
+        <v>84</v>
+      </c>
+      <c r="M71" t="s">
+        <v>84</v>
+      </c>
+      <c r="N71" t="s">
+        <v>84</v>
+      </c>
+      <c r="O71" t="s">
+        <v>84</v>
+      </c>
+      <c r="P71" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>84</v>
+      </c>
+      <c r="R71" t="s">
+        <v>84</v>
+      </c>
+      <c r="S71" t="s">
+        <v>84</v>
+      </c>
+      <c r="T71" t="s">
+        <v>84</v>
+      </c>
+      <c r="U71" t="s">
+        <v>84</v>
+      </c>
+      <c r="V71" t="s">
+        <v>84</v>
+      </c>
+      <c r="W71" t="s">
+        <v>84</v>
+      </c>
+      <c r="X71" t="s">
+        <v>84</v>
+      </c>
+      <c r="Y71" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z71" t="s">
+        <v>84</v>
+      </c>
+      <c r="AA71" t="s">
+        <v>84</v>
+      </c>
+      <c r="AB71" t="s">
+        <v>84</v>
+      </c>
+      <c r="AC71" t="s">
+        <v>84</v>
+      </c>
+      <c r="AD71" t="s">
+        <v>84</v>
+      </c>
+      <c r="AE71" t="s">
+        <v>84</v>
+      </c>
+      <c r="AF71" t="s">
+        <v>84</v>
+      </c>
+      <c r="AG71" t="s">
+        <v>84</v>
+      </c>
+      <c r="AH71" t="s">
+        <v>84</v>
+      </c>
+      <c r="AI71" t="s">
+        <v>83</v>
+      </c>
+      <c r="AJ71" t="s">
+        <v>83</v>
+      </c>
+      <c r="AK71" t="s">
+        <v>83</v>
+      </c>
+      <c r="AL71" t="s">
+        <v>84</v>
+      </c>
+      <c r="AM71" t="s">
+        <v>84</v>
+      </c>
+      <c r="AN71" t="s">
+        <v>84</v>
+      </c>
+      <c r="AO71" t="s">
+        <v>83</v>
+      </c>
+      <c r="AP71" t="s">
+        <v>83</v>
+      </c>
+      <c r="AQ71" t="s">
+        <v>83</v>
+      </c>
+      <c r="AR71" t="s">
+        <v>83</v>
+      </c>
+      <c r="AS71" t="s">
+        <v>83</v>
+      </c>
+      <c r="AT71" t="s">
+        <v>83</v>
+      </c>
+      <c r="AU71" t="s">
+        <v>83</v>
       </c>
     </row>
-    <row r="72" spans="1:8">
+    <row r="72" spans="1:47">
       <c r="A72" s="3" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="B72" s="3"/>
       <c r="C72" s="3"/>
       <c r="D72" s="3"/>
       <c r="E72" s="3"/>
       <c r="F72" s="3"/>
       <c r="G72" s="3"/>
       <c r="H72" s="3"/>
+      <c r="I72" s="3"/>
+      <c r="J72" s="3"/>
+      <c r="K72" s="3"/>
+      <c r="L72" s="3"/>
+      <c r="M72" s="3"/>
+      <c r="N72" s="3"/>
+      <c r="O72" s="3"/>
+      <c r="P72" s="3"/>
+      <c r="Q72" s="3"/>
+      <c r="R72" s="3"/>
+      <c r="S72" s="3"/>
+      <c r="T72" s="3"/>
+      <c r="U72" s="3"/>
+      <c r="V72" s="3"/>
+      <c r="W72" s="3"/>
+      <c r="X72" s="3"/>
+      <c r="Y72" s="3"/>
+      <c r="Z72" s="3"/>
+      <c r="AA72" s="3"/>
+      <c r="AB72" s="3"/>
+      <c r="AC72" s="3"/>
+      <c r="AD72" s="3"/>
+      <c r="AE72" s="3"/>
+      <c r="AF72" s="3"/>
+      <c r="AG72" s="3"/>
+      <c r="AH72" s="3"/>
+      <c r="AI72" s="3"/>
+      <c r="AJ72" s="3"/>
+      <c r="AK72" s="3"/>
+      <c r="AL72" s="3"/>
+      <c r="AM72" s="3"/>
+      <c r="AN72" s="3"/>
+      <c r="AO72" s="3"/>
+      <c r="AP72" s="3"/>
+      <c r="AQ72" s="3"/>
+      <c r="AR72" s="3"/>
+      <c r="AS72" s="3"/>
+      <c r="AT72" s="3"/>
+      <c r="AU72" s="3"/>
     </row>
-    <row r="73" spans="1:8">
+    <row r="73" spans="1:47">
       <c r="A73" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B73" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="C73" t="s">
-        <v>33</v>
+        <v>84</v>
       </c>
       <c r="D73" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="E73" t="s">
-        <v>33</v>
+        <v>84</v>
       </c>
       <c r="F73" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="G73" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="H73" t="s">
-        <v>33</v>
+        <v>84</v>
+      </c>
+      <c r="I73" t="s">
+        <v>84</v>
+      </c>
+      <c r="J73" t="s">
+        <v>83</v>
+      </c>
+      <c r="K73" t="s">
+        <v>83</v>
+      </c>
+      <c r="L73" t="s">
+        <v>84</v>
+      </c>
+      <c r="M73" t="s">
+        <v>84</v>
+      </c>
+      <c r="N73" t="s">
+        <v>84</v>
+      </c>
+      <c r="O73" t="s">
+        <v>84</v>
+      </c>
+      <c r="P73" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>84</v>
+      </c>
+      <c r="R73" t="s">
+        <v>84</v>
+      </c>
+      <c r="S73" t="s">
+        <v>84</v>
+      </c>
+      <c r="T73" t="s">
+        <v>84</v>
+      </c>
+      <c r="U73" t="s">
+        <v>84</v>
+      </c>
+      <c r="V73" t="s">
+        <v>84</v>
+      </c>
+      <c r="W73" t="s">
+        <v>84</v>
+      </c>
+      <c r="X73" t="s">
+        <v>84</v>
+      </c>
+      <c r="Y73" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z73" t="s">
+        <v>84</v>
+      </c>
+      <c r="AA73" t="s">
+        <v>84</v>
+      </c>
+      <c r="AB73" t="s">
+        <v>84</v>
+      </c>
+      <c r="AC73" t="s">
+        <v>84</v>
+      </c>
+      <c r="AD73" t="s">
+        <v>84</v>
+      </c>
+      <c r="AE73" t="s">
+        <v>84</v>
+      </c>
+      <c r="AF73" t="s">
+        <v>84</v>
+      </c>
+      <c r="AG73" t="s">
+        <v>84</v>
+      </c>
+      <c r="AH73" t="s">
+        <v>84</v>
+      </c>
+      <c r="AI73" t="s">
+        <v>83</v>
+      </c>
+      <c r="AJ73" t="s">
+        <v>83</v>
+      </c>
+      <c r="AK73" t="s">
+        <v>83</v>
+      </c>
+      <c r="AL73" t="s">
+        <v>84</v>
+      </c>
+      <c r="AM73" t="s">
+        <v>84</v>
+      </c>
+      <c r="AN73" t="s">
+        <v>84</v>
+      </c>
+      <c r="AO73" t="s">
+        <v>83</v>
+      </c>
+      <c r="AP73" t="s">
+        <v>83</v>
+      </c>
+      <c r="AQ73" t="s">
+        <v>83</v>
+      </c>
+      <c r="AR73" t="s">
+        <v>83</v>
+      </c>
+      <c r="AS73" t="s">
+        <v>83</v>
+      </c>
+      <c r="AT73" t="s">
+        <v>83</v>
+      </c>
+      <c r="AU73" t="s">
+        <v>83</v>
       </c>
     </row>
-    <row r="74" spans="1:8">
+    <row r="74" spans="1:47">
       <c r="A74" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B74" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="C74" t="s">
-        <v>33</v>
+        <v>84</v>
       </c>
       <c r="D74" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="E74" t="s">
-        <v>33</v>
+        <v>84</v>
       </c>
       <c r="F74" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="G74" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
       <c r="H74" t="s">
-        <v>33</v>
+        <v>84</v>
+      </c>
+      <c r="I74" t="s">
+        <v>84</v>
+      </c>
+      <c r="J74" t="s">
+        <v>83</v>
+      </c>
+      <c r="K74" t="s">
+        <v>83</v>
+      </c>
+      <c r="L74" t="s">
+        <v>84</v>
+      </c>
+      <c r="M74" t="s">
+        <v>84</v>
+      </c>
+      <c r="N74" t="s">
+        <v>84</v>
+      </c>
+      <c r="O74" t="s">
+        <v>84</v>
+      </c>
+      <c r="P74" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>84</v>
+      </c>
+      <c r="R74" t="s">
+        <v>84</v>
+      </c>
+      <c r="S74" t="s">
+        <v>84</v>
+      </c>
+      <c r="T74" t="s">
+        <v>84</v>
+      </c>
+      <c r="U74" t="s">
+        <v>84</v>
+      </c>
+      <c r="V74" t="s">
+        <v>84</v>
+      </c>
+      <c r="W74" t="s">
+        <v>84</v>
+      </c>
+      <c r="X74" t="s">
+        <v>84</v>
+      </c>
+      <c r="Y74" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z74" t="s">
+        <v>84</v>
+      </c>
+      <c r="AA74" t="s">
+        <v>84</v>
+      </c>
+      <c r="AB74" t="s">
+        <v>84</v>
+      </c>
+      <c r="AC74" t="s">
+        <v>84</v>
+      </c>
+      <c r="AD74" t="s">
+        <v>84</v>
+      </c>
+      <c r="AE74" t="s">
+        <v>84</v>
+      </c>
+      <c r="AF74" t="s">
+        <v>84</v>
+      </c>
+      <c r="AG74" t="s">
+        <v>84</v>
+      </c>
+      <c r="AH74" t="s">
+        <v>84</v>
+      </c>
+      <c r="AI74" t="s">
+        <v>83</v>
+      </c>
+      <c r="AJ74" t="s">
+        <v>83</v>
+      </c>
+      <c r="AK74" t="s">
+        <v>83</v>
+      </c>
+      <c r="AL74" t="s">
+        <v>84</v>
+      </c>
+      <c r="AM74" t="s">
+        <v>84</v>
+      </c>
+      <c r="AN74" t="s">
+        <v>84</v>
+      </c>
+      <c r="AO74" t="s">
+        <v>83</v>
+      </c>
+      <c r="AP74" t="s">
+        <v>83</v>
+      </c>
+      <c r="AQ74" t="s">
+        <v>83</v>
+      </c>
+      <c r="AR74" t="s">
+        <v>83</v>
+      </c>
+      <c r="AS74" t="s">
+        <v>83</v>
+      </c>
+      <c r="AT74" t="s">
+        <v>83</v>
+      </c>
+      <c r="AU74" t="s">
+        <v>83</v>
       </c>
     </row>
-    <row r="75" spans="1:8">
+    <row r="75" spans="1:47">
       <c r="A75" s="4"/>
       <c r="B75" s="4"/>
       <c r="C75" s="4"/>
       <c r="D75" s="4"/>
       <c r="E75" s="4"/>
       <c r="F75" s="4"/>
       <c r="G75" s="4"/>
       <c r="H75" s="4"/>
+      <c r="I75" s="4"/>
+      <c r="J75" s="4"/>
+      <c r="K75" s="4"/>
+      <c r="L75" s="4"/>
+      <c r="M75" s="4"/>
+      <c r="N75" s="4"/>
+      <c r="O75" s="4"/>
+      <c r="P75" s="4"/>
+      <c r="Q75" s="4"/>
+      <c r="R75" s="4"/>
+      <c r="S75" s="4"/>
+      <c r="T75" s="4"/>
+      <c r="U75" s="4"/>
+      <c r="V75" s="4"/>
+      <c r="W75" s="4"/>
+      <c r="X75" s="4"/>
+      <c r="Y75" s="4"/>
+      <c r="Z75" s="4"/>
+      <c r="AA75" s="4"/>
+      <c r="AB75" s="4"/>
+      <c r="AC75" s="4"/>
+      <c r="AD75" s="4"/>
+      <c r="AE75" s="4"/>
+      <c r="AF75" s="4"/>
+      <c r="AG75" s="4"/>
+      <c r="AH75" s="4"/>
+      <c r="AI75" s="4"/>
+      <c r="AJ75" s="4"/>
+      <c r="AK75" s="4"/>
+      <c r="AL75" s="4"/>
+      <c r="AM75" s="4"/>
+      <c r="AN75" s="4"/>
+      <c r="AO75" s="4"/>
+      <c r="AP75" s="4"/>
+      <c r="AQ75" s="4"/>
+      <c r="AR75" s="4"/>
+      <c r="AS75" s="4"/>
+      <c r="AT75" s="4"/>
+      <c r="AU75" s="4"/>
     </row>
-    <row r="76" spans="1:8">
+    <row r="76" spans="1:47">
       <c r="A76" s="2" t="s">
-        <v>35</v>
+        <v>86</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="2"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
+      <c r="I76" s="2"/>
+      <c r="J76" s="2"/>
+      <c r="K76" s="2"/>
+      <c r="L76" s="2"/>
+      <c r="M76" s="2"/>
+      <c r="N76" s="2"/>
+      <c r="O76" s="2"/>
+      <c r="P76" s="2"/>
+      <c r="Q76" s="2"/>
+      <c r="R76" s="2"/>
+      <c r="S76" s="2"/>
+      <c r="T76" s="2"/>
+      <c r="U76" s="2"/>
+      <c r="V76" s="2"/>
+      <c r="W76" s="2"/>
+      <c r="X76" s="2"/>
+      <c r="Y76" s="2"/>
+      <c r="Z76" s="2"/>
+      <c r="AA76" s="2"/>
+      <c r="AB76" s="2"/>
+      <c r="AC76" s="2"/>
+      <c r="AD76" s="2"/>
+      <c r="AE76" s="2"/>
+      <c r="AF76" s="2"/>
+      <c r="AG76" s="2"/>
+      <c r="AH76" s="2"/>
+      <c r="AI76" s="2"/>
+      <c r="AJ76" s="2"/>
+      <c r="AK76" s="2"/>
+      <c r="AL76" s="2"/>
+      <c r="AM76" s="2"/>
+      <c r="AN76" s="2"/>
+      <c r="AO76" s="2"/>
+      <c r="AP76" s="2"/>
+      <c r="AQ76" s="2"/>
+      <c r="AR76" s="2"/>
+      <c r="AS76" s="2"/>
+      <c r="AT76" s="2"/>
+      <c r="AU76" s="2"/>
     </row>
-    <row r="77" spans="1:8">
+    <row r="77" spans="1:47">
       <c r="A77" s="3" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="B77" s="3"/>
       <c r="C77" s="3"/>
       <c r="D77" s="3"/>
       <c r="E77" s="3"/>
       <c r="F77" s="3"/>
       <c r="G77" s="3"/>
       <c r="H77" s="3"/>
+      <c r="I77" s="3"/>
+      <c r="J77" s="3"/>
+      <c r="K77" s="3"/>
+      <c r="L77" s="3"/>
+      <c r="M77" s="3"/>
+      <c r="N77" s="3"/>
+      <c r="O77" s="3"/>
+      <c r="P77" s="3"/>
+      <c r="Q77" s="3"/>
+      <c r="R77" s="3"/>
+      <c r="S77" s="3"/>
+      <c r="T77" s="3"/>
+      <c r="U77" s="3"/>
+      <c r="V77" s="3"/>
+      <c r="W77" s="3"/>
+      <c r="X77" s="3"/>
+      <c r="Y77" s="3"/>
+      <c r="Z77" s="3"/>
+      <c r="AA77" s="3"/>
+      <c r="AB77" s="3"/>
+      <c r="AC77" s="3"/>
+      <c r="AD77" s="3"/>
+      <c r="AE77" s="3"/>
+      <c r="AF77" s="3"/>
+      <c r="AG77" s="3"/>
+      <c r="AH77" s="3"/>
+      <c r="AI77" s="3"/>
+      <c r="AJ77" s="3"/>
+      <c r="AK77" s="3"/>
+      <c r="AL77" s="3"/>
+      <c r="AM77" s="3"/>
+      <c r="AN77" s="3"/>
+      <c r="AO77" s="3"/>
+      <c r="AP77" s="3"/>
+      <c r="AQ77" s="3"/>
+      <c r="AR77" s="3"/>
+      <c r="AS77" s="3"/>
+      <c r="AT77" s="3"/>
+      <c r="AU77" s="3"/>
     </row>
-    <row r="78" spans="1:8">
+    <row r="78" spans="1:47">
       <c r="A78" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B78" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="C78" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="D78" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="E78" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="F78" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="G78" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="H78" t="s">
-        <v>36</v>
+        <v>88</v>
+      </c>
+      <c r="I78" t="s">
+        <v>88</v>
+      </c>
+      <c r="J78" t="s">
+        <v>87</v>
+      </c>
+      <c r="K78" t="s">
+        <v>87</v>
+      </c>
+      <c r="L78" t="s">
+        <v>88</v>
+      </c>
+      <c r="M78" t="s">
+        <v>88</v>
+      </c>
+      <c r="N78" t="s">
+        <v>88</v>
+      </c>
+      <c r="O78" t="s">
+        <v>88</v>
+      </c>
+      <c r="P78" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>88</v>
+      </c>
+      <c r="R78" t="s">
+        <v>88</v>
+      </c>
+      <c r="S78" t="s">
+        <v>88</v>
+      </c>
+      <c r="T78" t="s">
+        <v>88</v>
+      </c>
+      <c r="U78" t="s">
+        <v>88</v>
+      </c>
+      <c r="V78" t="s">
+        <v>88</v>
+      </c>
+      <c r="W78" t="s">
+        <v>88</v>
+      </c>
+      <c r="X78" t="s">
+        <v>88</v>
+      </c>
+      <c r="Y78" t="s">
+        <v>88</v>
+      </c>
+      <c r="Z78" t="s">
+        <v>88</v>
+      </c>
+      <c r="AA78" t="s">
+        <v>88</v>
+      </c>
+      <c r="AB78" t="s">
+        <v>88</v>
+      </c>
+      <c r="AC78" t="s">
+        <v>88</v>
+      </c>
+      <c r="AD78" t="s">
+        <v>88</v>
+      </c>
+      <c r="AE78" t="s">
+        <v>87</v>
+      </c>
+      <c r="AF78" t="s">
+        <v>87</v>
+      </c>
+      <c r="AG78" t="s">
+        <v>87</v>
+      </c>
+      <c r="AH78" t="s">
+        <v>87</v>
+      </c>
+      <c r="AI78" t="s">
+        <v>87</v>
+      </c>
+      <c r="AJ78" t="s">
+        <v>87</v>
+      </c>
+      <c r="AK78" t="s">
+        <v>87</v>
+      </c>
+      <c r="AL78" t="s">
+        <v>87</v>
+      </c>
+      <c r="AM78" t="s">
+        <v>88</v>
+      </c>
+      <c r="AN78" t="s">
+        <v>87</v>
+      </c>
+      <c r="AO78" t="s">
+        <v>87</v>
+      </c>
+      <c r="AP78" t="s">
+        <v>87</v>
+      </c>
+      <c r="AQ78" t="s">
+        <v>87</v>
+      </c>
+      <c r="AR78" t="s">
+        <v>87</v>
+      </c>
+      <c r="AS78" t="s">
+        <v>87</v>
+      </c>
+      <c r="AT78" t="s">
+        <v>87</v>
+      </c>
+      <c r="AU78" t="s">
+        <v>87</v>
       </c>
     </row>
-    <row r="79" spans="1:8">
+    <row r="79" spans="1:47">
       <c r="A79" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="B79" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="C79" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="D79" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="E79" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="F79" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="G79" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="H79" t="s">
-        <v>37</v>
+        <v>89</v>
+      </c>
+      <c r="I79" t="s">
+        <v>89</v>
+      </c>
+      <c r="J79" t="s">
+        <v>89</v>
+      </c>
+      <c r="K79" t="s">
+        <v>89</v>
+      </c>
+      <c r="L79" t="s">
+        <v>89</v>
+      </c>
+      <c r="M79" t="s">
+        <v>89</v>
+      </c>
+      <c r="N79" t="s">
+        <v>89</v>
+      </c>
+      <c r="O79" t="s">
+        <v>89</v>
+      </c>
+      <c r="P79" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>89</v>
+      </c>
+      <c r="R79" t="s">
+        <v>89</v>
+      </c>
+      <c r="S79" t="s">
+        <v>89</v>
+      </c>
+      <c r="T79" t="s">
+        <v>89</v>
+      </c>
+      <c r="U79" t="s">
+        <v>89</v>
+      </c>
+      <c r="V79" t="s">
+        <v>89</v>
+      </c>
+      <c r="W79" t="s">
+        <v>89</v>
+      </c>
+      <c r="X79" t="s">
+        <v>89</v>
+      </c>
+      <c r="Y79" t="s">
+        <v>89</v>
+      </c>
+      <c r="Z79" t="s">
+        <v>89</v>
+      </c>
+      <c r="AA79" t="s">
+        <v>89</v>
+      </c>
+      <c r="AB79" t="s">
+        <v>89</v>
+      </c>
+      <c r="AC79" t="s">
+        <v>89</v>
+      </c>
+      <c r="AD79" t="s">
+        <v>89</v>
+      </c>
+      <c r="AE79" t="s">
+        <v>89</v>
+      </c>
+      <c r="AF79" t="s">
+        <v>89</v>
+      </c>
+      <c r="AG79" t="s">
+        <v>89</v>
+      </c>
+      <c r="AH79" t="s">
+        <v>89</v>
+      </c>
+      <c r="AI79" t="s">
+        <v>89</v>
+      </c>
+      <c r="AJ79" t="s">
+        <v>89</v>
+      </c>
+      <c r="AK79" t="s">
+        <v>89</v>
+      </c>
+      <c r="AL79" t="s">
+        <v>89</v>
+      </c>
+      <c r="AM79" t="s">
+        <v>89</v>
+      </c>
+      <c r="AN79" t="s">
+        <v>89</v>
+      </c>
+      <c r="AO79" t="s">
+        <v>89</v>
+      </c>
+      <c r="AP79" t="s">
+        <v>89</v>
+      </c>
+      <c r="AQ79" t="s">
+        <v>89</v>
+      </c>
+      <c r="AR79" t="s">
+        <v>89</v>
+      </c>
+      <c r="AS79" t="s">
+        <v>89</v>
+      </c>
+      <c r="AT79" t="s">
+        <v>89</v>
+      </c>
+      <c r="AU79" t="s">
+        <v>89</v>
       </c>
     </row>
-    <row r="80" spans="1:8">
+    <row r="80" spans="1:47">
       <c r="A80" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="B80" t="s">
-        <v>38</v>
+        <v>83</v>
       </c>
       <c r="C80" t="s">
-        <v>38</v>
+        <v>80</v>
       </c>
       <c r="D80" t="s">
-        <v>38</v>
+        <v>83</v>
       </c>
       <c r="E80" t="s">
-        <v>38</v>
+        <v>80</v>
       </c>
       <c r="F80" t="s">
-        <v>38</v>
+        <v>83</v>
       </c>
       <c r="G80" t="s">
-        <v>38</v>
+        <v>83</v>
       </c>
       <c r="H80" t="s">
-        <v>38</v>
+        <v>80</v>
+      </c>
+      <c r="I80" t="s">
+        <v>80</v>
+      </c>
+      <c r="J80" t="s">
+        <v>83</v>
+      </c>
+      <c r="K80" t="s">
+        <v>83</v>
+      </c>
+      <c r="L80" t="s">
+        <v>80</v>
+      </c>
+      <c r="M80" t="s">
+        <v>80</v>
+      </c>
+      <c r="N80" t="s">
+        <v>80</v>
+      </c>
+      <c r="O80" t="s">
+        <v>80</v>
+      </c>
+      <c r="P80" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>80</v>
+      </c>
+      <c r="R80" t="s">
+        <v>80</v>
+      </c>
+      <c r="S80" t="s">
+        <v>80</v>
+      </c>
+      <c r="T80" t="s">
+        <v>80</v>
+      </c>
+      <c r="U80" t="s">
+        <v>80</v>
+      </c>
+      <c r="V80" t="s">
+        <v>80</v>
+      </c>
+      <c r="W80" t="s">
+        <v>80</v>
+      </c>
+      <c r="X80" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y80" t="s">
+        <v>80</v>
+      </c>
+      <c r="Z80" t="s">
+        <v>80</v>
+      </c>
+      <c r="AA80" t="s">
+        <v>80</v>
+      </c>
+      <c r="AB80" t="s">
+        <v>80</v>
+      </c>
+      <c r="AC80" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD80" t="s">
+        <v>80</v>
+      </c>
+      <c r="AE80" t="s">
+        <v>83</v>
+      </c>
+      <c r="AF80" t="s">
+        <v>83</v>
+      </c>
+      <c r="AG80" t="s">
+        <v>83</v>
+      </c>
+      <c r="AH80" t="s">
+        <v>83</v>
+      </c>
+      <c r="AI80" t="s">
+        <v>83</v>
+      </c>
+      <c r="AJ80" t="s">
+        <v>83</v>
+      </c>
+      <c r="AK80" t="s">
+        <v>83</v>
+      </c>
+      <c r="AL80" t="s">
+        <v>83</v>
+      </c>
+      <c r="AM80" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN80" t="s">
+        <v>83</v>
+      </c>
+      <c r="AO80" t="s">
+        <v>83</v>
+      </c>
+      <c r="AP80" t="s">
+        <v>83</v>
+      </c>
+      <c r="AQ80" t="s">
+        <v>83</v>
+      </c>
+      <c r="AR80" t="s">
+        <v>83</v>
+      </c>
+      <c r="AS80" t="s">
+        <v>83</v>
+      </c>
+      <c r="AT80" t="s">
+        <v>83</v>
+      </c>
+      <c r="AU80" t="s">
+        <v>83</v>
       </c>
     </row>
-    <row r="81" spans="1:8">
+    <row r="81" spans="1:47">
       <c r="A81" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B81" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="C81" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="D81" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="E81" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="F81" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="G81" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="H81" t="s">
-        <v>36</v>
+        <v>88</v>
+      </c>
+      <c r="I81" t="s">
+        <v>88</v>
+      </c>
+      <c r="J81" t="s">
+        <v>87</v>
+      </c>
+      <c r="K81" t="s">
+        <v>87</v>
+      </c>
+      <c r="L81" t="s">
+        <v>88</v>
+      </c>
+      <c r="M81" t="s">
+        <v>88</v>
+      </c>
+      <c r="N81" t="s">
+        <v>88</v>
+      </c>
+      <c r="O81" t="s">
+        <v>88</v>
+      </c>
+      <c r="P81" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>88</v>
+      </c>
+      <c r="R81" t="s">
+        <v>88</v>
+      </c>
+      <c r="S81" t="s">
+        <v>88</v>
+      </c>
+      <c r="T81" t="s">
+        <v>88</v>
+      </c>
+      <c r="U81" t="s">
+        <v>88</v>
+      </c>
+      <c r="V81" t="s">
+        <v>88</v>
+      </c>
+      <c r="W81" t="s">
+        <v>88</v>
+      </c>
+      <c r="X81" t="s">
+        <v>88</v>
+      </c>
+      <c r="Y81" t="s">
+        <v>88</v>
+      </c>
+      <c r="Z81" t="s">
+        <v>88</v>
+      </c>
+      <c r="AA81" t="s">
+        <v>88</v>
+      </c>
+      <c r="AB81" t="s">
+        <v>88</v>
+      </c>
+      <c r="AC81" t="s">
+        <v>88</v>
+      </c>
+      <c r="AD81" t="s">
+        <v>88</v>
+      </c>
+      <c r="AE81" t="s">
+        <v>87</v>
+      </c>
+      <c r="AF81" t="s">
+        <v>87</v>
+      </c>
+      <c r="AG81" t="s">
+        <v>87</v>
+      </c>
+      <c r="AH81" t="s">
+        <v>87</v>
+      </c>
+      <c r="AI81" t="s">
+        <v>87</v>
+      </c>
+      <c r="AJ81" t="s">
+        <v>87</v>
+      </c>
+      <c r="AK81" t="s">
+        <v>87</v>
+      </c>
+      <c r="AL81" t="s">
+        <v>87</v>
+      </c>
+      <c r="AM81" t="s">
+        <v>88</v>
+      </c>
+      <c r="AN81" t="s">
+        <v>87</v>
+      </c>
+      <c r="AO81" t="s">
+        <v>87</v>
+      </c>
+      <c r="AP81" t="s">
+        <v>87</v>
+      </c>
+      <c r="AQ81" t="s">
+        <v>87</v>
+      </c>
+      <c r="AR81" t="s">
+        <v>87</v>
+      </c>
+      <c r="AS81" t="s">
+        <v>87</v>
+      </c>
+      <c r="AT81" t="s">
+        <v>87</v>
+      </c>
+      <c r="AU81" t="s">
+        <v>87</v>
       </c>
     </row>
-    <row r="82" spans="1:8">
+    <row r="82" spans="1:47">
       <c r="A82" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="B82" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="C82" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="D82" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="E82" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="F82" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="G82" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="H82" t="s">
-        <v>39</v>
+        <v>90</v>
+      </c>
+      <c r="I82" t="s">
+        <v>90</v>
+      </c>
+      <c r="J82" t="s">
+        <v>90</v>
+      </c>
+      <c r="K82" t="s">
+        <v>90</v>
+      </c>
+      <c r="L82" t="s">
+        <v>90</v>
+      </c>
+      <c r="M82" t="s">
+        <v>90</v>
+      </c>
+      <c r="N82" t="s">
+        <v>90</v>
+      </c>
+      <c r="O82" t="s">
+        <v>90</v>
+      </c>
+      <c r="P82" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>90</v>
+      </c>
+      <c r="R82" t="s">
+        <v>90</v>
+      </c>
+      <c r="S82" t="s">
+        <v>90</v>
+      </c>
+      <c r="T82" t="s">
+        <v>90</v>
+      </c>
+      <c r="U82" t="s">
+        <v>90</v>
+      </c>
+      <c r="V82" t="s">
+        <v>90</v>
+      </c>
+      <c r="W82" t="s">
+        <v>90</v>
+      </c>
+      <c r="X82" t="s">
+        <v>90</v>
+      </c>
+      <c r="Y82" t="s">
+        <v>90</v>
+      </c>
+      <c r="Z82" t="s">
+        <v>90</v>
+      </c>
+      <c r="AA82" t="s">
+        <v>90</v>
+      </c>
+      <c r="AB82" t="s">
+        <v>90</v>
+      </c>
+      <c r="AC82" t="s">
+        <v>90</v>
+      </c>
+      <c r="AD82" t="s">
+        <v>90</v>
+      </c>
+      <c r="AE82" t="s">
+        <v>90</v>
+      </c>
+      <c r="AF82" t="s">
+        <v>90</v>
+      </c>
+      <c r="AG82" t="s">
+        <v>90</v>
+      </c>
+      <c r="AH82" t="s">
+        <v>90</v>
+      </c>
+      <c r="AI82" t="s">
+        <v>90</v>
+      </c>
+      <c r="AJ82" t="s">
+        <v>90</v>
+      </c>
+      <c r="AK82" t="s">
+        <v>90</v>
+      </c>
+      <c r="AL82" t="s">
+        <v>90</v>
+      </c>
+      <c r="AM82" t="s">
+        <v>90</v>
+      </c>
+      <c r="AN82" t="s">
+        <v>90</v>
+      </c>
+      <c r="AO82" t="s">
+        <v>90</v>
+      </c>
+      <c r="AP82" t="s">
+        <v>90</v>
+      </c>
+      <c r="AQ82" t="s">
+        <v>90</v>
+      </c>
+      <c r="AR82" t="s">
+        <v>90</v>
+      </c>
+      <c r="AS82" t="s">
+        <v>90</v>
+      </c>
+      <c r="AT82" t="s">
+        <v>90</v>
+      </c>
+      <c r="AU82" t="s">
+        <v>90</v>
       </c>
     </row>
-    <row r="83" spans="1:8">
+    <row r="83" spans="1:47">
       <c r="A83" s="3" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="B83" s="3"/>
       <c r="C83" s="3"/>
       <c r="D83" s="3"/>
       <c r="E83" s="3"/>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="3"/>
+      <c r="I83" s="3"/>
+      <c r="J83" s="3"/>
+      <c r="K83" s="3"/>
+      <c r="L83" s="3"/>
+      <c r="M83" s="3"/>
+      <c r="N83" s="3"/>
+      <c r="O83" s="3"/>
+      <c r="P83" s="3"/>
+      <c r="Q83" s="3"/>
+      <c r="R83" s="3"/>
+      <c r="S83" s="3"/>
+      <c r="T83" s="3"/>
+      <c r="U83" s="3"/>
+      <c r="V83" s="3"/>
+      <c r="W83" s="3"/>
+      <c r="X83" s="3"/>
+      <c r="Y83" s="3"/>
+      <c r="Z83" s="3"/>
+      <c r="AA83" s="3"/>
+      <c r="AB83" s="3"/>
+      <c r="AC83" s="3"/>
+      <c r="AD83" s="3"/>
+      <c r="AE83" s="3"/>
+      <c r="AF83" s="3"/>
+      <c r="AG83" s="3"/>
+      <c r="AH83" s="3"/>
+      <c r="AI83" s="3"/>
+      <c r="AJ83" s="3"/>
+      <c r="AK83" s="3"/>
+      <c r="AL83" s="3"/>
+      <c r="AM83" s="3"/>
+      <c r="AN83" s="3"/>
+      <c r="AO83" s="3"/>
+      <c r="AP83" s="3"/>
+      <c r="AQ83" s="3"/>
+      <c r="AR83" s="3"/>
+      <c r="AS83" s="3"/>
+      <c r="AT83" s="3"/>
+      <c r="AU83" s="3"/>
     </row>
-    <row r="84" spans="1:8">
+    <row r="84" spans="1:47">
       <c r="A84" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B84" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="C84" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="D84" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="E84" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="F84" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="G84" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="H84" t="s">
-        <v>36</v>
+        <v>88</v>
+      </c>
+      <c r="I84" t="s">
+        <v>88</v>
+      </c>
+      <c r="J84" t="s">
+        <v>87</v>
+      </c>
+      <c r="K84" t="s">
+        <v>87</v>
+      </c>
+      <c r="L84" t="s">
+        <v>88</v>
+      </c>
+      <c r="M84" t="s">
+        <v>88</v>
+      </c>
+      <c r="N84" t="s">
+        <v>88</v>
+      </c>
+      <c r="O84" t="s">
+        <v>88</v>
+      </c>
+      <c r="P84" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>88</v>
+      </c>
+      <c r="R84" t="s">
+        <v>88</v>
+      </c>
+      <c r="S84" t="s">
+        <v>88</v>
+      </c>
+      <c r="T84" t="s">
+        <v>88</v>
+      </c>
+      <c r="U84" t="s">
+        <v>88</v>
+      </c>
+      <c r="V84" t="s">
+        <v>88</v>
+      </c>
+      <c r="W84" t="s">
+        <v>88</v>
+      </c>
+      <c r="X84" t="s">
+        <v>88</v>
+      </c>
+      <c r="Y84" t="s">
+        <v>88</v>
+      </c>
+      <c r="Z84" t="s">
+        <v>88</v>
+      </c>
+      <c r="AA84" t="s">
+        <v>88</v>
+      </c>
+      <c r="AB84" t="s">
+        <v>88</v>
+      </c>
+      <c r="AC84" t="s">
+        <v>88</v>
+      </c>
+      <c r="AD84" t="s">
+        <v>88</v>
+      </c>
+      <c r="AE84" t="s">
+        <v>87</v>
+      </c>
+      <c r="AF84" t="s">
+        <v>87</v>
+      </c>
+      <c r="AG84" t="s">
+        <v>87</v>
+      </c>
+      <c r="AH84" t="s">
+        <v>87</v>
+      </c>
+      <c r="AI84" t="s">
+        <v>87</v>
+      </c>
+      <c r="AJ84" t="s">
+        <v>87</v>
+      </c>
+      <c r="AK84" t="s">
+        <v>87</v>
+      </c>
+      <c r="AL84" t="s">
+        <v>87</v>
+      </c>
+      <c r="AM84" t="s">
+        <v>88</v>
+      </c>
+      <c r="AN84" t="s">
+        <v>87</v>
+      </c>
+      <c r="AO84" t="s">
+        <v>87</v>
+      </c>
+      <c r="AP84" t="s">
+        <v>87</v>
+      </c>
+      <c r="AQ84" t="s">
+        <v>87</v>
+      </c>
+      <c r="AR84" t="s">
+        <v>87</v>
+      </c>
+      <c r="AS84" t="s">
+        <v>87</v>
+      </c>
+      <c r="AT84" t="s">
+        <v>87</v>
+      </c>
+      <c r="AU84" t="s">
+        <v>87</v>
       </c>
     </row>
-    <row r="85" spans="1:8">
+    <row r="85" spans="1:47">
       <c r="A85" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="B85" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="C85" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="D85" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="E85" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="F85" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="G85" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="H85" t="s">
-        <v>37</v>
+        <v>89</v>
+      </c>
+      <c r="I85" t="s">
+        <v>89</v>
+      </c>
+      <c r="J85" t="s">
+        <v>89</v>
+      </c>
+      <c r="K85" t="s">
+        <v>89</v>
+      </c>
+      <c r="L85" t="s">
+        <v>89</v>
+      </c>
+      <c r="M85" t="s">
+        <v>89</v>
+      </c>
+      <c r="N85" t="s">
+        <v>89</v>
+      </c>
+      <c r="O85" t="s">
+        <v>89</v>
+      </c>
+      <c r="P85" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>89</v>
+      </c>
+      <c r="R85" t="s">
+        <v>89</v>
+      </c>
+      <c r="S85" t="s">
+        <v>89</v>
+      </c>
+      <c r="T85" t="s">
+        <v>89</v>
+      </c>
+      <c r="U85" t="s">
+        <v>89</v>
+      </c>
+      <c r="V85" t="s">
+        <v>89</v>
+      </c>
+      <c r="W85" t="s">
+        <v>89</v>
+      </c>
+      <c r="X85" t="s">
+        <v>89</v>
+      </c>
+      <c r="Y85" t="s">
+        <v>89</v>
+      </c>
+      <c r="Z85" t="s">
+        <v>89</v>
+      </c>
+      <c r="AA85" t="s">
+        <v>89</v>
+      </c>
+      <c r="AB85" t="s">
+        <v>89</v>
+      </c>
+      <c r="AC85" t="s">
+        <v>89</v>
+      </c>
+      <c r="AD85" t="s">
+        <v>89</v>
+      </c>
+      <c r="AE85" t="s">
+        <v>89</v>
+      </c>
+      <c r="AF85" t="s">
+        <v>89</v>
+      </c>
+      <c r="AG85" t="s">
+        <v>89</v>
+      </c>
+      <c r="AH85" t="s">
+        <v>89</v>
+      </c>
+      <c r="AI85" t="s">
+        <v>89</v>
+      </c>
+      <c r="AJ85" t="s">
+        <v>89</v>
+      </c>
+      <c r="AK85" t="s">
+        <v>89</v>
+      </c>
+      <c r="AL85" t="s">
+        <v>89</v>
+      </c>
+      <c r="AM85" t="s">
+        <v>89</v>
+      </c>
+      <c r="AN85" t="s">
+        <v>89</v>
+      </c>
+      <c r="AO85" t="s">
+        <v>89</v>
+      </c>
+      <c r="AP85" t="s">
+        <v>89</v>
+      </c>
+      <c r="AQ85" t="s">
+        <v>89</v>
+      </c>
+      <c r="AR85" t="s">
+        <v>89</v>
+      </c>
+      <c r="AS85" t="s">
+        <v>89</v>
+      </c>
+      <c r="AT85" t="s">
+        <v>89</v>
+      </c>
+      <c r="AU85" t="s">
+        <v>89</v>
       </c>
     </row>
-    <row r="86" spans="1:8">
+    <row r="86" spans="1:47">
       <c r="A86" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B86" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="C86" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="D86" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="E86" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="F86" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="G86" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="H86" t="s">
-        <v>36</v>
+        <v>88</v>
+      </c>
+      <c r="I86" t="s">
+        <v>88</v>
+      </c>
+      <c r="J86" t="s">
+        <v>87</v>
+      </c>
+      <c r="K86" t="s">
+        <v>87</v>
+      </c>
+      <c r="L86" t="s">
+        <v>88</v>
+      </c>
+      <c r="M86" t="s">
+        <v>88</v>
+      </c>
+      <c r="N86" t="s">
+        <v>88</v>
+      </c>
+      <c r="O86" t="s">
+        <v>88</v>
+      </c>
+      <c r="P86" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>88</v>
+      </c>
+      <c r="R86" t="s">
+        <v>88</v>
+      </c>
+      <c r="S86" t="s">
+        <v>88</v>
+      </c>
+      <c r="T86" t="s">
+        <v>88</v>
+      </c>
+      <c r="U86" t="s">
+        <v>88</v>
+      </c>
+      <c r="V86" t="s">
+        <v>88</v>
+      </c>
+      <c r="W86" t="s">
+        <v>88</v>
+      </c>
+      <c r="X86" t="s">
+        <v>88</v>
+      </c>
+      <c r="Y86" t="s">
+        <v>88</v>
+      </c>
+      <c r="Z86" t="s">
+        <v>88</v>
+      </c>
+      <c r="AA86" t="s">
+        <v>88</v>
+      </c>
+      <c r="AB86" t="s">
+        <v>88</v>
+      </c>
+      <c r="AC86" t="s">
+        <v>88</v>
+      </c>
+      <c r="AD86" t="s">
+        <v>88</v>
+      </c>
+      <c r="AE86" t="s">
+        <v>87</v>
+      </c>
+      <c r="AF86" t="s">
+        <v>87</v>
+      </c>
+      <c r="AG86" t="s">
+        <v>87</v>
+      </c>
+      <c r="AH86" t="s">
+        <v>87</v>
+      </c>
+      <c r="AI86" t="s">
+        <v>87</v>
+      </c>
+      <c r="AJ86" t="s">
+        <v>87</v>
+      </c>
+      <c r="AK86" t="s">
+        <v>87</v>
+      </c>
+      <c r="AL86" t="s">
+        <v>87</v>
+      </c>
+      <c r="AM86" t="s">
+        <v>88</v>
+      </c>
+      <c r="AN86" t="s">
+        <v>87</v>
+      </c>
+      <c r="AO86" t="s">
+        <v>87</v>
+      </c>
+      <c r="AP86" t="s">
+        <v>87</v>
+      </c>
+      <c r="AQ86" t="s">
+        <v>87</v>
+      </c>
+      <c r="AR86" t="s">
+        <v>87</v>
+      </c>
+      <c r="AS86" t="s">
+        <v>87</v>
+      </c>
+      <c r="AT86" t="s">
+        <v>87</v>
+      </c>
+      <c r="AU86" t="s">
+        <v>87</v>
       </c>
     </row>
-    <row r="87" spans="1:8">
+    <row r="87" spans="1:47">
       <c r="A87" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="B87" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="C87" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="D87" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="E87" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="F87" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="G87" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="H87" t="s">
-        <v>39</v>
+        <v>90</v>
+      </c>
+      <c r="I87" t="s">
+        <v>90</v>
+      </c>
+      <c r="J87" t="s">
+        <v>90</v>
+      </c>
+      <c r="K87" t="s">
+        <v>90</v>
+      </c>
+      <c r="L87" t="s">
+        <v>90</v>
+      </c>
+      <c r="M87" t="s">
+        <v>90</v>
+      </c>
+      <c r="N87" t="s">
+        <v>90</v>
+      </c>
+      <c r="O87" t="s">
+        <v>90</v>
+      </c>
+      <c r="P87" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>90</v>
+      </c>
+      <c r="R87" t="s">
+        <v>90</v>
+      </c>
+      <c r="S87" t="s">
+        <v>90</v>
+      </c>
+      <c r="T87" t="s">
+        <v>90</v>
+      </c>
+      <c r="U87" t="s">
+        <v>90</v>
+      </c>
+      <c r="V87" t="s">
+        <v>90</v>
+      </c>
+      <c r="W87" t="s">
+        <v>90</v>
+      </c>
+      <c r="X87" t="s">
+        <v>90</v>
+      </c>
+      <c r="Y87" t="s">
+        <v>90</v>
+      </c>
+      <c r="Z87" t="s">
+        <v>90</v>
+      </c>
+      <c r="AA87" t="s">
+        <v>90</v>
+      </c>
+      <c r="AB87" t="s">
+        <v>90</v>
+      </c>
+      <c r="AC87" t="s">
+        <v>90</v>
+      </c>
+      <c r="AD87" t="s">
+        <v>90</v>
+      </c>
+      <c r="AE87" t="s">
+        <v>90</v>
+      </c>
+      <c r="AF87" t="s">
+        <v>90</v>
+      </c>
+      <c r="AG87" t="s">
+        <v>90</v>
+      </c>
+      <c r="AH87" t="s">
+        <v>90</v>
+      </c>
+      <c r="AI87" t="s">
+        <v>90</v>
+      </c>
+      <c r="AJ87" t="s">
+        <v>90</v>
+      </c>
+      <c r="AK87" t="s">
+        <v>90</v>
+      </c>
+      <c r="AL87" t="s">
+        <v>90</v>
+      </c>
+      <c r="AM87" t="s">
+        <v>90</v>
+      </c>
+      <c r="AN87" t="s">
+        <v>90</v>
+      </c>
+      <c r="AO87" t="s">
+        <v>90</v>
+      </c>
+      <c r="AP87" t="s">
+        <v>90</v>
+      </c>
+      <c r="AQ87" t="s">
+        <v>90</v>
+      </c>
+      <c r="AR87" t="s">
+        <v>90</v>
+      </c>
+      <c r="AS87" t="s">
+        <v>90</v>
+      </c>
+      <c r="AT87" t="s">
+        <v>90</v>
+      </c>
+      <c r="AU87" t="s">
+        <v>90</v>
       </c>
     </row>
-    <row r="88" spans="1:8">
+    <row r="88" spans="1:47">
       <c r="A88" s="4"/>
       <c r="B88" s="4"/>
       <c r="C88" s="4"/>
       <c r="D88" s="4"/>
       <c r="E88" s="4"/>
       <c r="F88" s="4"/>
       <c r="G88" s="4"/>
       <c r="H88" s="4"/>
+      <c r="I88" s="4"/>
+      <c r="J88" s="4"/>
+      <c r="K88" s="4"/>
+      <c r="L88" s="4"/>
+      <c r="M88" s="4"/>
+      <c r="N88" s="4"/>
+      <c r="O88" s="4"/>
+      <c r="P88" s="4"/>
+      <c r="Q88" s="4"/>
+      <c r="R88" s="4"/>
+      <c r="S88" s="4"/>
+      <c r="T88" s="4"/>
+      <c r="U88" s="4"/>
+      <c r="V88" s="4"/>
+      <c r="W88" s="4"/>
+      <c r="X88" s="4"/>
+      <c r="Y88" s="4"/>
+      <c r="Z88" s="4"/>
+      <c r="AA88" s="4"/>
+      <c r="AB88" s="4"/>
+      <c r="AC88" s="4"/>
+      <c r="AD88" s="4"/>
+      <c r="AE88" s="4"/>
+      <c r="AF88" s="4"/>
+      <c r="AG88" s="4"/>
+      <c r="AH88" s="4"/>
+      <c r="AI88" s="4"/>
+      <c r="AJ88" s="4"/>
+      <c r="AK88" s="4"/>
+      <c r="AL88" s="4"/>
+      <c r="AM88" s="4"/>
+      <c r="AN88" s="4"/>
+      <c r="AO88" s="4"/>
+      <c r="AP88" s="4"/>
+      <c r="AQ88" s="4"/>
+      <c r="AR88" s="4"/>
+      <c r="AS88" s="4"/>
+      <c r="AT88" s="4"/>
+      <c r="AU88" s="4"/>
     </row>
-    <row r="89" spans="1:8">
+    <row r="89" spans="1:47">
       <c r="A89" s="2" t="s">
-        <v>40</v>
+        <v>91</v>
       </c>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
       <c r="D89" s="2"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2"/>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
+      <c r="I89" s="2"/>
+      <c r="J89" s="2"/>
+      <c r="K89" s="2"/>
+      <c r="L89" s="2"/>
+      <c r="M89" s="2"/>
+      <c r="N89" s="2"/>
+      <c r="O89" s="2"/>
+      <c r="P89" s="2"/>
+      <c r="Q89" s="2"/>
+      <c r="R89" s="2"/>
+      <c r="S89" s="2"/>
+      <c r="T89" s="2"/>
+      <c r="U89" s="2"/>
+      <c r="V89" s="2"/>
+      <c r="W89" s="2"/>
+      <c r="X89" s="2"/>
+      <c r="Y89" s="2"/>
+      <c r="Z89" s="2"/>
+      <c r="AA89" s="2"/>
+      <c r="AB89" s="2"/>
+      <c r="AC89" s="2"/>
+      <c r="AD89" s="2"/>
+      <c r="AE89" s="2"/>
+      <c r="AF89" s="2"/>
+      <c r="AG89" s="2"/>
+      <c r="AH89" s="2"/>
+      <c r="AI89" s="2"/>
+      <c r="AJ89" s="2"/>
+      <c r="AK89" s="2"/>
+      <c r="AL89" s="2"/>
+      <c r="AM89" s="2"/>
+      <c r="AN89" s="2"/>
+      <c r="AO89" s="2"/>
+      <c r="AP89" s="2"/>
+      <c r="AQ89" s="2"/>
+      <c r="AR89" s="2"/>
+      <c r="AS89" s="2"/>
+      <c r="AT89" s="2"/>
+      <c r="AU89" s="2"/>
     </row>
-    <row r="90" spans="1:8">
+    <row r="90" spans="1:47">
       <c r="A90" s="3" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="B90" s="3"/>
       <c r="C90" s="3"/>
       <c r="D90" s="3"/>
       <c r="E90" s="3"/>
       <c r="F90" s="3"/>
       <c r="G90" s="3"/>
       <c r="H90" s="3"/>
+      <c r="I90" s="3"/>
+      <c r="J90" s="3"/>
+      <c r="K90" s="3"/>
+      <c r="L90" s="3"/>
+      <c r="M90" s="3"/>
+      <c r="N90" s="3"/>
+      <c r="O90" s="3"/>
+      <c r="P90" s="3"/>
+      <c r="Q90" s="3"/>
+      <c r="R90" s="3"/>
+      <c r="S90" s="3"/>
+      <c r="T90" s="3"/>
+      <c r="U90" s="3"/>
+      <c r="V90" s="3"/>
+      <c r="W90" s="3"/>
+      <c r="X90" s="3"/>
+      <c r="Y90" s="3"/>
+      <c r="Z90" s="3"/>
+      <c r="AA90" s="3"/>
+      <c r="AB90" s="3"/>
+      <c r="AC90" s="3"/>
+      <c r="AD90" s="3"/>
+      <c r="AE90" s="3"/>
+      <c r="AF90" s="3"/>
+      <c r="AG90" s="3"/>
+      <c r="AH90" s="3"/>
+      <c r="AI90" s="3"/>
+      <c r="AJ90" s="3"/>
+      <c r="AK90" s="3"/>
+      <c r="AL90" s="3"/>
+      <c r="AM90" s="3"/>
+      <c r="AN90" s="3"/>
+      <c r="AO90" s="3"/>
+      <c r="AP90" s="3"/>
+      <c r="AQ90" s="3"/>
+      <c r="AR90" s="3"/>
+      <c r="AS90" s="3"/>
+      <c r="AT90" s="3"/>
+      <c r="AU90" s="3"/>
     </row>
-    <row r="91" spans="1:8">
+    <row r="91" spans="1:47">
       <c r="A91" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B91" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="C91" t="s">
-        <v>41</v>
+        <v>93</v>
       </c>
       <c r="D91" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="E91" t="s">
-        <v>41</v>
+        <v>93</v>
       </c>
       <c r="F91" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="G91" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="H91" t="s">
-        <v>41</v>
+        <v>92</v>
+      </c>
+      <c r="I91" t="s">
+        <v>92</v>
+      </c>
+      <c r="J91" t="s">
+        <v>92</v>
+      </c>
+      <c r="K91" t="s">
+        <v>92</v>
+      </c>
+      <c r="L91" t="s">
+        <v>93</v>
+      </c>
+      <c r="M91" t="s">
+        <v>93</v>
+      </c>
+      <c r="N91" t="s">
+        <v>93</v>
+      </c>
+      <c r="O91" t="s">
+        <v>93</v>
+      </c>
+      <c r="P91" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>93</v>
+      </c>
+      <c r="R91" t="s">
+        <v>93</v>
+      </c>
+      <c r="S91" t="s">
+        <v>93</v>
+      </c>
+      <c r="T91" t="s">
+        <v>93</v>
+      </c>
+      <c r="U91" t="s">
+        <v>93</v>
+      </c>
+      <c r="V91" t="s">
+        <v>93</v>
+      </c>
+      <c r="W91" t="s">
+        <v>93</v>
+      </c>
+      <c r="X91" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y91" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z91" t="s">
+        <v>93</v>
+      </c>
+      <c r="AA91" t="s">
+        <v>93</v>
+      </c>
+      <c r="AB91" t="s">
+        <v>93</v>
+      </c>
+      <c r="AC91" t="s">
+        <v>93</v>
+      </c>
+      <c r="AD91" t="s">
+        <v>93</v>
+      </c>
+      <c r="AE91" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF91" t="s">
+        <v>93</v>
+      </c>
+      <c r="AG91" t="s">
+        <v>93</v>
+      </c>
+      <c r="AH91" t="s">
+        <v>93</v>
+      </c>
+      <c r="AI91" t="s">
+        <v>92</v>
+      </c>
+      <c r="AJ91" t="s">
+        <v>92</v>
+      </c>
+      <c r="AK91" t="s">
+        <v>92</v>
+      </c>
+      <c r="AL91" t="s">
+        <v>92</v>
+      </c>
+      <c r="AM91" t="s">
+        <v>93</v>
+      </c>
+      <c r="AN91" t="s">
+        <v>92</v>
+      </c>
+      <c r="AO91" t="s">
+        <v>92</v>
+      </c>
+      <c r="AP91" t="s">
+        <v>92</v>
+      </c>
+      <c r="AQ91" t="s">
+        <v>92</v>
+      </c>
+      <c r="AR91" t="s">
+        <v>92</v>
+      </c>
+      <c r="AS91" t="s">
+        <v>92</v>
+      </c>
+      <c r="AT91" t="s">
+        <v>92</v>
+      </c>
+      <c r="AU91" t="s">
+        <v>92</v>
       </c>
     </row>
-    <row r="92" spans="1:8">
+    <row r="92" spans="1:47">
       <c r="A92" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="B92" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="C92" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="D92" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="E92" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="F92" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="G92" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="H92" t="s">
-        <v>24</v>
+        <v>52</v>
+      </c>
+      <c r="I92" t="s">
+        <v>52</v>
+      </c>
+      <c r="J92" t="s">
+        <v>52</v>
+      </c>
+      <c r="K92" t="s">
+        <v>52</v>
+      </c>
+      <c r="L92" t="s">
+        <v>52</v>
+      </c>
+      <c r="M92" t="s">
+        <v>52</v>
+      </c>
+      <c r="N92" t="s">
+        <v>52</v>
+      </c>
+      <c r="O92" t="s">
+        <v>52</v>
+      </c>
+      <c r="P92" t="s">
+        <v>52</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>52</v>
+      </c>
+      <c r="R92" t="s">
+        <v>52</v>
+      </c>
+      <c r="S92" t="s">
+        <v>52</v>
+      </c>
+      <c r="T92" t="s">
+        <v>52</v>
+      </c>
+      <c r="U92" t="s">
+        <v>52</v>
+      </c>
+      <c r="V92" t="s">
+        <v>52</v>
+      </c>
+      <c r="W92" t="s">
+        <v>52</v>
+      </c>
+      <c r="X92" t="s">
+        <v>52</v>
+      </c>
+      <c r="Y92" t="s">
+        <v>52</v>
+      </c>
+      <c r="Z92" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA92" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB92" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC92" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD92" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE92" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF92" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG92" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH92" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI92" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ92" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK92" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL92" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM92" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN92" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO92" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP92" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ92" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR92" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS92" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT92" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU92" t="s">
+        <v>52</v>
       </c>
     </row>
-    <row r="93" spans="1:8">
+    <row r="93" spans="1:47">
       <c r="A93" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="B93" t="s">
-        <v>42</v>
+        <v>94</v>
       </c>
       <c r="C93" t="s">
-        <v>42</v>
+        <v>95</v>
       </c>
       <c r="D93" t="s">
-        <v>42</v>
+        <v>94</v>
       </c>
       <c r="E93" t="s">
-        <v>42</v>
+        <v>95</v>
       </c>
       <c r="F93" t="s">
-        <v>42</v>
+        <v>94</v>
       </c>
       <c r="G93" t="s">
-        <v>42</v>
+        <v>94</v>
       </c>
       <c r="H93" t="s">
-        <v>42</v>
+        <v>94</v>
+      </c>
+      <c r="I93" t="s">
+        <v>94</v>
+      </c>
+      <c r="J93" t="s">
+        <v>94</v>
+      </c>
+      <c r="K93" t="s">
+        <v>94</v>
+      </c>
+      <c r="L93" t="s">
+        <v>95</v>
+      </c>
+      <c r="M93" t="s">
+        <v>95</v>
+      </c>
+      <c r="N93" t="s">
+        <v>95</v>
+      </c>
+      <c r="O93" t="s">
+        <v>95</v>
+      </c>
+      <c r="P93" t="s">
+        <v>95</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>95</v>
+      </c>
+      <c r="R93" t="s">
+        <v>95</v>
+      </c>
+      <c r="S93" t="s">
+        <v>95</v>
+      </c>
+      <c r="T93" t="s">
+        <v>95</v>
+      </c>
+      <c r="U93" t="s">
+        <v>95</v>
+      </c>
+      <c r="V93" t="s">
+        <v>95</v>
+      </c>
+      <c r="W93" t="s">
+        <v>95</v>
+      </c>
+      <c r="X93" t="s">
+        <v>95</v>
+      </c>
+      <c r="Y93" t="s">
+        <v>95</v>
+      </c>
+      <c r="Z93" t="s">
+        <v>95</v>
+      </c>
+      <c r="AA93" t="s">
+        <v>95</v>
+      </c>
+      <c r="AB93" t="s">
+        <v>95</v>
+      </c>
+      <c r="AC93" t="s">
+        <v>95</v>
+      </c>
+      <c r="AD93" t="s">
+        <v>95</v>
+      </c>
+      <c r="AE93" t="s">
+        <v>95</v>
+      </c>
+      <c r="AF93" t="s">
+        <v>95</v>
+      </c>
+      <c r="AG93" t="s">
+        <v>95</v>
+      </c>
+      <c r="AH93" t="s">
+        <v>95</v>
+      </c>
+      <c r="AI93" t="s">
+        <v>94</v>
+      </c>
+      <c r="AJ93" t="s">
+        <v>94</v>
+      </c>
+      <c r="AK93" t="s">
+        <v>94</v>
+      </c>
+      <c r="AL93" t="s">
+        <v>94</v>
+      </c>
+      <c r="AM93" t="s">
+        <v>95</v>
+      </c>
+      <c r="AN93" t="s">
+        <v>94</v>
+      </c>
+      <c r="AO93" t="s">
+        <v>94</v>
+      </c>
+      <c r="AP93" t="s">
+        <v>94</v>
+      </c>
+      <c r="AQ93" t="s">
+        <v>94</v>
+      </c>
+      <c r="AR93" t="s">
+        <v>94</v>
+      </c>
+      <c r="AS93" t="s">
+        <v>94</v>
+      </c>
+      <c r="AT93" t="s">
+        <v>94</v>
+      </c>
+      <c r="AU93" t="s">
+        <v>94</v>
       </c>
     </row>
-    <row r="94" spans="1:8">
+    <row r="94" spans="1:47">
       <c r="A94" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B94" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="C94" t="s">
-        <v>41</v>
+        <v>93</v>
       </c>
       <c r="D94" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="E94" t="s">
-        <v>41</v>
+        <v>93</v>
       </c>
       <c r="F94" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="G94" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="H94" t="s">
-        <v>41</v>
+        <v>92</v>
+      </c>
+      <c r="I94" t="s">
+        <v>92</v>
+      </c>
+      <c r="J94" t="s">
+        <v>92</v>
+      </c>
+      <c r="K94" t="s">
+        <v>92</v>
+      </c>
+      <c r="L94" t="s">
+        <v>93</v>
+      </c>
+      <c r="M94" t="s">
+        <v>93</v>
+      </c>
+      <c r="N94" t="s">
+        <v>93</v>
+      </c>
+      <c r="O94" t="s">
+        <v>93</v>
+      </c>
+      <c r="P94" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>93</v>
+      </c>
+      <c r="R94" t="s">
+        <v>93</v>
+      </c>
+      <c r="S94" t="s">
+        <v>93</v>
+      </c>
+      <c r="T94" t="s">
+        <v>93</v>
+      </c>
+      <c r="U94" t="s">
+        <v>93</v>
+      </c>
+      <c r="V94" t="s">
+        <v>93</v>
+      </c>
+      <c r="W94" t="s">
+        <v>93</v>
+      </c>
+      <c r="X94" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y94" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z94" t="s">
+        <v>93</v>
+      </c>
+      <c r="AA94" t="s">
+        <v>93</v>
+      </c>
+      <c r="AB94" t="s">
+        <v>93</v>
+      </c>
+      <c r="AC94" t="s">
+        <v>93</v>
+      </c>
+      <c r="AD94" t="s">
+        <v>93</v>
+      </c>
+      <c r="AE94" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF94" t="s">
+        <v>93</v>
+      </c>
+      <c r="AG94" t="s">
+        <v>93</v>
+      </c>
+      <c r="AH94" t="s">
+        <v>93</v>
+      </c>
+      <c r="AI94" t="s">
+        <v>92</v>
+      </c>
+      <c r="AJ94" t="s">
+        <v>92</v>
+      </c>
+      <c r="AK94" t="s">
+        <v>92</v>
+      </c>
+      <c r="AL94" t="s">
+        <v>92</v>
+      </c>
+      <c r="AM94" t="s">
+        <v>93</v>
+      </c>
+      <c r="AN94" t="s">
+        <v>92</v>
+      </c>
+      <c r="AO94" t="s">
+        <v>92</v>
+      </c>
+      <c r="AP94" t="s">
+        <v>92</v>
+      </c>
+      <c r="AQ94" t="s">
+        <v>92</v>
+      </c>
+      <c r="AR94" t="s">
+        <v>92</v>
+      </c>
+      <c r="AS94" t="s">
+        <v>92</v>
+      </c>
+      <c r="AT94" t="s">
+        <v>92</v>
+      </c>
+      <c r="AU94" t="s">
+        <v>92</v>
       </c>
     </row>
-    <row r="95" spans="1:8">
+    <row r="95" spans="1:47">
       <c r="A95" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="B95" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="C95" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="D95" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="E95" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="F95" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="G95" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="H95" t="s">
-        <v>26</v>
+        <v>58</v>
+      </c>
+      <c r="I95" t="s">
+        <v>58</v>
+      </c>
+      <c r="J95" t="s">
+        <v>58</v>
+      </c>
+      <c r="K95" t="s">
+        <v>58</v>
+      </c>
+      <c r="L95" t="s">
+        <v>58</v>
+      </c>
+      <c r="M95" t="s">
+        <v>58</v>
+      </c>
+      <c r="N95" t="s">
+        <v>58</v>
+      </c>
+      <c r="O95" t="s">
+        <v>58</v>
+      </c>
+      <c r="P95" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>58</v>
+      </c>
+      <c r="R95" t="s">
+        <v>58</v>
+      </c>
+      <c r="S95" t="s">
+        <v>58</v>
+      </c>
+      <c r="T95" t="s">
+        <v>58</v>
+      </c>
+      <c r="U95" t="s">
+        <v>58</v>
+      </c>
+      <c r="V95" t="s">
+        <v>58</v>
+      </c>
+      <c r="W95" t="s">
+        <v>58</v>
+      </c>
+      <c r="X95" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y95" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z95" t="s">
+        <v>58</v>
+      </c>
+      <c r="AA95" t="s">
+        <v>58</v>
+      </c>
+      <c r="AB95" t="s">
+        <v>58</v>
+      </c>
+      <c r="AC95" t="s">
+        <v>58</v>
+      </c>
+      <c r="AD95" t="s">
+        <v>58</v>
+      </c>
+      <c r="AE95" t="s">
+        <v>58</v>
+      </c>
+      <c r="AF95" t="s">
+        <v>58</v>
+      </c>
+      <c r="AG95" t="s">
+        <v>58</v>
+      </c>
+      <c r="AH95" t="s">
+        <v>58</v>
+      </c>
+      <c r="AI95" t="s">
+        <v>58</v>
+      </c>
+      <c r="AJ95" t="s">
+        <v>58</v>
+      </c>
+      <c r="AK95" t="s">
+        <v>58</v>
+      </c>
+      <c r="AL95" t="s">
+        <v>58</v>
+      </c>
+      <c r="AM95" t="s">
+        <v>58</v>
+      </c>
+      <c r="AN95" t="s">
+        <v>58</v>
+      </c>
+      <c r="AO95" t="s">
+        <v>58</v>
+      </c>
+      <c r="AP95" t="s">
+        <v>58</v>
+      </c>
+      <c r="AQ95" t="s">
+        <v>58</v>
+      </c>
+      <c r="AR95" t="s">
+        <v>58</v>
+      </c>
+      <c r="AS95" t="s">
+        <v>58</v>
+      </c>
+      <c r="AT95" t="s">
+        <v>58</v>
+      </c>
+      <c r="AU95" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="96" spans="1:8">
+    <row r="96" spans="1:47">
       <c r="A96" s="3" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="B96" s="3"/>
       <c r="C96" s="3"/>
       <c r="D96" s="3"/>
       <c r="E96" s="3"/>
       <c r="F96" s="3"/>
       <c r="G96" s="3"/>
       <c r="H96" s="3"/>
+      <c r="I96" s="3"/>
+      <c r="J96" s="3"/>
+      <c r="K96" s="3"/>
+      <c r="L96" s="3"/>
+      <c r="M96" s="3"/>
+      <c r="N96" s="3"/>
+      <c r="O96" s="3"/>
+      <c r="P96" s="3"/>
+      <c r="Q96" s="3"/>
+      <c r="R96" s="3"/>
+      <c r="S96" s="3"/>
+      <c r="T96" s="3"/>
+      <c r="U96" s="3"/>
+      <c r="V96" s="3"/>
+      <c r="W96" s="3"/>
+      <c r="X96" s="3"/>
+      <c r="Y96" s="3"/>
+      <c r="Z96" s="3"/>
+      <c r="AA96" s="3"/>
+      <c r="AB96" s="3"/>
+      <c r="AC96" s="3"/>
+      <c r="AD96" s="3"/>
+      <c r="AE96" s="3"/>
+      <c r="AF96" s="3"/>
+      <c r="AG96" s="3"/>
+      <c r="AH96" s="3"/>
+      <c r="AI96" s="3"/>
+      <c r="AJ96" s="3"/>
+      <c r="AK96" s="3"/>
+      <c r="AL96" s="3"/>
+      <c r="AM96" s="3"/>
+      <c r="AN96" s="3"/>
+      <c r="AO96" s="3"/>
+      <c r="AP96" s="3"/>
+      <c r="AQ96" s="3"/>
+      <c r="AR96" s="3"/>
+      <c r="AS96" s="3"/>
+      <c r="AT96" s="3"/>
+      <c r="AU96" s="3"/>
     </row>
-    <row r="97" spans="1:8">
+    <row r="97" spans="1:47">
       <c r="A97" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B97" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="C97" t="s">
-        <v>41</v>
+        <v>93</v>
       </c>
       <c r="D97" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="E97" t="s">
-        <v>41</v>
+        <v>93</v>
       </c>
       <c r="F97" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="G97" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="H97" t="s">
-        <v>41</v>
+        <v>92</v>
+      </c>
+      <c r="I97" t="s">
+        <v>92</v>
+      </c>
+      <c r="J97" t="s">
+        <v>92</v>
+      </c>
+      <c r="K97" t="s">
+        <v>92</v>
+      </c>
+      <c r="L97" t="s">
+        <v>93</v>
+      </c>
+      <c r="M97" t="s">
+        <v>93</v>
+      </c>
+      <c r="N97" t="s">
+        <v>93</v>
+      </c>
+      <c r="O97" t="s">
+        <v>93</v>
+      </c>
+      <c r="P97" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>93</v>
+      </c>
+      <c r="R97" t="s">
+        <v>93</v>
+      </c>
+      <c r="S97" t="s">
+        <v>93</v>
+      </c>
+      <c r="T97" t="s">
+        <v>93</v>
+      </c>
+      <c r="U97" t="s">
+        <v>93</v>
+      </c>
+      <c r="V97" t="s">
+        <v>93</v>
+      </c>
+      <c r="W97" t="s">
+        <v>93</v>
+      </c>
+      <c r="X97" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y97" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z97" t="s">
+        <v>93</v>
+      </c>
+      <c r="AA97" t="s">
+        <v>93</v>
+      </c>
+      <c r="AB97" t="s">
+        <v>93</v>
+      </c>
+      <c r="AC97" t="s">
+        <v>93</v>
+      </c>
+      <c r="AD97" t="s">
+        <v>93</v>
+      </c>
+      <c r="AE97" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF97" t="s">
+        <v>93</v>
+      </c>
+      <c r="AG97" t="s">
+        <v>93</v>
+      </c>
+      <c r="AH97" t="s">
+        <v>93</v>
+      </c>
+      <c r="AI97" t="s">
+        <v>92</v>
+      </c>
+      <c r="AJ97" t="s">
+        <v>92</v>
+      </c>
+      <c r="AK97" t="s">
+        <v>92</v>
+      </c>
+      <c r="AL97" t="s">
+        <v>92</v>
+      </c>
+      <c r="AM97" t="s">
+        <v>93</v>
+      </c>
+      <c r="AN97" t="s">
+        <v>92</v>
+      </c>
+      <c r="AO97" t="s">
+        <v>92</v>
+      </c>
+      <c r="AP97" t="s">
+        <v>92</v>
+      </c>
+      <c r="AQ97" t="s">
+        <v>92</v>
+      </c>
+      <c r="AR97" t="s">
+        <v>92</v>
+      </c>
+      <c r="AS97" t="s">
+        <v>92</v>
+      </c>
+      <c r="AT97" t="s">
+        <v>92</v>
+      </c>
+      <c r="AU97" t="s">
+        <v>92</v>
       </c>
     </row>
-    <row r="98" spans="1:8">
+    <row r="98" spans="1:47">
       <c r="A98" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="B98" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="C98" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="D98" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="E98" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="F98" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="G98" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="H98" t="s">
-        <v>24</v>
+        <v>52</v>
+      </c>
+      <c r="I98" t="s">
+        <v>52</v>
+      </c>
+      <c r="J98" t="s">
+        <v>52</v>
+      </c>
+      <c r="K98" t="s">
+        <v>52</v>
+      </c>
+      <c r="L98" t="s">
+        <v>52</v>
+      </c>
+      <c r="M98" t="s">
+        <v>52</v>
+      </c>
+      <c r="N98" t="s">
+        <v>52</v>
+      </c>
+      <c r="O98" t="s">
+        <v>52</v>
+      </c>
+      <c r="P98" t="s">
+        <v>52</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>52</v>
+      </c>
+      <c r="R98" t="s">
+        <v>52</v>
+      </c>
+      <c r="S98" t="s">
+        <v>52</v>
+      </c>
+      <c r="T98" t="s">
+        <v>52</v>
+      </c>
+      <c r="U98" t="s">
+        <v>52</v>
+      </c>
+      <c r="V98" t="s">
+        <v>52</v>
+      </c>
+      <c r="W98" t="s">
+        <v>52</v>
+      </c>
+      <c r="X98" t="s">
+        <v>52</v>
+      </c>
+      <c r="Y98" t="s">
+        <v>52</v>
+      </c>
+      <c r="Z98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AA98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AB98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AC98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AD98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AE98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AH98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AJ98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AK98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AN98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AO98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AP98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AQ98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AR98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AS98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AT98" t="s">
+        <v>52</v>
+      </c>
+      <c r="AU98" t="s">
+        <v>52</v>
       </c>
     </row>
-    <row r="99" spans="1:8">
+    <row r="99" spans="1:47">
       <c r="A99" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B99" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="C99" t="s">
-        <v>41</v>
+        <v>93</v>
       </c>
       <c r="D99" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="E99" t="s">
-        <v>41</v>
+        <v>93</v>
       </c>
       <c r="F99" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="G99" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="H99" t="s">
-        <v>41</v>
+        <v>92</v>
+      </c>
+      <c r="I99" t="s">
+        <v>92</v>
+      </c>
+      <c r="J99" t="s">
+        <v>92</v>
+      </c>
+      <c r="K99" t="s">
+        <v>92</v>
+      </c>
+      <c r="L99" t="s">
+        <v>93</v>
+      </c>
+      <c r="M99" t="s">
+        <v>93</v>
+      </c>
+      <c r="N99" t="s">
+        <v>93</v>
+      </c>
+      <c r="O99" t="s">
+        <v>93</v>
+      </c>
+      <c r="P99" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>93</v>
+      </c>
+      <c r="R99" t="s">
+        <v>93</v>
+      </c>
+      <c r="S99" t="s">
+        <v>93</v>
+      </c>
+      <c r="T99" t="s">
+        <v>93</v>
+      </c>
+      <c r="U99" t="s">
+        <v>93</v>
+      </c>
+      <c r="V99" t="s">
+        <v>93</v>
+      </c>
+      <c r="W99" t="s">
+        <v>93</v>
+      </c>
+      <c r="X99" t="s">
+        <v>93</v>
+      </c>
+      <c r="Y99" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z99" t="s">
+        <v>93</v>
+      </c>
+      <c r="AA99" t="s">
+        <v>93</v>
+      </c>
+      <c r="AB99" t="s">
+        <v>93</v>
+      </c>
+      <c r="AC99" t="s">
+        <v>93</v>
+      </c>
+      <c r="AD99" t="s">
+        <v>93</v>
+      </c>
+      <c r="AE99" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF99" t="s">
+        <v>93</v>
+      </c>
+      <c r="AG99" t="s">
+        <v>93</v>
+      </c>
+      <c r="AH99" t="s">
+        <v>93</v>
+      </c>
+      <c r="AI99" t="s">
+        <v>92</v>
+      </c>
+      <c r="AJ99" t="s">
+        <v>92</v>
+      </c>
+      <c r="AK99" t="s">
+        <v>92</v>
+      </c>
+      <c r="AL99" t="s">
+        <v>92</v>
+      </c>
+      <c r="AM99" t="s">
+        <v>93</v>
+      </c>
+      <c r="AN99" t="s">
+        <v>92</v>
+      </c>
+      <c r="AO99" t="s">
+        <v>92</v>
+      </c>
+      <c r="AP99" t="s">
+        <v>92</v>
+      </c>
+      <c r="AQ99" t="s">
+        <v>92</v>
+      </c>
+      <c r="AR99" t="s">
+        <v>92</v>
+      </c>
+      <c r="AS99" t="s">
+        <v>92</v>
+      </c>
+      <c r="AT99" t="s">
+        <v>92</v>
+      </c>
+      <c r="AU99" t="s">
+        <v>92</v>
       </c>
     </row>
-    <row r="100" spans="1:8">
+    <row r="100" spans="1:47">
       <c r="A100" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="B100" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="C100" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="D100" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="E100" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="F100" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="G100" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="H100" t="s">
-        <v>26</v>
+        <v>58</v>
+      </c>
+      <c r="I100" t="s">
+        <v>58</v>
+      </c>
+      <c r="J100" t="s">
+        <v>58</v>
+      </c>
+      <c r="K100" t="s">
+        <v>58</v>
+      </c>
+      <c r="L100" t="s">
+        <v>58</v>
+      </c>
+      <c r="M100" t="s">
+        <v>58</v>
+      </c>
+      <c r="N100" t="s">
+        <v>58</v>
+      </c>
+      <c r="O100" t="s">
+        <v>58</v>
+      </c>
+      <c r="P100" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>58</v>
+      </c>
+      <c r="R100" t="s">
+        <v>58</v>
+      </c>
+      <c r="S100" t="s">
+        <v>58</v>
+      </c>
+      <c r="T100" t="s">
+        <v>58</v>
+      </c>
+      <c r="U100" t="s">
+        <v>58</v>
+      </c>
+      <c r="V100" t="s">
+        <v>58</v>
+      </c>
+      <c r="W100" t="s">
+        <v>58</v>
+      </c>
+      <c r="X100" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y100" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AA100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AB100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AC100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AD100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AE100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AF100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AG100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AH100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AI100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AJ100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AK100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AL100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AM100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AN100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AO100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AP100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AQ100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AR100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AS100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AT100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AU100" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="101" spans="1:8">
+    <row r="101" spans="1:47">
       <c r="A101" s="4"/>
       <c r="B101" s="4"/>
       <c r="C101" s="4"/>
       <c r="D101" s="4"/>
       <c r="E101" s="4"/>
       <c r="F101" s="4"/>
       <c r="G101" s="4"/>
       <c r="H101" s="4"/>
+      <c r="I101" s="4"/>
+      <c r="J101" s="4"/>
+      <c r="K101" s="4"/>
+      <c r="L101" s="4"/>
+      <c r="M101" s="4"/>
+      <c r="N101" s="4"/>
+      <c r="O101" s="4"/>
+      <c r="P101" s="4"/>
+      <c r="Q101" s="4"/>
+      <c r="R101" s="4"/>
+      <c r="S101" s="4"/>
+      <c r="T101" s="4"/>
+      <c r="U101" s="4"/>
+      <c r="V101" s="4"/>
+      <c r="W101" s="4"/>
+      <c r="X101" s="4"/>
+      <c r="Y101" s="4"/>
+      <c r="Z101" s="4"/>
+      <c r="AA101" s="4"/>
+      <c r="AB101" s="4"/>
+      <c r="AC101" s="4"/>
+      <c r="AD101" s="4"/>
+      <c r="AE101" s="4"/>
+      <c r="AF101" s="4"/>
+      <c r="AG101" s="4"/>
+      <c r="AH101" s="4"/>
+      <c r="AI101" s="4"/>
+      <c r="AJ101" s="4"/>
+      <c r="AK101" s="4"/>
+      <c r="AL101" s="4"/>
+      <c r="AM101" s="4"/>
+      <c r="AN101" s="4"/>
+      <c r="AO101" s="4"/>
+      <c r="AP101" s="4"/>
+      <c r="AQ101" s="4"/>
+      <c r="AR101" s="4"/>
+      <c r="AS101" s="4"/>
+      <c r="AT101" s="4"/>
+      <c r="AU101" s="4"/>
     </row>
-    <row r="102" spans="1:8">
+    <row r="102" spans="1:47">
       <c r="A102" s="2" t="s">
-        <v>43</v>
+        <v>96</v>
       </c>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="2"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
+      <c r="I102" s="2"/>
+      <c r="J102" s="2"/>
+      <c r="K102" s="2"/>
+      <c r="L102" s="2"/>
+      <c r="M102" s="2"/>
+      <c r="N102" s="2"/>
+      <c r="O102" s="2"/>
+      <c r="P102" s="2"/>
+      <c r="Q102" s="2"/>
+      <c r="R102" s="2"/>
+      <c r="S102" s="2"/>
+      <c r="T102" s="2"/>
+      <c r="U102" s="2"/>
+      <c r="V102" s="2"/>
+      <c r="W102" s="2"/>
+      <c r="X102" s="2"/>
+      <c r="Y102" s="2"/>
+      <c r="Z102" s="2"/>
+      <c r="AA102" s="2"/>
+      <c r="AB102" s="2"/>
+      <c r="AC102" s="2"/>
+      <c r="AD102" s="2"/>
+      <c r="AE102" s="2"/>
+      <c r="AF102" s="2"/>
+      <c r="AG102" s="2"/>
+      <c r="AH102" s="2"/>
+      <c r="AI102" s="2"/>
+      <c r="AJ102" s="2"/>
+      <c r="AK102" s="2"/>
+      <c r="AL102" s="2"/>
+      <c r="AM102" s="2"/>
+      <c r="AN102" s="2"/>
+      <c r="AO102" s="2"/>
+      <c r="AP102" s="2"/>
+      <c r="AQ102" s="2"/>
+      <c r="AR102" s="2"/>
+      <c r="AS102" s="2"/>
+      <c r="AT102" s="2"/>
+      <c r="AU102" s="2"/>
     </row>
-    <row r="103" spans="1:8">
+    <row r="103" spans="1:47">
       <c r="A103" s="3" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="B103" s="3"/>
       <c r="C103" s="3"/>
       <c r="D103" s="3"/>
       <c r="E103" s="3"/>
       <c r="F103" s="3"/>
       <c r="G103" s="3"/>
       <c r="H103" s="3"/>
+      <c r="I103" s="3"/>
+      <c r="J103" s="3"/>
+      <c r="K103" s="3"/>
+      <c r="L103" s="3"/>
+      <c r="M103" s="3"/>
+      <c r="N103" s="3"/>
+      <c r="O103" s="3"/>
+      <c r="P103" s="3"/>
+      <c r="Q103" s="3"/>
+      <c r="R103" s="3"/>
+      <c r="S103" s="3"/>
+      <c r="T103" s="3"/>
+      <c r="U103" s="3"/>
+      <c r="V103" s="3"/>
+      <c r="W103" s="3"/>
+      <c r="X103" s="3"/>
+      <c r="Y103" s="3"/>
+      <c r="Z103" s="3"/>
+      <c r="AA103" s="3"/>
+      <c r="AB103" s="3"/>
+      <c r="AC103" s="3"/>
+      <c r="AD103" s="3"/>
+      <c r="AE103" s="3"/>
+      <c r="AF103" s="3"/>
+      <c r="AG103" s="3"/>
+      <c r="AH103" s="3"/>
+      <c r="AI103" s="3"/>
+      <c r="AJ103" s="3"/>
+      <c r="AK103" s="3"/>
+      <c r="AL103" s="3"/>
+      <c r="AM103" s="3"/>
+      <c r="AN103" s="3"/>
+      <c r="AO103" s="3"/>
+      <c r="AP103" s="3"/>
+      <c r="AQ103" s="3"/>
+      <c r="AR103" s="3"/>
+      <c r="AS103" s="3"/>
+      <c r="AT103" s="3"/>
+      <c r="AU103" s="3"/>
     </row>
-    <row r="104" spans="1:8">
+    <row r="104" spans="1:47">
       <c r="A104" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B104" t="s">
-        <v>44</v>
+        <v>97</v>
       </c>
       <c r="C104" t="s">
-        <v>44</v>
+        <v>98</v>
       </c>
       <c r="D104" t="s">
-        <v>44</v>
+        <v>97</v>
       </c>
       <c r="E104" t="s">
-        <v>44</v>
+        <v>98</v>
       </c>
       <c r="F104" t="s">
-        <v>44</v>
+        <v>97</v>
       </c>
       <c r="G104" t="s">
-        <v>44</v>
+        <v>97</v>
       </c>
       <c r="H104" t="s">
-        <v>44</v>
+        <v>97</v>
+      </c>
+      <c r="I104" t="s">
+        <v>97</v>
+      </c>
+      <c r="J104" t="s">
+        <v>97</v>
+      </c>
+      <c r="K104" t="s">
+        <v>97</v>
+      </c>
+      <c r="L104" t="s">
+        <v>98</v>
+      </c>
+      <c r="M104" t="s">
+        <v>98</v>
+      </c>
+      <c r="N104" t="s">
+        <v>98</v>
+      </c>
+      <c r="O104" t="s">
+        <v>97</v>
+      </c>
+      <c r="P104" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>97</v>
+      </c>
+      <c r="R104" t="s">
+        <v>97</v>
+      </c>
+      <c r="S104" t="s">
+        <v>98</v>
+      </c>
+      <c r="T104" t="s">
+        <v>97</v>
+      </c>
+      <c r="U104" t="s">
+        <v>97</v>
+      </c>
+      <c r="V104" t="s">
+        <v>97</v>
+      </c>
+      <c r="W104" t="s">
+        <v>97</v>
+      </c>
+      <c r="X104" t="s">
+        <v>97</v>
+      </c>
+      <c r="Y104" t="s">
+        <v>97</v>
+      </c>
+      <c r="Z104" t="s">
+        <v>97</v>
+      </c>
+      <c r="AA104" t="s">
+        <v>97</v>
+      </c>
+      <c r="AB104" t="s">
+        <v>97</v>
+      </c>
+      <c r="AC104" t="s">
+        <v>97</v>
+      </c>
+      <c r="AD104" t="s">
+        <v>97</v>
+      </c>
+      <c r="AE104" t="s">
+        <v>97</v>
+      </c>
+      <c r="AF104" t="s">
+        <v>97</v>
+      </c>
+      <c r="AG104" t="s">
+        <v>97</v>
+      </c>
+      <c r="AH104" t="s">
+        <v>97</v>
+      </c>
+      <c r="AI104" t="s">
+        <v>97</v>
+      </c>
+      <c r="AJ104" t="s">
+        <v>97</v>
+      </c>
+      <c r="AK104" t="s">
+        <v>97</v>
+      </c>
+      <c r="AL104" t="s">
+        <v>97</v>
+      </c>
+      <c r="AM104" t="s">
+        <v>98</v>
+      </c>
+      <c r="AN104" t="s">
+        <v>97</v>
+      </c>
+      <c r="AO104" t="s">
+        <v>97</v>
+      </c>
+      <c r="AP104" t="s">
+        <v>97</v>
+      </c>
+      <c r="AQ104" t="s">
+        <v>97</v>
+      </c>
+      <c r="AR104" t="s">
+        <v>97</v>
+      </c>
+      <c r="AS104" t="s">
+        <v>97</v>
+      </c>
+      <c r="AT104" t="s">
+        <v>97</v>
+      </c>
+      <c r="AU104" t="s">
+        <v>97</v>
       </c>
     </row>
-    <row r="105" spans="1:8">
+    <row r="105" spans="1:47">
       <c r="A105" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="B105" t="s">
-        <v>45</v>
+        <v>99</v>
       </c>
       <c r="C105" t="s">
-        <v>45</v>
+        <v>99</v>
       </c>
       <c r="D105" t="s">
-        <v>45</v>
+        <v>99</v>
       </c>
       <c r="E105" t="s">
-        <v>45</v>
+        <v>99</v>
       </c>
       <c r="F105" t="s">
-        <v>45</v>
+        <v>99</v>
       </c>
       <c r="G105" t="s">
-        <v>45</v>
+        <v>99</v>
       </c>
       <c r="H105" t="s">
-        <v>45</v>
+        <v>99</v>
+      </c>
+      <c r="I105" t="s">
+        <v>99</v>
+      </c>
+      <c r="J105" t="s">
+        <v>99</v>
+      </c>
+      <c r="K105" t="s">
+        <v>99</v>
+      </c>
+      <c r="L105" t="s">
+        <v>99</v>
+      </c>
+      <c r="M105" t="s">
+        <v>99</v>
+      </c>
+      <c r="N105" t="s">
+        <v>99</v>
+      </c>
+      <c r="O105" t="s">
+        <v>99</v>
+      </c>
+      <c r="P105" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>99</v>
+      </c>
+      <c r="R105" t="s">
+        <v>99</v>
+      </c>
+      <c r="S105" t="s">
+        <v>99</v>
+      </c>
+      <c r="T105" t="s">
+        <v>99</v>
+      </c>
+      <c r="U105" t="s">
+        <v>99</v>
+      </c>
+      <c r="V105" t="s">
+        <v>99</v>
+      </c>
+      <c r="W105" t="s">
+        <v>99</v>
+      </c>
+      <c r="X105" t="s">
+        <v>99</v>
+      </c>
+      <c r="Y105" t="s">
+        <v>99</v>
+      </c>
+      <c r="Z105" t="s">
+        <v>99</v>
+      </c>
+      <c r="AA105" t="s">
+        <v>99</v>
+      </c>
+      <c r="AB105" t="s">
+        <v>99</v>
+      </c>
+      <c r="AC105" t="s">
+        <v>99</v>
+      </c>
+      <c r="AD105" t="s">
+        <v>99</v>
+      </c>
+      <c r="AE105" t="s">
+        <v>99</v>
+      </c>
+      <c r="AF105" t="s">
+        <v>99</v>
+      </c>
+      <c r="AG105" t="s">
+        <v>99</v>
+      </c>
+      <c r="AH105" t="s">
+        <v>99</v>
+      </c>
+      <c r="AI105" t="s">
+        <v>99</v>
+      </c>
+      <c r="AJ105" t="s">
+        <v>99</v>
+      </c>
+      <c r="AK105" t="s">
+        <v>99</v>
+      </c>
+      <c r="AL105" t="s">
+        <v>99</v>
+      </c>
+      <c r="AM105" t="s">
+        <v>99</v>
+      </c>
+      <c r="AN105" t="s">
+        <v>99</v>
+      </c>
+      <c r="AO105" t="s">
+        <v>99</v>
+      </c>
+      <c r="AP105" t="s">
+        <v>99</v>
+      </c>
+      <c r="AQ105" t="s">
+        <v>99</v>
+      </c>
+      <c r="AR105" t="s">
+        <v>99</v>
+      </c>
+      <c r="AS105" t="s">
+        <v>99</v>
+      </c>
+      <c r="AT105" t="s">
+        <v>99</v>
+      </c>
+      <c r="AU105" t="s">
+        <v>99</v>
       </c>
     </row>
-    <row r="106" spans="1:8">
+    <row r="106" spans="1:47">
       <c r="A106" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="B106" t="s">
-        <v>46</v>
+        <v>100</v>
       </c>
       <c r="C106" t="s">
-        <v>46</v>
+        <v>101</v>
       </c>
       <c r="D106" t="s">
-        <v>46</v>
+        <v>100</v>
       </c>
       <c r="E106" t="s">
-        <v>46</v>
+        <v>101</v>
       </c>
       <c r="F106" t="s">
-        <v>46</v>
+        <v>100</v>
       </c>
       <c r="G106" t="s">
-        <v>46</v>
+        <v>100</v>
       </c>
       <c r="H106" t="s">
-        <v>46</v>
+        <v>100</v>
+      </c>
+      <c r="I106" t="s">
+        <v>100</v>
+      </c>
+      <c r="J106" t="s">
+        <v>100</v>
+      </c>
+      <c r="K106" t="s">
+        <v>100</v>
+      </c>
+      <c r="L106" t="s">
+        <v>101</v>
+      </c>
+      <c r="M106" t="s">
+        <v>101</v>
+      </c>
+      <c r="N106" t="s">
+        <v>101</v>
+      </c>
+      <c r="O106" t="s">
+        <v>100</v>
+      </c>
+      <c r="P106" t="s">
+        <v>100</v>
+      </c>
+      <c r="Q106" t="s">
+        <v>100</v>
+      </c>
+      <c r="R106" t="s">
+        <v>100</v>
+      </c>
+      <c r="S106" t="s">
+        <v>101</v>
+      </c>
+      <c r="T106" t="s">
+        <v>100</v>
+      </c>
+      <c r="U106" t="s">
+        <v>100</v>
+      </c>
+      <c r="V106" t="s">
+        <v>100</v>
+      </c>
+      <c r="W106" t="s">
+        <v>100</v>
+      </c>
+      <c r="X106" t="s">
+        <v>100</v>
+      </c>
+      <c r="Y106" t="s">
+        <v>100</v>
+      </c>
+      <c r="Z106" t="s">
+        <v>100</v>
+      </c>
+      <c r="AA106" t="s">
+        <v>100</v>
+      </c>
+      <c r="AB106" t="s">
+        <v>100</v>
+      </c>
+      <c r="AC106" t="s">
+        <v>100</v>
+      </c>
+      <c r="AD106" t="s">
+        <v>100</v>
+      </c>
+      <c r="AE106" t="s">
+        <v>100</v>
+      </c>
+      <c r="AF106" t="s">
+        <v>100</v>
+      </c>
+      <c r="AG106" t="s">
+        <v>100</v>
+      </c>
+      <c r="AH106" t="s">
+        <v>100</v>
+      </c>
+      <c r="AI106" t="s">
+        <v>100</v>
+      </c>
+      <c r="AJ106" t="s">
+        <v>100</v>
+      </c>
+      <c r="AK106" t="s">
+        <v>100</v>
+      </c>
+      <c r="AL106" t="s">
+        <v>100</v>
+      </c>
+      <c r="AM106" t="s">
+        <v>101</v>
+      </c>
+      <c r="AN106" t="s">
+        <v>100</v>
+      </c>
+      <c r="AO106" t="s">
+        <v>100</v>
+      </c>
+      <c r="AP106" t="s">
+        <v>100</v>
+      </c>
+      <c r="AQ106" t="s">
+        <v>100</v>
+      </c>
+      <c r="AR106" t="s">
+        <v>100</v>
+      </c>
+      <c r="AS106" t="s">
+        <v>100</v>
+      </c>
+      <c r="AT106" t="s">
+        <v>100</v>
+      </c>
+      <c r="AU106" t="s">
+        <v>100</v>
       </c>
     </row>
-    <row r="107" spans="1:8">
+    <row r="107" spans="1:47">
       <c r="A107" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B107" t="s">
-        <v>44</v>
+        <v>97</v>
       </c>
       <c r="C107" t="s">
-        <v>44</v>
+        <v>98</v>
       </c>
       <c r="D107" t="s">
-        <v>44</v>
+        <v>97</v>
       </c>
       <c r="E107" t="s">
-        <v>44</v>
+        <v>98</v>
       </c>
       <c r="F107" t="s">
-        <v>44</v>
+        <v>97</v>
       </c>
       <c r="G107" t="s">
-        <v>44</v>
+        <v>97</v>
       </c>
       <c r="H107" t="s">
-        <v>44</v>
+        <v>97</v>
+      </c>
+      <c r="I107" t="s">
+        <v>97</v>
+      </c>
+      <c r="J107" t="s">
+        <v>97</v>
+      </c>
+      <c r="K107" t="s">
+        <v>97</v>
+      </c>
+      <c r="L107" t="s">
+        <v>98</v>
+      </c>
+      <c r="M107" t="s">
+        <v>98</v>
+      </c>
+      <c r="N107" t="s">
+        <v>98</v>
+      </c>
+      <c r="O107" t="s">
+        <v>97</v>
+      </c>
+      <c r="P107" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q107" t="s">
+        <v>97</v>
+      </c>
+      <c r="R107" t="s">
+        <v>97</v>
+      </c>
+      <c r="S107" t="s">
+        <v>98</v>
+      </c>
+      <c r="T107" t="s">
+        <v>97</v>
+      </c>
+      <c r="U107" t="s">
+        <v>97</v>
+      </c>
+      <c r="V107" t="s">
+        <v>97</v>
+      </c>
+      <c r="W107" t="s">
+        <v>97</v>
+      </c>
+      <c r="X107" t="s">
+        <v>97</v>
+      </c>
+      <c r="Y107" t="s">
+        <v>97</v>
+      </c>
+      <c r="Z107" t="s">
+        <v>97</v>
+      </c>
+      <c r="AA107" t="s">
+        <v>97</v>
+      </c>
+      <c r="AB107" t="s">
+        <v>97</v>
+      </c>
+      <c r="AC107" t="s">
+        <v>97</v>
+      </c>
+      <c r="AD107" t="s">
+        <v>97</v>
+      </c>
+      <c r="AE107" t="s">
+        <v>97</v>
+      </c>
+      <c r="AF107" t="s">
+        <v>97</v>
+      </c>
+      <c r="AG107" t="s">
+        <v>97</v>
+      </c>
+      <c r="AH107" t="s">
+        <v>97</v>
+      </c>
+      <c r="AI107" t="s">
+        <v>97</v>
+      </c>
+      <c r="AJ107" t="s">
+        <v>97</v>
+      </c>
+      <c r="AK107" t="s">
+        <v>97</v>
+      </c>
+      <c r="AL107" t="s">
+        <v>97</v>
+      </c>
+      <c r="AM107" t="s">
+        <v>98</v>
+      </c>
+      <c r="AN107" t="s">
+        <v>97</v>
+      </c>
+      <c r="AO107" t="s">
+        <v>97</v>
+      </c>
+      <c r="AP107" t="s">
+        <v>97</v>
+      </c>
+      <c r="AQ107" t="s">
+        <v>97</v>
+      </c>
+      <c r="AR107" t="s">
+        <v>97</v>
+      </c>
+      <c r="AS107" t="s">
+        <v>97</v>
+      </c>
+      <c r="AT107" t="s">
+        <v>97</v>
+      </c>
+      <c r="AU107" t="s">
+        <v>97</v>
       </c>
     </row>
-    <row r="108" spans="1:8">
+    <row r="108" spans="1:47">
       <c r="A108" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="B108" t="s">
-        <v>47</v>
+        <v>102</v>
       </c>
       <c r="C108" t="s">
-        <v>47</v>
+        <v>102</v>
       </c>
       <c r="D108" t="s">
-        <v>47</v>
+        <v>102</v>
       </c>
       <c r="E108" t="s">
-        <v>47</v>
+        <v>102</v>
       </c>
       <c r="F108" t="s">
-        <v>47</v>
+        <v>102</v>
       </c>
       <c r="G108" t="s">
-        <v>47</v>
+        <v>102</v>
       </c>
       <c r="H108" t="s">
-        <v>47</v>
+        <v>102</v>
+      </c>
+      <c r="I108" t="s">
+        <v>102</v>
+      </c>
+      <c r="J108" t="s">
+        <v>102</v>
+      </c>
+      <c r="K108" t="s">
+        <v>102</v>
+      </c>
+      <c r="L108" t="s">
+        <v>102</v>
+      </c>
+      <c r="M108" t="s">
+        <v>102</v>
+      </c>
+      <c r="N108" t="s">
+        <v>102</v>
+      </c>
+      <c r="O108" t="s">
+        <v>102</v>
+      </c>
+      <c r="P108" t="s">
+        <v>102</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>102</v>
+      </c>
+      <c r="R108" t="s">
+        <v>102</v>
+      </c>
+      <c r="S108" t="s">
+        <v>102</v>
+      </c>
+      <c r="T108" t="s">
+        <v>102</v>
+      </c>
+      <c r="U108" t="s">
+        <v>102</v>
+      </c>
+      <c r="V108" t="s">
+        <v>102</v>
+      </c>
+      <c r="W108" t="s">
+        <v>102</v>
+      </c>
+      <c r="X108" t="s">
+        <v>102</v>
+      </c>
+      <c r="Y108" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z108" t="s">
+        <v>102</v>
+      </c>
+      <c r="AA108" t="s">
+        <v>102</v>
+      </c>
+      <c r="AB108" t="s">
+        <v>102</v>
+      </c>
+      <c r="AC108" t="s">
+        <v>102</v>
+      </c>
+      <c r="AD108" t="s">
+        <v>102</v>
+      </c>
+      <c r="AE108" t="s">
+        <v>102</v>
+      </c>
+      <c r="AF108" t="s">
+        <v>102</v>
+      </c>
+      <c r="AG108" t="s">
+        <v>102</v>
+      </c>
+      <c r="AH108" t="s">
+        <v>102</v>
+      </c>
+      <c r="AI108" t="s">
+        <v>102</v>
+      </c>
+      <c r="AJ108" t="s">
+        <v>102</v>
+      </c>
+      <c r="AK108" t="s">
+        <v>102</v>
+      </c>
+      <c r="AL108" t="s">
+        <v>102</v>
+      </c>
+      <c r="AM108" t="s">
+        <v>102</v>
+      </c>
+      <c r="AN108" t="s">
+        <v>102</v>
+      </c>
+      <c r="AO108" t="s">
+        <v>102</v>
+      </c>
+      <c r="AP108" t="s">
+        <v>102</v>
+      </c>
+      <c r="AQ108" t="s">
+        <v>102</v>
+      </c>
+      <c r="AR108" t="s">
+        <v>102</v>
+      </c>
+      <c r="AS108" t="s">
+        <v>102</v>
+      </c>
+      <c r="AT108" t="s">
+        <v>102</v>
+      </c>
+      <c r="AU108" t="s">
+        <v>102</v>
       </c>
     </row>
-    <row r="109" spans="1:8">
+    <row r="109" spans="1:47">
       <c r="A109" s="3" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="B109" s="3"/>
       <c r="C109" s="3"/>
       <c r="D109" s="3"/>
       <c r="E109" s="3"/>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
       <c r="H109" s="3"/>
+      <c r="I109" s="3"/>
+      <c r="J109" s="3"/>
+      <c r="K109" s="3"/>
+      <c r="L109" s="3"/>
+      <c r="M109" s="3"/>
+      <c r="N109" s="3"/>
+      <c r="O109" s="3"/>
+      <c r="P109" s="3"/>
+      <c r="Q109" s="3"/>
+      <c r="R109" s="3"/>
+      <c r="S109" s="3"/>
+      <c r="T109" s="3"/>
+      <c r="U109" s="3"/>
+      <c r="V109" s="3"/>
+      <c r="W109" s="3"/>
+      <c r="X109" s="3"/>
+      <c r="Y109" s="3"/>
+      <c r="Z109" s="3"/>
+      <c r="AA109" s="3"/>
+      <c r="AB109" s="3"/>
+      <c r="AC109" s="3"/>
+      <c r="AD109" s="3"/>
+      <c r="AE109" s="3"/>
+      <c r="AF109" s="3"/>
+      <c r="AG109" s="3"/>
+      <c r="AH109" s="3"/>
+      <c r="AI109" s="3"/>
+      <c r="AJ109" s="3"/>
+      <c r="AK109" s="3"/>
+      <c r="AL109" s="3"/>
+      <c r="AM109" s="3"/>
+      <c r="AN109" s="3"/>
+      <c r="AO109" s="3"/>
+      <c r="AP109" s="3"/>
+      <c r="AQ109" s="3"/>
+      <c r="AR109" s="3"/>
+      <c r="AS109" s="3"/>
+      <c r="AT109" s="3"/>
+      <c r="AU109" s="3"/>
     </row>
-    <row r="110" spans="1:8">
+    <row r="110" spans="1:47">
       <c r="A110" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B110" t="s">
-        <v>44</v>
+        <v>97</v>
       </c>
       <c r="C110" t="s">
-        <v>44</v>
+        <v>98</v>
       </c>
       <c r="D110" t="s">
-        <v>44</v>
+        <v>97</v>
       </c>
       <c r="E110" t="s">
-        <v>44</v>
+        <v>98</v>
       </c>
       <c r="F110" t="s">
-        <v>44</v>
+        <v>97</v>
       </c>
       <c r="G110" t="s">
-        <v>44</v>
+        <v>97</v>
       </c>
       <c r="H110" t="s">
-        <v>44</v>
+        <v>97</v>
+      </c>
+      <c r="I110" t="s">
+        <v>97</v>
+      </c>
+      <c r="J110" t="s">
+        <v>97</v>
+      </c>
+      <c r="K110" t="s">
+        <v>97</v>
+      </c>
+      <c r="L110" t="s">
+        <v>98</v>
+      </c>
+      <c r="M110" t="s">
+        <v>98</v>
+      </c>
+      <c r="N110" t="s">
+        <v>98</v>
+      </c>
+      <c r="O110" t="s">
+        <v>97</v>
+      </c>
+      <c r="P110" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>97</v>
+      </c>
+      <c r="R110" t="s">
+        <v>97</v>
+      </c>
+      <c r="S110" t="s">
+        <v>98</v>
+      </c>
+      <c r="T110" t="s">
+        <v>97</v>
+      </c>
+      <c r="U110" t="s">
+        <v>97</v>
+      </c>
+      <c r="V110" t="s">
+        <v>97</v>
+      </c>
+      <c r="W110" t="s">
+        <v>97</v>
+      </c>
+      <c r="X110" t="s">
+        <v>97</v>
+      </c>
+      <c r="Y110" t="s">
+        <v>97</v>
+      </c>
+      <c r="Z110" t="s">
+        <v>97</v>
+      </c>
+      <c r="AA110" t="s">
+        <v>97</v>
+      </c>
+      <c r="AB110" t="s">
+        <v>97</v>
+      </c>
+      <c r="AC110" t="s">
+        <v>97</v>
+      </c>
+      <c r="AD110" t="s">
+        <v>97</v>
+      </c>
+      <c r="AE110" t="s">
+        <v>97</v>
+      </c>
+      <c r="AF110" t="s">
+        <v>97</v>
+      </c>
+      <c r="AG110" t="s">
+        <v>97</v>
+      </c>
+      <c r="AH110" t="s">
+        <v>97</v>
+      </c>
+      <c r="AI110" t="s">
+        <v>97</v>
+      </c>
+      <c r="AJ110" t="s">
+        <v>97</v>
+      </c>
+      <c r="AK110" t="s">
+        <v>97</v>
+      </c>
+      <c r="AL110" t="s">
+        <v>97</v>
+      </c>
+      <c r="AM110" t="s">
+        <v>98</v>
+      </c>
+      <c r="AN110" t="s">
+        <v>97</v>
+      </c>
+      <c r="AO110" t="s">
+        <v>97</v>
+      </c>
+      <c r="AP110" t="s">
+        <v>97</v>
+      </c>
+      <c r="AQ110" t="s">
+        <v>97</v>
+      </c>
+      <c r="AR110" t="s">
+        <v>97</v>
+      </c>
+      <c r="AS110" t="s">
+        <v>97</v>
+      </c>
+      <c r="AT110" t="s">
+        <v>97</v>
+      </c>
+      <c r="AU110" t="s">
+        <v>97</v>
       </c>
     </row>
-    <row r="111" spans="1:8">
+    <row r="111" spans="1:47">
       <c r="A111" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="B111" t="s">
-        <v>45</v>
+        <v>99</v>
       </c>
       <c r="C111" t="s">
-        <v>45</v>
+        <v>99</v>
       </c>
       <c r="D111" t="s">
-        <v>45</v>
+        <v>99</v>
       </c>
       <c r="E111" t="s">
-        <v>45</v>
+        <v>99</v>
       </c>
       <c r="F111" t="s">
-        <v>45</v>
+        <v>99</v>
       </c>
       <c r="G111" t="s">
-        <v>45</v>
+        <v>99</v>
       </c>
       <c r="H111" t="s">
-        <v>45</v>
+        <v>99</v>
+      </c>
+      <c r="I111" t="s">
+        <v>99</v>
+      </c>
+      <c r="J111" t="s">
+        <v>99</v>
+      </c>
+      <c r="K111" t="s">
+        <v>99</v>
+      </c>
+      <c r="L111" t="s">
+        <v>99</v>
+      </c>
+      <c r="M111" t="s">
+        <v>99</v>
+      </c>
+      <c r="N111" t="s">
+        <v>99</v>
+      </c>
+      <c r="O111" t="s">
+        <v>99</v>
+      </c>
+      <c r="P111" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q111" t="s">
+        <v>99</v>
+      </c>
+      <c r="R111" t="s">
+        <v>99</v>
+      </c>
+      <c r="S111" t="s">
+        <v>99</v>
+      </c>
+      <c r="T111" t="s">
+        <v>99</v>
+      </c>
+      <c r="U111" t="s">
+        <v>99</v>
+      </c>
+      <c r="V111" t="s">
+        <v>99</v>
+      </c>
+      <c r="W111" t="s">
+        <v>99</v>
+      </c>
+      <c r="X111" t="s">
+        <v>99</v>
+      </c>
+      <c r="Y111" t="s">
+        <v>99</v>
+      </c>
+      <c r="Z111" t="s">
+        <v>99</v>
+      </c>
+      <c r="AA111" t="s">
+        <v>99</v>
+      </c>
+      <c r="AB111" t="s">
+        <v>99</v>
+      </c>
+      <c r="AC111" t="s">
+        <v>99</v>
+      </c>
+      <c r="AD111" t="s">
+        <v>99</v>
+      </c>
+      <c r="AE111" t="s">
+        <v>99</v>
+      </c>
+      <c r="AF111" t="s">
+        <v>99</v>
+      </c>
+      <c r="AG111" t="s">
+        <v>99</v>
+      </c>
+      <c r="AH111" t="s">
+        <v>99</v>
+      </c>
+      <c r="AI111" t="s">
+        <v>99</v>
+      </c>
+      <c r="AJ111" t="s">
+        <v>99</v>
+      </c>
+      <c r="AK111" t="s">
+        <v>99</v>
+      </c>
+      <c r="AL111" t="s">
+        <v>99</v>
+      </c>
+      <c r="AM111" t="s">
+        <v>99</v>
+      </c>
+      <c r="AN111" t="s">
+        <v>99</v>
+      </c>
+      <c r="AO111" t="s">
+        <v>99</v>
+      </c>
+      <c r="AP111" t="s">
+        <v>99</v>
+      </c>
+      <c r="AQ111" t="s">
+        <v>99</v>
+      </c>
+      <c r="AR111" t="s">
+        <v>99</v>
+      </c>
+      <c r="AS111" t="s">
+        <v>99</v>
+      </c>
+      <c r="AT111" t="s">
+        <v>99</v>
+      </c>
+      <c r="AU111" t="s">
+        <v>99</v>
       </c>
     </row>
-    <row r="112" spans="1:8">
+    <row r="112" spans="1:47">
       <c r="A112" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B112" t="s">
-        <v>44</v>
+        <v>97</v>
       </c>
       <c r="C112" t="s">
-        <v>44</v>
+        <v>98</v>
       </c>
       <c r="D112" t="s">
-        <v>44</v>
+        <v>97</v>
       </c>
       <c r="E112" t="s">
-        <v>44</v>
+        <v>98</v>
       </c>
       <c r="F112" t="s">
-        <v>44</v>
+        <v>97</v>
       </c>
       <c r="G112" t="s">
-        <v>44</v>
+        <v>97</v>
       </c>
       <c r="H112" t="s">
-        <v>44</v>
+        <v>97</v>
+      </c>
+      <c r="I112" t="s">
+        <v>97</v>
+      </c>
+      <c r="J112" t="s">
+        <v>97</v>
+      </c>
+      <c r="K112" t="s">
+        <v>97</v>
+      </c>
+      <c r="L112" t="s">
+        <v>98</v>
+      </c>
+      <c r="M112" t="s">
+        <v>98</v>
+      </c>
+      <c r="N112" t="s">
+        <v>98</v>
+      </c>
+      <c r="O112" t="s">
+        <v>97</v>
+      </c>
+      <c r="P112" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>97</v>
+      </c>
+      <c r="R112" t="s">
+        <v>97</v>
+      </c>
+      <c r="S112" t="s">
+        <v>98</v>
+      </c>
+      <c r="T112" t="s">
+        <v>97</v>
+      </c>
+      <c r="U112" t="s">
+        <v>97</v>
+      </c>
+      <c r="V112" t="s">
+        <v>97</v>
+      </c>
+      <c r="W112" t="s">
+        <v>97</v>
+      </c>
+      <c r="X112" t="s">
+        <v>97</v>
+      </c>
+      <c r="Y112" t="s">
+        <v>97</v>
+      </c>
+      <c r="Z112" t="s">
+        <v>97</v>
+      </c>
+      <c r="AA112" t="s">
+        <v>97</v>
+      </c>
+      <c r="AB112" t="s">
+        <v>97</v>
+      </c>
+      <c r="AC112" t="s">
+        <v>97</v>
+      </c>
+      <c r="AD112" t="s">
+        <v>97</v>
+      </c>
+      <c r="AE112" t="s">
+        <v>97</v>
+      </c>
+      <c r="AF112" t="s">
+        <v>97</v>
+      </c>
+      <c r="AG112" t="s">
+        <v>97</v>
+      </c>
+      <c r="AH112" t="s">
+        <v>97</v>
+      </c>
+      <c r="AI112" t="s">
+        <v>97</v>
+      </c>
+      <c r="AJ112" t="s">
+        <v>97</v>
+      </c>
+      <c r="AK112" t="s">
+        <v>97</v>
+      </c>
+      <c r="AL112" t="s">
+        <v>97</v>
+      </c>
+      <c r="AM112" t="s">
+        <v>98</v>
+      </c>
+      <c r="AN112" t="s">
+        <v>97</v>
+      </c>
+      <c r="AO112" t="s">
+        <v>97</v>
+      </c>
+      <c r="AP112" t="s">
+        <v>97</v>
+      </c>
+      <c r="AQ112" t="s">
+        <v>97</v>
+      </c>
+      <c r="AR112" t="s">
+        <v>97</v>
+      </c>
+      <c r="AS112" t="s">
+        <v>97</v>
+      </c>
+      <c r="AT112" t="s">
+        <v>97</v>
+      </c>
+      <c r="AU112" t="s">
+        <v>97</v>
       </c>
     </row>
-    <row r="113" spans="1:8">
+    <row r="113" spans="1:47">
       <c r="A113" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="B113" t="s">
-        <v>47</v>
+        <v>102</v>
       </c>
       <c r="C113" t="s">
-        <v>47</v>
+        <v>102</v>
       </c>
       <c r="D113" t="s">
-        <v>47</v>
+        <v>102</v>
       </c>
       <c r="E113" t="s">
-        <v>47</v>
+        <v>102</v>
       </c>
       <c r="F113" t="s">
-        <v>47</v>
+        <v>102</v>
       </c>
       <c r="G113" t="s">
-        <v>47</v>
+        <v>102</v>
       </c>
       <c r="H113" t="s">
-        <v>47</v>
+        <v>102</v>
+      </c>
+      <c r="I113" t="s">
+        <v>102</v>
+      </c>
+      <c r="J113" t="s">
+        <v>102</v>
+      </c>
+      <c r="K113" t="s">
+        <v>102</v>
+      </c>
+      <c r="L113" t="s">
+        <v>102</v>
+      </c>
+      <c r="M113" t="s">
+        <v>102</v>
+      </c>
+      <c r="N113" t="s">
+        <v>102</v>
+      </c>
+      <c r="O113" t="s">
+        <v>102</v>
+      </c>
+      <c r="P113" t="s">
+        <v>102</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>102</v>
+      </c>
+      <c r="R113" t="s">
+        <v>102</v>
+      </c>
+      <c r="S113" t="s">
+        <v>102</v>
+      </c>
+      <c r="T113" t="s">
+        <v>102</v>
+      </c>
+      <c r="U113" t="s">
+        <v>102</v>
+      </c>
+      <c r="V113" t="s">
+        <v>102</v>
+      </c>
+      <c r="W113" t="s">
+        <v>102</v>
+      </c>
+      <c r="X113" t="s">
+        <v>102</v>
+      </c>
+      <c r="Y113" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z113" t="s">
+        <v>102</v>
+      </c>
+      <c r="AA113" t="s">
+        <v>102</v>
+      </c>
+      <c r="AB113" t="s">
+        <v>102</v>
+      </c>
+      <c r="AC113" t="s">
+        <v>102</v>
+      </c>
+      <c r="AD113" t="s">
+        <v>102</v>
+      </c>
+      <c r="AE113" t="s">
+        <v>102</v>
+      </c>
+      <c r="AF113" t="s">
+        <v>102</v>
+      </c>
+      <c r="AG113" t="s">
+        <v>102</v>
+      </c>
+      <c r="AH113" t="s">
+        <v>102</v>
+      </c>
+      <c r="AI113" t="s">
+        <v>102</v>
+      </c>
+      <c r="AJ113" t="s">
+        <v>102</v>
+      </c>
+      <c r="AK113" t="s">
+        <v>102</v>
+      </c>
+      <c r="AL113" t="s">
+        <v>102</v>
+      </c>
+      <c r="AM113" t="s">
+        <v>102</v>
+      </c>
+      <c r="AN113" t="s">
+        <v>102</v>
+      </c>
+      <c r="AO113" t="s">
+        <v>102</v>
+      </c>
+      <c r="AP113" t="s">
+        <v>102</v>
+      </c>
+      <c r="AQ113" t="s">
+        <v>102</v>
+      </c>
+      <c r="AR113" t="s">
+        <v>102</v>
+      </c>
+      <c r="AS113" t="s">
+        <v>102</v>
+      </c>
+      <c r="AT113" t="s">
+        <v>102</v>
+      </c>
+      <c r="AU113" t="s">
+        <v>102</v>
       </c>
     </row>
-    <row r="114" spans="1:8">
+    <row r="114" spans="1:47">
       <c r="A114" s="4"/>
       <c r="B114" s="4"/>
       <c r="C114" s="4"/>
       <c r="D114" s="4"/>
       <c r="E114" s="4"/>
       <c r="F114" s="4"/>
       <c r="G114" s="4"/>
       <c r="H114" s="4"/>
+      <c r="I114" s="4"/>
+      <c r="J114" s="4"/>
+      <c r="K114" s="4"/>
+      <c r="L114" s="4"/>
+      <c r="M114" s="4"/>
+      <c r="N114" s="4"/>
+      <c r="O114" s="4"/>
+      <c r="P114" s="4"/>
+      <c r="Q114" s="4"/>
+      <c r="R114" s="4"/>
+      <c r="S114" s="4"/>
+      <c r="T114" s="4"/>
+      <c r="U114" s="4"/>
+      <c r="V114" s="4"/>
+      <c r="W114" s="4"/>
+      <c r="X114" s="4"/>
+      <c r="Y114" s="4"/>
+      <c r="Z114" s="4"/>
+      <c r="AA114" s="4"/>
+      <c r="AB114" s="4"/>
+      <c r="AC114" s="4"/>
+      <c r="AD114" s="4"/>
+      <c r="AE114" s="4"/>
+      <c r="AF114" s="4"/>
+      <c r="AG114" s="4"/>
+      <c r="AH114" s="4"/>
+      <c r="AI114" s="4"/>
+      <c r="AJ114" s="4"/>
+      <c r="AK114" s="4"/>
+      <c r="AL114" s="4"/>
+      <c r="AM114" s="4"/>
+      <c r="AN114" s="4"/>
+      <c r="AO114" s="4"/>
+      <c r="AP114" s="4"/>
+      <c r="AQ114" s="4"/>
+      <c r="AR114" s="4"/>
+      <c r="AS114" s="4"/>
+      <c r="AT114" s="4"/>
+      <c r="AU114" s="4"/>
     </row>
-    <row r="115" spans="1:8">
+    <row r="115" spans="1:47">
       <c r="A115" s="2" t="s">
-        <v>48</v>
+        <v>103</v>
       </c>
       <c r="B115" s="2"/>
       <c r="C115" s="2"/>
       <c r="D115" s="2"/>
       <c r="E115" s="2"/>
       <c r="F115" s="2"/>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
+      <c r="I115" s="2"/>
+      <c r="J115" s="2"/>
+      <c r="K115" s="2"/>
+      <c r="L115" s="2"/>
+      <c r="M115" s="2"/>
+      <c r="N115" s="2"/>
+      <c r="O115" s="2"/>
+      <c r="P115" s="2"/>
+      <c r="Q115" s="2"/>
+      <c r="R115" s="2"/>
+      <c r="S115" s="2"/>
+      <c r="T115" s="2"/>
+      <c r="U115" s="2"/>
+      <c r="V115" s="2"/>
+      <c r="W115" s="2"/>
+      <c r="X115" s="2"/>
+      <c r="Y115" s="2"/>
+      <c r="Z115" s="2"/>
+      <c r="AA115" s="2"/>
+      <c r="AB115" s="2"/>
+      <c r="AC115" s="2"/>
+      <c r="AD115" s="2"/>
+      <c r="AE115" s="2"/>
+      <c r="AF115" s="2"/>
+      <c r="AG115" s="2"/>
+      <c r="AH115" s="2"/>
+      <c r="AI115" s="2"/>
+      <c r="AJ115" s="2"/>
+      <c r="AK115" s="2"/>
+      <c r="AL115" s="2"/>
+      <c r="AM115" s="2"/>
+      <c r="AN115" s="2"/>
+      <c r="AO115" s="2"/>
+      <c r="AP115" s="2"/>
+      <c r="AQ115" s="2"/>
+      <c r="AR115" s="2"/>
+      <c r="AS115" s="2"/>
+      <c r="AT115" s="2"/>
+      <c r="AU115" s="2"/>
     </row>
-    <row r="116" spans="1:8">
+    <row r="116" spans="1:47">
       <c r="A116" s="3" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="B116" s="3"/>
       <c r="C116" s="3"/>
       <c r="D116" s="3"/>
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
       <c r="H116" s="3"/>
+      <c r="I116" s="3"/>
+      <c r="J116" s="3"/>
+      <c r="K116" s="3"/>
+      <c r="L116" s="3"/>
+      <c r="M116" s="3"/>
+      <c r="N116" s="3"/>
+      <c r="O116" s="3"/>
+      <c r="P116" s="3"/>
+      <c r="Q116" s="3"/>
+      <c r="R116" s="3"/>
+      <c r="S116" s="3"/>
+      <c r="T116" s="3"/>
+      <c r="U116" s="3"/>
+      <c r="V116" s="3"/>
+      <c r="W116" s="3"/>
+      <c r="X116" s="3"/>
+      <c r="Y116" s="3"/>
+      <c r="Z116" s="3"/>
+      <c r="AA116" s="3"/>
+      <c r="AB116" s="3"/>
+      <c r="AC116" s="3"/>
+      <c r="AD116" s="3"/>
+      <c r="AE116" s="3"/>
+      <c r="AF116" s="3"/>
+      <c r="AG116" s="3"/>
+      <c r="AH116" s="3"/>
+      <c r="AI116" s="3"/>
+      <c r="AJ116" s="3"/>
+      <c r="AK116" s="3"/>
+      <c r="AL116" s="3"/>
+      <c r="AM116" s="3"/>
+      <c r="AN116" s="3"/>
+      <c r="AO116" s="3"/>
+      <c r="AP116" s="3"/>
+      <c r="AQ116" s="3"/>
+      <c r="AR116" s="3"/>
+      <c r="AS116" s="3"/>
+      <c r="AT116" s="3"/>
+      <c r="AU116" s="3"/>
     </row>
-    <row r="117" spans="1:8">
+    <row r="117" spans="1:47">
       <c r="A117" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B117" t="s">
-        <v>49</v>
+        <v>104</v>
       </c>
       <c r="C117" t="s">
-        <v>49</v>
+        <v>105</v>
       </c>
       <c r="D117" t="s">
-        <v>49</v>
+        <v>104</v>
       </c>
       <c r="E117" t="s">
-        <v>49</v>
+        <v>105</v>
       </c>
       <c r="F117" t="s">
-        <v>49</v>
+        <v>104</v>
       </c>
       <c r="G117" t="s">
-        <v>49</v>
+        <v>104</v>
       </c>
       <c r="H117" t="s">
-        <v>49</v>
+        <v>104</v>
+      </c>
+      <c r="I117" t="s">
+        <v>104</v>
+      </c>
+      <c r="J117" t="s">
+        <v>104</v>
+      </c>
+      <c r="K117" t="s">
+        <v>104</v>
+      </c>
+      <c r="L117" t="s">
+        <v>105</v>
+      </c>
+      <c r="M117" t="s">
+        <v>105</v>
+      </c>
+      <c r="N117" t="s">
+        <v>105</v>
+      </c>
+      <c r="O117" t="s">
+        <v>104</v>
+      </c>
+      <c r="P117" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>104</v>
+      </c>
+      <c r="R117" t="s">
+        <v>104</v>
+      </c>
+      <c r="S117" t="s">
+        <v>105</v>
+      </c>
+      <c r="T117" t="s">
+        <v>104</v>
+      </c>
+      <c r="U117" t="s">
+        <v>104</v>
+      </c>
+      <c r="V117" t="s">
+        <v>104</v>
+      </c>
+      <c r="W117" t="s">
+        <v>104</v>
+      </c>
+      <c r="X117" t="s">
+        <v>104</v>
+      </c>
+      <c r="Y117" t="s">
+        <v>104</v>
+      </c>
+      <c r="Z117" t="s">
+        <v>104</v>
+      </c>
+      <c r="AA117" t="s">
+        <v>104</v>
+      </c>
+      <c r="AB117" t="s">
+        <v>104</v>
+      </c>
+      <c r="AC117" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD117" t="s">
+        <v>104</v>
+      </c>
+      <c r="AE117" t="s">
+        <v>104</v>
+      </c>
+      <c r="AF117" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG117" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH117" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI117" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ117" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK117" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL117" t="s">
+        <v>104</v>
+      </c>
+      <c r="AM117" t="s">
+        <v>105</v>
+      </c>
+      <c r="AN117" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO117" t="s">
+        <v>104</v>
+      </c>
+      <c r="AP117" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ117" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR117" t="s">
+        <v>104</v>
+      </c>
+      <c r="AS117" t="s">
+        <v>104</v>
+      </c>
+      <c r="AT117" t="s">
+        <v>104</v>
+      </c>
+      <c r="AU117" t="s">
+        <v>104</v>
       </c>
     </row>
-    <row r="118" spans="1:8">
+    <row r="118" spans="1:47">
       <c r="A118" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="B118" t="s">
-        <v>50</v>
+        <v>106</v>
       </c>
       <c r="C118" t="s">
-        <v>50</v>
+        <v>107</v>
       </c>
       <c r="D118" t="s">
-        <v>50</v>
+        <v>106</v>
       </c>
       <c r="E118" t="s">
-        <v>50</v>
+        <v>107</v>
       </c>
       <c r="F118" t="s">
-        <v>50</v>
+        <v>106</v>
       </c>
       <c r="G118" t="s">
-        <v>50</v>
+        <v>106</v>
       </c>
       <c r="H118" t="s">
-        <v>50</v>
+        <v>106</v>
+      </c>
+      <c r="I118" t="s">
+        <v>106</v>
+      </c>
+      <c r="J118" t="s">
+        <v>106</v>
+      </c>
+      <c r="K118" t="s">
+        <v>106</v>
+      </c>
+      <c r="L118" t="s">
+        <v>107</v>
+      </c>
+      <c r="M118" t="s">
+        <v>107</v>
+      </c>
+      <c r="N118" t="s">
+        <v>107</v>
+      </c>
+      <c r="O118" t="s">
+        <v>106</v>
+      </c>
+      <c r="P118" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>106</v>
+      </c>
+      <c r="R118" t="s">
+        <v>106</v>
+      </c>
+      <c r="S118" t="s">
+        <v>107</v>
+      </c>
+      <c r="T118" t="s">
+        <v>106</v>
+      </c>
+      <c r="U118" t="s">
+        <v>106</v>
+      </c>
+      <c r="V118" t="s">
+        <v>106</v>
+      </c>
+      <c r="W118" t="s">
+        <v>106</v>
+      </c>
+      <c r="X118" t="s">
+        <v>106</v>
+      </c>
+      <c r="Y118" t="s">
+        <v>106</v>
+      </c>
+      <c r="Z118" t="s">
+        <v>106</v>
+      </c>
+      <c r="AA118" t="s">
+        <v>106</v>
+      </c>
+      <c r="AB118" t="s">
+        <v>106</v>
+      </c>
+      <c r="AC118" t="s">
+        <v>106</v>
+      </c>
+      <c r="AD118" t="s">
+        <v>106</v>
+      </c>
+      <c r="AE118" t="s">
+        <v>106</v>
+      </c>
+      <c r="AF118" t="s">
+        <v>106</v>
+      </c>
+      <c r="AG118" t="s">
+        <v>106</v>
+      </c>
+      <c r="AH118" t="s">
+        <v>106</v>
+      </c>
+      <c r="AI118" t="s">
+        <v>106</v>
+      </c>
+      <c r="AJ118" t="s">
+        <v>106</v>
+      </c>
+      <c r="AK118" t="s">
+        <v>106</v>
+      </c>
+      <c r="AL118" t="s">
+        <v>106</v>
+      </c>
+      <c r="AM118" t="s">
+        <v>107</v>
+      </c>
+      <c r="AN118" t="s">
+        <v>106</v>
+      </c>
+      <c r="AO118" t="s">
+        <v>106</v>
+      </c>
+      <c r="AP118" t="s">
+        <v>106</v>
+      </c>
+      <c r="AQ118" t="s">
+        <v>106</v>
+      </c>
+      <c r="AR118" t="s">
+        <v>106</v>
+      </c>
+      <c r="AS118" t="s">
+        <v>106</v>
+      </c>
+      <c r="AT118" t="s">
+        <v>106</v>
+      </c>
+      <c r="AU118" t="s">
+        <v>106</v>
       </c>
     </row>
-    <row r="119" spans="1:8">
+    <row r="119" spans="1:47">
       <c r="A119" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B119" t="s">
-        <v>49</v>
+        <v>104</v>
       </c>
       <c r="C119" t="s">
-        <v>49</v>
+        <v>105</v>
       </c>
       <c r="D119" t="s">
-        <v>49</v>
+        <v>104</v>
       </c>
       <c r="E119" t="s">
-        <v>49</v>
+        <v>105</v>
       </c>
       <c r="F119" t="s">
-        <v>49</v>
+        <v>104</v>
       </c>
       <c r="G119" t="s">
-        <v>49</v>
+        <v>104</v>
       </c>
       <c r="H119" t="s">
-        <v>49</v>
+        <v>104</v>
+      </c>
+      <c r="I119" t="s">
+        <v>104</v>
+      </c>
+      <c r="J119" t="s">
+        <v>104</v>
+      </c>
+      <c r="K119" t="s">
+        <v>104</v>
+      </c>
+      <c r="L119" t="s">
+        <v>105</v>
+      </c>
+      <c r="M119" t="s">
+        <v>105</v>
+      </c>
+      <c r="N119" t="s">
+        <v>105</v>
+      </c>
+      <c r="O119" t="s">
+        <v>104</v>
+      </c>
+      <c r="P119" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q119" t="s">
+        <v>104</v>
+      </c>
+      <c r="R119" t="s">
+        <v>104</v>
+      </c>
+      <c r="S119" t="s">
+        <v>105</v>
+      </c>
+      <c r="T119" t="s">
+        <v>104</v>
+      </c>
+      <c r="U119" t="s">
+        <v>104</v>
+      </c>
+      <c r="V119" t="s">
+        <v>104</v>
+      </c>
+      <c r="W119" t="s">
+        <v>104</v>
+      </c>
+      <c r="X119" t="s">
+        <v>104</v>
+      </c>
+      <c r="Y119" t="s">
+        <v>104</v>
+      </c>
+      <c r="Z119" t="s">
+        <v>104</v>
+      </c>
+      <c r="AA119" t="s">
+        <v>104</v>
+      </c>
+      <c r="AB119" t="s">
+        <v>104</v>
+      </c>
+      <c r="AC119" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD119" t="s">
+        <v>104</v>
+      </c>
+      <c r="AE119" t="s">
+        <v>104</v>
+      </c>
+      <c r="AF119" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG119" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH119" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI119" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ119" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK119" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL119" t="s">
+        <v>104</v>
+      </c>
+      <c r="AM119" t="s">
+        <v>105</v>
+      </c>
+      <c r="AN119" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO119" t="s">
+        <v>104</v>
+      </c>
+      <c r="AP119" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ119" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR119" t="s">
+        <v>104</v>
+      </c>
+      <c r="AS119" t="s">
+        <v>104</v>
+      </c>
+      <c r="AT119" t="s">
+        <v>104</v>
+      </c>
+      <c r="AU119" t="s">
+        <v>104</v>
       </c>
     </row>
-    <row r="120" spans="1:8">
+    <row r="120" spans="1:47">
       <c r="A120" s="3" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="B120" s="3"/>
       <c r="C120" s="3"/>
       <c r="D120" s="3"/>
       <c r="E120" s="3"/>
       <c r="F120" s="3"/>
       <c r="G120" s="3"/>
       <c r="H120" s="3"/>
+      <c r="I120" s="3"/>
+      <c r="J120" s="3"/>
+      <c r="K120" s="3"/>
+      <c r="L120" s="3"/>
+      <c r="M120" s="3"/>
+      <c r="N120" s="3"/>
+      <c r="O120" s="3"/>
+      <c r="P120" s="3"/>
+      <c r="Q120" s="3"/>
+      <c r="R120" s="3"/>
+      <c r="S120" s="3"/>
+      <c r="T120" s="3"/>
+      <c r="U120" s="3"/>
+      <c r="V120" s="3"/>
+      <c r="W120" s="3"/>
+      <c r="X120" s="3"/>
+      <c r="Y120" s="3"/>
+      <c r="Z120" s="3"/>
+      <c r="AA120" s="3"/>
+      <c r="AB120" s="3"/>
+      <c r="AC120" s="3"/>
+      <c r="AD120" s="3"/>
+      <c r="AE120" s="3"/>
+      <c r="AF120" s="3"/>
+      <c r="AG120" s="3"/>
+      <c r="AH120" s="3"/>
+      <c r="AI120" s="3"/>
+      <c r="AJ120" s="3"/>
+      <c r="AK120" s="3"/>
+      <c r="AL120" s="3"/>
+      <c r="AM120" s="3"/>
+      <c r="AN120" s="3"/>
+      <c r="AO120" s="3"/>
+      <c r="AP120" s="3"/>
+      <c r="AQ120" s="3"/>
+      <c r="AR120" s="3"/>
+      <c r="AS120" s="3"/>
+      <c r="AT120" s="3"/>
+      <c r="AU120" s="3"/>
     </row>
-    <row r="121" spans="1:8">
+    <row r="121" spans="1:47">
       <c r="A121" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B121" t="s">
-        <v>49</v>
+        <v>104</v>
       </c>
       <c r="C121" t="s">
-        <v>49</v>
+        <v>105</v>
       </c>
       <c r="D121" t="s">
-        <v>49</v>
+        <v>104</v>
       </c>
       <c r="E121" t="s">
-        <v>49</v>
+        <v>105</v>
       </c>
       <c r="F121" t="s">
-        <v>49</v>
+        <v>104</v>
       </c>
       <c r="G121" t="s">
-        <v>49</v>
+        <v>104</v>
       </c>
       <c r="H121" t="s">
-        <v>49</v>
+        <v>104</v>
+      </c>
+      <c r="I121" t="s">
+        <v>104</v>
+      </c>
+      <c r="J121" t="s">
+        <v>104</v>
+      </c>
+      <c r="K121" t="s">
+        <v>104</v>
+      </c>
+      <c r="L121" t="s">
+        <v>105</v>
+      </c>
+      <c r="M121" t="s">
+        <v>105</v>
+      </c>
+      <c r="N121" t="s">
+        <v>105</v>
+      </c>
+      <c r="O121" t="s">
+        <v>104</v>
+      </c>
+      <c r="P121" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q121" t="s">
+        <v>104</v>
+      </c>
+      <c r="R121" t="s">
+        <v>104</v>
+      </c>
+      <c r="S121" t="s">
+        <v>105</v>
+      </c>
+      <c r="T121" t="s">
+        <v>104</v>
+      </c>
+      <c r="U121" t="s">
+        <v>104</v>
+      </c>
+      <c r="V121" t="s">
+        <v>104</v>
+      </c>
+      <c r="W121" t="s">
+        <v>104</v>
+      </c>
+      <c r="X121" t="s">
+        <v>104</v>
+      </c>
+      <c r="Y121" t="s">
+        <v>104</v>
+      </c>
+      <c r="Z121" t="s">
+        <v>104</v>
+      </c>
+      <c r="AA121" t="s">
+        <v>104</v>
+      </c>
+      <c r="AB121" t="s">
+        <v>104</v>
+      </c>
+      <c r="AC121" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD121" t="s">
+        <v>104</v>
+      </c>
+      <c r="AE121" t="s">
+        <v>104</v>
+      </c>
+      <c r="AF121" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG121" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH121" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI121" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ121" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK121" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL121" t="s">
+        <v>104</v>
+      </c>
+      <c r="AM121" t="s">
+        <v>105</v>
+      </c>
+      <c r="AN121" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO121" t="s">
+        <v>104</v>
+      </c>
+      <c r="AP121" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ121" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR121" t="s">
+        <v>104</v>
+      </c>
+      <c r="AS121" t="s">
+        <v>104</v>
+      </c>
+      <c r="AT121" t="s">
+        <v>104</v>
+      </c>
+      <c r="AU121" t="s">
+        <v>104</v>
       </c>
     </row>
-    <row r="122" spans="1:8">
+    <row r="122" spans="1:47">
       <c r="A122" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B122" t="s">
-        <v>49</v>
+        <v>104</v>
       </c>
       <c r="C122" t="s">
-        <v>49</v>
+        <v>105</v>
       </c>
       <c r="D122" t="s">
-        <v>49</v>
+        <v>104</v>
       </c>
       <c r="E122" t="s">
-        <v>49</v>
+        <v>105</v>
       </c>
       <c r="F122" t="s">
-        <v>49</v>
+        <v>104</v>
       </c>
       <c r="G122" t="s">
-        <v>49</v>
+        <v>104</v>
       </c>
       <c r="H122" t="s">
-        <v>49</v>
+        <v>104</v>
+      </c>
+      <c r="I122" t="s">
+        <v>104</v>
+      </c>
+      <c r="J122" t="s">
+        <v>104</v>
+      </c>
+      <c r="K122" t="s">
+        <v>104</v>
+      </c>
+      <c r="L122" t="s">
+        <v>105</v>
+      </c>
+      <c r="M122" t="s">
+        <v>105</v>
+      </c>
+      <c r="N122" t="s">
+        <v>105</v>
+      </c>
+      <c r="O122" t="s">
+        <v>104</v>
+      </c>
+      <c r="P122" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q122" t="s">
+        <v>104</v>
+      </c>
+      <c r="R122" t="s">
+        <v>104</v>
+      </c>
+      <c r="S122" t="s">
+        <v>105</v>
+      </c>
+      <c r="T122" t="s">
+        <v>104</v>
+      </c>
+      <c r="U122" t="s">
+        <v>104</v>
+      </c>
+      <c r="V122" t="s">
+        <v>104</v>
+      </c>
+      <c r="W122" t="s">
+        <v>104</v>
+      </c>
+      <c r="X122" t="s">
+        <v>104</v>
+      </c>
+      <c r="Y122" t="s">
+        <v>104</v>
+      </c>
+      <c r="Z122" t="s">
+        <v>104</v>
+      </c>
+      <c r="AA122" t="s">
+        <v>104</v>
+      </c>
+      <c r="AB122" t="s">
+        <v>104</v>
+      </c>
+      <c r="AC122" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD122" t="s">
+        <v>104</v>
+      </c>
+      <c r="AE122" t="s">
+        <v>104</v>
+      </c>
+      <c r="AF122" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG122" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH122" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI122" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ122" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK122" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL122" t="s">
+        <v>104</v>
+      </c>
+      <c r="AM122" t="s">
+        <v>105</v>
+      </c>
+      <c r="AN122" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO122" t="s">
+        <v>104</v>
+      </c>
+      <c r="AP122" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ122" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR122" t="s">
+        <v>104</v>
+      </c>
+      <c r="AS122" t="s">
+        <v>104</v>
+      </c>
+      <c r="AT122" t="s">
+        <v>104</v>
+      </c>
+      <c r="AU122" t="s">
+        <v>104</v>
       </c>
     </row>
-    <row r="123" spans="1:8">
+    <row r="123" spans="1:47">
       <c r="A123" s="4"/>
       <c r="B123" s="4"/>
       <c r="C123" s="4"/>
       <c r="D123" s="4"/>
       <c r="E123" s="4"/>
       <c r="F123" s="4"/>
       <c r="G123" s="4"/>
       <c r="H123" s="4"/>
+      <c r="I123" s="4"/>
+      <c r="J123" s="4"/>
+      <c r="K123" s="4"/>
+      <c r="L123" s="4"/>
+      <c r="M123" s="4"/>
+      <c r="N123" s="4"/>
+      <c r="O123" s="4"/>
+      <c r="P123" s="4"/>
+      <c r="Q123" s="4"/>
+      <c r="R123" s="4"/>
+      <c r="S123" s="4"/>
+      <c r="T123" s="4"/>
+      <c r="U123" s="4"/>
+      <c r="V123" s="4"/>
+      <c r="W123" s="4"/>
+      <c r="X123" s="4"/>
+      <c r="Y123" s="4"/>
+      <c r="Z123" s="4"/>
+      <c r="AA123" s="4"/>
+      <c r="AB123" s="4"/>
+      <c r="AC123" s="4"/>
+      <c r="AD123" s="4"/>
+      <c r="AE123" s="4"/>
+      <c r="AF123" s="4"/>
+      <c r="AG123" s="4"/>
+      <c r="AH123" s="4"/>
+      <c r="AI123" s="4"/>
+      <c r="AJ123" s="4"/>
+      <c r="AK123" s="4"/>
+      <c r="AL123" s="4"/>
+      <c r="AM123" s="4"/>
+      <c r="AN123" s="4"/>
+      <c r="AO123" s="4"/>
+      <c r="AP123" s="4"/>
+      <c r="AQ123" s="4"/>
+      <c r="AR123" s="4"/>
+      <c r="AS123" s="4"/>
+      <c r="AT123" s="4"/>
+      <c r="AU123" s="4"/>
     </row>
-    <row r="124" spans="1:8">
+    <row r="124" spans="1:47">
       <c r="A124" s="2" t="s">
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="B124" s="2"/>
       <c r="C124" s="2"/>
       <c r="D124" s="2"/>
       <c r="E124" s="2"/>
       <c r="F124" s="2"/>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
+      <c r="I124" s="2"/>
+      <c r="J124" s="2"/>
+      <c r="K124" s="2"/>
+      <c r="L124" s="2"/>
+      <c r="M124" s="2"/>
+      <c r="N124" s="2"/>
+      <c r="O124" s="2"/>
+      <c r="P124" s="2"/>
+      <c r="Q124" s="2"/>
+      <c r="R124" s="2"/>
+      <c r="S124" s="2"/>
+      <c r="T124" s="2"/>
+      <c r="U124" s="2"/>
+      <c r="V124" s="2"/>
+      <c r="W124" s="2"/>
+      <c r="X124" s="2"/>
+      <c r="Y124" s="2"/>
+      <c r="Z124" s="2"/>
+      <c r="AA124" s="2"/>
+      <c r="AB124" s="2"/>
+      <c r="AC124" s="2"/>
+      <c r="AD124" s="2"/>
+      <c r="AE124" s="2"/>
+      <c r="AF124" s="2"/>
+      <c r="AG124" s="2"/>
+      <c r="AH124" s="2"/>
+      <c r="AI124" s="2"/>
+      <c r="AJ124" s="2"/>
+      <c r="AK124" s="2"/>
+      <c r="AL124" s="2"/>
+      <c r="AM124" s="2"/>
+      <c r="AN124" s="2"/>
+      <c r="AO124" s="2"/>
+      <c r="AP124" s="2"/>
+      <c r="AQ124" s="2"/>
+      <c r="AR124" s="2"/>
+      <c r="AS124" s="2"/>
+      <c r="AT124" s="2"/>
+      <c r="AU124" s="2"/>
     </row>
-    <row r="125" spans="1:8">
+    <row r="125" spans="1:47">
       <c r="A125" s="3" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="B125" s="3"/>
       <c r="C125" s="3"/>
       <c r="D125" s="3"/>
       <c r="E125" s="3"/>
       <c r="F125" s="3"/>
       <c r="G125" s="3"/>
       <c r="H125" s="3"/>
+      <c r="I125" s="3"/>
+      <c r="J125" s="3"/>
+      <c r="K125" s="3"/>
+      <c r="L125" s="3"/>
+      <c r="M125" s="3"/>
+      <c r="N125" s="3"/>
+      <c r="O125" s="3"/>
+      <c r="P125" s="3"/>
+      <c r="Q125" s="3"/>
+      <c r="R125" s="3"/>
+      <c r="S125" s="3"/>
+      <c r="T125" s="3"/>
+      <c r="U125" s="3"/>
+      <c r="V125" s="3"/>
+      <c r="W125" s="3"/>
+      <c r="X125" s="3"/>
+      <c r="Y125" s="3"/>
+      <c r="Z125" s="3"/>
+      <c r="AA125" s="3"/>
+      <c r="AB125" s="3"/>
+      <c r="AC125" s="3"/>
+      <c r="AD125" s="3"/>
+      <c r="AE125" s="3"/>
+      <c r="AF125" s="3"/>
+      <c r="AG125" s="3"/>
+      <c r="AH125" s="3"/>
+      <c r="AI125" s="3"/>
+      <c r="AJ125" s="3"/>
+      <c r="AK125" s="3"/>
+      <c r="AL125" s="3"/>
+      <c r="AM125" s="3"/>
+      <c r="AN125" s="3"/>
+      <c r="AO125" s="3"/>
+      <c r="AP125" s="3"/>
+      <c r="AQ125" s="3"/>
+      <c r="AR125" s="3"/>
+      <c r="AS125" s="3"/>
+      <c r="AT125" s="3"/>
+      <c r="AU125" s="3"/>
     </row>
-    <row r="126" spans="1:8">
+    <row r="126" spans="1:47">
       <c r="A126" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B126" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="C126" t="s">
-        <v>52</v>
+        <v>88</v>
       </c>
       <c r="D126" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="E126" t="s">
-        <v>52</v>
+        <v>88</v>
       </c>
       <c r="F126" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="G126" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="H126" t="s">
-        <v>52</v>
+        <v>109</v>
+      </c>
+      <c r="I126" t="s">
+        <v>109</v>
+      </c>
+      <c r="J126" t="s">
+        <v>109</v>
+      </c>
+      <c r="K126" t="s">
+        <v>109</v>
+      </c>
+      <c r="L126" t="s">
+        <v>88</v>
+      </c>
+      <c r="M126" t="s">
+        <v>88</v>
+      </c>
+      <c r="N126" t="s">
+        <v>88</v>
+      </c>
+      <c r="O126" t="s">
+        <v>109</v>
+      </c>
+      <c r="P126" t="s">
+        <v>109</v>
+      </c>
+      <c r="Q126" t="s">
+        <v>109</v>
+      </c>
+      <c r="R126" t="s">
+        <v>109</v>
+      </c>
+      <c r="S126" t="s">
+        <v>88</v>
+      </c>
+      <c r="T126" t="s">
+        <v>109</v>
+      </c>
+      <c r="U126" t="s">
+        <v>109</v>
+      </c>
+      <c r="V126" t="s">
+        <v>109</v>
+      </c>
+      <c r="W126" t="s">
+        <v>109</v>
+      </c>
+      <c r="X126" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y126" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z126" t="s">
+        <v>109</v>
+      </c>
+      <c r="AA126" t="s">
+        <v>109</v>
+      </c>
+      <c r="AB126" t="s">
+        <v>109</v>
+      </c>
+      <c r="AC126" t="s">
+        <v>109</v>
+      </c>
+      <c r="AD126" t="s">
+        <v>109</v>
+      </c>
+      <c r="AE126" t="s">
+        <v>109</v>
+      </c>
+      <c r="AF126" t="s">
+        <v>109</v>
+      </c>
+      <c r="AG126" t="s">
+        <v>109</v>
+      </c>
+      <c r="AH126" t="s">
+        <v>109</v>
+      </c>
+      <c r="AI126" t="s">
+        <v>109</v>
+      </c>
+      <c r="AJ126" t="s">
+        <v>109</v>
+      </c>
+      <c r="AK126" t="s">
+        <v>109</v>
+      </c>
+      <c r="AL126" t="s">
+        <v>109</v>
+      </c>
+      <c r="AM126" t="s">
+        <v>88</v>
+      </c>
+      <c r="AN126" t="s">
+        <v>109</v>
+      </c>
+      <c r="AO126" t="s">
+        <v>109</v>
+      </c>
+      <c r="AP126" t="s">
+        <v>109</v>
+      </c>
+      <c r="AQ126" t="s">
+        <v>109</v>
+      </c>
+      <c r="AR126" t="s">
+        <v>109</v>
+      </c>
+      <c r="AS126" t="s">
+        <v>109</v>
+      </c>
+      <c r="AT126" t="s">
+        <v>109</v>
+      </c>
+      <c r="AU126" t="s">
+        <v>109</v>
       </c>
     </row>
-    <row r="127" spans="1:8">
+    <row r="127" spans="1:47">
       <c r="A127" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="B127" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="C127" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="D127" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="E127" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="F127" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="G127" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="H127" t="s">
-        <v>37</v>
+        <v>89</v>
+      </c>
+      <c r="I127" t="s">
+        <v>89</v>
+      </c>
+      <c r="J127" t="s">
+        <v>89</v>
+      </c>
+      <c r="K127" t="s">
+        <v>89</v>
+      </c>
+      <c r="L127" t="s">
+        <v>89</v>
+      </c>
+      <c r="M127" t="s">
+        <v>89</v>
+      </c>
+      <c r="N127" t="s">
+        <v>89</v>
+      </c>
+      <c r="O127" t="s">
+        <v>89</v>
+      </c>
+      <c r="P127" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q127" t="s">
+        <v>89</v>
+      </c>
+      <c r="R127" t="s">
+        <v>89</v>
+      </c>
+      <c r="S127" t="s">
+        <v>89</v>
+      </c>
+      <c r="T127" t="s">
+        <v>89</v>
+      </c>
+      <c r="U127" t="s">
+        <v>89</v>
+      </c>
+      <c r="V127" t="s">
+        <v>89</v>
+      </c>
+      <c r="W127" t="s">
+        <v>89</v>
+      </c>
+      <c r="X127" t="s">
+        <v>89</v>
+      </c>
+      <c r="Y127" t="s">
+        <v>89</v>
+      </c>
+      <c r="Z127" t="s">
+        <v>89</v>
+      </c>
+      <c r="AA127" t="s">
+        <v>89</v>
+      </c>
+      <c r="AB127" t="s">
+        <v>89</v>
+      </c>
+      <c r="AC127" t="s">
+        <v>89</v>
+      </c>
+      <c r="AD127" t="s">
+        <v>89</v>
+      </c>
+      <c r="AE127" t="s">
+        <v>89</v>
+      </c>
+      <c r="AF127" t="s">
+        <v>89</v>
+      </c>
+      <c r="AG127" t="s">
+        <v>89</v>
+      </c>
+      <c r="AH127" t="s">
+        <v>89</v>
+      </c>
+      <c r="AI127" t="s">
+        <v>89</v>
+      </c>
+      <c r="AJ127" t="s">
+        <v>89</v>
+      </c>
+      <c r="AK127" t="s">
+        <v>89</v>
+      </c>
+      <c r="AL127" t="s">
+        <v>89</v>
+      </c>
+      <c r="AM127" t="s">
+        <v>89</v>
+      </c>
+      <c r="AN127" t="s">
+        <v>89</v>
+      </c>
+      <c r="AO127" t="s">
+        <v>89</v>
+      </c>
+      <c r="AP127" t="s">
+        <v>89</v>
+      </c>
+      <c r="AQ127" t="s">
+        <v>89</v>
+      </c>
+      <c r="AR127" t="s">
+        <v>89</v>
+      </c>
+      <c r="AS127" t="s">
+        <v>89</v>
+      </c>
+      <c r="AT127" t="s">
+        <v>89</v>
+      </c>
+      <c r="AU127" t="s">
+        <v>89</v>
       </c>
     </row>
-    <row r="128" spans="1:8">
+    <row r="128" spans="1:47">
       <c r="A128" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="B128" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="C128" t="s">
-        <v>25</v>
+        <v>65</v>
       </c>
       <c r="D128" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="E128" t="s">
-        <v>25</v>
+        <v>65</v>
       </c>
       <c r="F128" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="G128" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="H128" t="s">
-        <v>25</v>
+        <v>69</v>
+      </c>
+      <c r="I128" t="s">
+        <v>69</v>
+      </c>
+      <c r="J128" t="s">
+        <v>69</v>
+      </c>
+      <c r="K128" t="s">
+        <v>69</v>
+      </c>
+      <c r="L128" t="s">
+        <v>65</v>
+      </c>
+      <c r="M128" t="s">
+        <v>65</v>
+      </c>
+      <c r="N128" t="s">
+        <v>65</v>
+      </c>
+      <c r="O128" t="s">
+        <v>69</v>
+      </c>
+      <c r="P128" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q128" t="s">
+        <v>69</v>
+      </c>
+      <c r="R128" t="s">
+        <v>69</v>
+      </c>
+      <c r="S128" t="s">
+        <v>65</v>
+      </c>
+      <c r="T128" t="s">
+        <v>69</v>
+      </c>
+      <c r="U128" t="s">
+        <v>69</v>
+      </c>
+      <c r="V128" t="s">
+        <v>69</v>
+      </c>
+      <c r="W128" t="s">
+        <v>69</v>
+      </c>
+      <c r="X128" t="s">
+        <v>69</v>
+      </c>
+      <c r="Y128" t="s">
+        <v>69</v>
+      </c>
+      <c r="Z128" t="s">
+        <v>69</v>
+      </c>
+      <c r="AA128" t="s">
+        <v>69</v>
+      </c>
+      <c r="AB128" t="s">
+        <v>69</v>
+      </c>
+      <c r="AC128" t="s">
+        <v>69</v>
+      </c>
+      <c r="AD128" t="s">
+        <v>69</v>
+      </c>
+      <c r="AE128" t="s">
+        <v>69</v>
+      </c>
+      <c r="AF128" t="s">
+        <v>69</v>
+      </c>
+      <c r="AG128" t="s">
+        <v>69</v>
+      </c>
+      <c r="AH128" t="s">
+        <v>69</v>
+      </c>
+      <c r="AI128" t="s">
+        <v>69</v>
+      </c>
+      <c r="AJ128" t="s">
+        <v>69</v>
+      </c>
+      <c r="AK128" t="s">
+        <v>69</v>
+      </c>
+      <c r="AL128" t="s">
+        <v>69</v>
+      </c>
+      <c r="AM128" t="s">
+        <v>65</v>
+      </c>
+      <c r="AN128" t="s">
+        <v>69</v>
+      </c>
+      <c r="AO128" t="s">
+        <v>69</v>
+      </c>
+      <c r="AP128" t="s">
+        <v>69</v>
+      </c>
+      <c r="AQ128" t="s">
+        <v>69</v>
+      </c>
+      <c r="AR128" t="s">
+        <v>69</v>
+      </c>
+      <c r="AS128" t="s">
+        <v>69</v>
+      </c>
+      <c r="AT128" t="s">
+        <v>69</v>
+      </c>
+      <c r="AU128" t="s">
+        <v>69</v>
       </c>
     </row>
-    <row r="129" spans="1:8">
+    <row r="129" spans="1:47">
       <c r="A129" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B129" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="C129" t="s">
-        <v>52</v>
+        <v>88</v>
       </c>
       <c r="D129" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="E129" t="s">
-        <v>52</v>
+        <v>88</v>
       </c>
       <c r="F129" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="G129" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="H129" t="s">
-        <v>52</v>
+        <v>109</v>
+      </c>
+      <c r="I129" t="s">
+        <v>109</v>
+      </c>
+      <c r="J129" t="s">
+        <v>109</v>
+      </c>
+      <c r="K129" t="s">
+        <v>109</v>
+      </c>
+      <c r="L129" t="s">
+        <v>88</v>
+      </c>
+      <c r="M129" t="s">
+        <v>88</v>
+      </c>
+      <c r="N129" t="s">
+        <v>88</v>
+      </c>
+      <c r="O129" t="s">
+        <v>109</v>
+      </c>
+      <c r="P129" t="s">
+        <v>109</v>
+      </c>
+      <c r="Q129" t="s">
+        <v>109</v>
+      </c>
+      <c r="R129" t="s">
+        <v>109</v>
+      </c>
+      <c r="S129" t="s">
+        <v>88</v>
+      </c>
+      <c r="T129" t="s">
+        <v>109</v>
+      </c>
+      <c r="U129" t="s">
+        <v>109</v>
+      </c>
+      <c r="V129" t="s">
+        <v>109</v>
+      </c>
+      <c r="W129" t="s">
+        <v>109</v>
+      </c>
+      <c r="X129" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y129" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z129" t="s">
+        <v>109</v>
+      </c>
+      <c r="AA129" t="s">
+        <v>109</v>
+      </c>
+      <c r="AB129" t="s">
+        <v>109</v>
+      </c>
+      <c r="AC129" t="s">
+        <v>109</v>
+      </c>
+      <c r="AD129" t="s">
+        <v>109</v>
+      </c>
+      <c r="AE129" t="s">
+        <v>109</v>
+      </c>
+      <c r="AF129" t="s">
+        <v>109</v>
+      </c>
+      <c r="AG129" t="s">
+        <v>109</v>
+      </c>
+      <c r="AH129" t="s">
+        <v>109</v>
+      </c>
+      <c r="AI129" t="s">
+        <v>109</v>
+      </c>
+      <c r="AJ129" t="s">
+        <v>109</v>
+      </c>
+      <c r="AK129" t="s">
+        <v>109</v>
+      </c>
+      <c r="AL129" t="s">
+        <v>109</v>
+      </c>
+      <c r="AM129" t="s">
+        <v>88</v>
+      </c>
+      <c r="AN129" t="s">
+        <v>109</v>
+      </c>
+      <c r="AO129" t="s">
+        <v>109</v>
+      </c>
+      <c r="AP129" t="s">
+        <v>109</v>
+      </c>
+      <c r="AQ129" t="s">
+        <v>109</v>
+      </c>
+      <c r="AR129" t="s">
+        <v>109</v>
+      </c>
+      <c r="AS129" t="s">
+        <v>109</v>
+      </c>
+      <c r="AT129" t="s">
+        <v>109</v>
+      </c>
+      <c r="AU129" t="s">
+        <v>109</v>
       </c>
     </row>
-    <row r="130" spans="1:8">
+    <row r="130" spans="1:47">
       <c r="A130" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="B130" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="C130" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="D130" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="E130" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="F130" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="G130" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="H130" t="s">
-        <v>39</v>
+        <v>90</v>
+      </c>
+      <c r="I130" t="s">
+        <v>90</v>
+      </c>
+      <c r="J130" t="s">
+        <v>90</v>
+      </c>
+      <c r="K130" t="s">
+        <v>90</v>
+      </c>
+      <c r="L130" t="s">
+        <v>90</v>
+      </c>
+      <c r="M130" t="s">
+        <v>90</v>
+      </c>
+      <c r="N130" t="s">
+        <v>90</v>
+      </c>
+      <c r="O130" t="s">
+        <v>90</v>
+      </c>
+      <c r="P130" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q130" t="s">
+        <v>90</v>
+      </c>
+      <c r="R130" t="s">
+        <v>90</v>
+      </c>
+      <c r="S130" t="s">
+        <v>90</v>
+      </c>
+      <c r="T130" t="s">
+        <v>90</v>
+      </c>
+      <c r="U130" t="s">
+        <v>90</v>
+      </c>
+      <c r="V130" t="s">
+        <v>90</v>
+      </c>
+      <c r="W130" t="s">
+        <v>90</v>
+      </c>
+      <c r="X130" t="s">
+        <v>90</v>
+      </c>
+      <c r="Y130" t="s">
+        <v>90</v>
+      </c>
+      <c r="Z130" t="s">
+        <v>90</v>
+      </c>
+      <c r="AA130" t="s">
+        <v>90</v>
+      </c>
+      <c r="AB130" t="s">
+        <v>90</v>
+      </c>
+      <c r="AC130" t="s">
+        <v>90</v>
+      </c>
+      <c r="AD130" t="s">
+        <v>90</v>
+      </c>
+      <c r="AE130" t="s">
+        <v>90</v>
+      </c>
+      <c r="AF130" t="s">
+        <v>90</v>
+      </c>
+      <c r="AG130" t="s">
+        <v>90</v>
+      </c>
+      <c r="AH130" t="s">
+        <v>90</v>
+      </c>
+      <c r="AI130" t="s">
+        <v>90</v>
+      </c>
+      <c r="AJ130" t="s">
+        <v>90</v>
+      </c>
+      <c r="AK130" t="s">
+        <v>90</v>
+      </c>
+      <c r="AL130" t="s">
+        <v>90</v>
+      </c>
+      <c r="AM130" t="s">
+        <v>90</v>
+      </c>
+      <c r="AN130" t="s">
+        <v>90</v>
+      </c>
+      <c r="AO130" t="s">
+        <v>90</v>
+      </c>
+      <c r="AP130" t="s">
+        <v>90</v>
+      </c>
+      <c r="AQ130" t="s">
+        <v>90</v>
+      </c>
+      <c r="AR130" t="s">
+        <v>90</v>
+      </c>
+      <c r="AS130" t="s">
+        <v>90</v>
+      </c>
+      <c r="AT130" t="s">
+        <v>90</v>
+      </c>
+      <c r="AU130" t="s">
+        <v>90</v>
       </c>
     </row>
-    <row r="131" spans="1:8">
+    <row r="131" spans="1:47">
       <c r="A131" s="3" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="B131" s="3"/>
       <c r="C131" s="3"/>
       <c r="D131" s="3"/>
       <c r="E131" s="3"/>
       <c r="F131" s="3"/>
       <c r="G131" s="3"/>
       <c r="H131" s="3"/>
+      <c r="I131" s="3"/>
+      <c r="J131" s="3"/>
+      <c r="K131" s="3"/>
+      <c r="L131" s="3"/>
+      <c r="M131" s="3"/>
+      <c r="N131" s="3"/>
+      <c r="O131" s="3"/>
+      <c r="P131" s="3"/>
+      <c r="Q131" s="3"/>
+      <c r="R131" s="3"/>
+      <c r="S131" s="3"/>
+      <c r="T131" s="3"/>
+      <c r="U131" s="3"/>
+      <c r="V131" s="3"/>
+      <c r="W131" s="3"/>
+      <c r="X131" s="3"/>
+      <c r="Y131" s="3"/>
+      <c r="Z131" s="3"/>
+      <c r="AA131" s="3"/>
+      <c r="AB131" s="3"/>
+      <c r="AC131" s="3"/>
+      <c r="AD131" s="3"/>
+      <c r="AE131" s="3"/>
+      <c r="AF131" s="3"/>
+      <c r="AG131" s="3"/>
+      <c r="AH131" s="3"/>
+      <c r="AI131" s="3"/>
+      <c r="AJ131" s="3"/>
+      <c r="AK131" s="3"/>
+      <c r="AL131" s="3"/>
+      <c r="AM131" s="3"/>
+      <c r="AN131" s="3"/>
+      <c r="AO131" s="3"/>
+      <c r="AP131" s="3"/>
+      <c r="AQ131" s="3"/>
+      <c r="AR131" s="3"/>
+      <c r="AS131" s="3"/>
+      <c r="AT131" s="3"/>
+      <c r="AU131" s="3"/>
     </row>
-    <row r="132" spans="1:8">
+    <row r="132" spans="1:47">
       <c r="A132" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B132" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="C132" t="s">
-        <v>52</v>
+        <v>88</v>
       </c>
       <c r="D132" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="E132" t="s">
-        <v>52</v>
+        <v>88</v>
       </c>
       <c r="F132" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="G132" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="H132" t="s">
-        <v>52</v>
+        <v>109</v>
+      </c>
+      <c r="I132" t="s">
+        <v>109</v>
+      </c>
+      <c r="J132" t="s">
+        <v>109</v>
+      </c>
+      <c r="K132" t="s">
+        <v>109</v>
+      </c>
+      <c r="L132" t="s">
+        <v>88</v>
+      </c>
+      <c r="M132" t="s">
+        <v>88</v>
+      </c>
+      <c r="N132" t="s">
+        <v>88</v>
+      </c>
+      <c r="O132" t="s">
+        <v>109</v>
+      </c>
+      <c r="P132" t="s">
+        <v>109</v>
+      </c>
+      <c r="Q132" t="s">
+        <v>109</v>
+      </c>
+      <c r="R132" t="s">
+        <v>109</v>
+      </c>
+      <c r="S132" t="s">
+        <v>88</v>
+      </c>
+      <c r="T132" t="s">
+        <v>109</v>
+      </c>
+      <c r="U132" t="s">
+        <v>109</v>
+      </c>
+      <c r="V132" t="s">
+        <v>109</v>
+      </c>
+      <c r="W132" t="s">
+        <v>109</v>
+      </c>
+      <c r="X132" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y132" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z132" t="s">
+        <v>109</v>
+      </c>
+      <c r="AA132" t="s">
+        <v>109</v>
+      </c>
+      <c r="AB132" t="s">
+        <v>109</v>
+      </c>
+      <c r="AC132" t="s">
+        <v>109</v>
+      </c>
+      <c r="AD132" t="s">
+        <v>109</v>
+      </c>
+      <c r="AE132" t="s">
+        <v>109</v>
+      </c>
+      <c r="AF132" t="s">
+        <v>109</v>
+      </c>
+      <c r="AG132" t="s">
+        <v>109</v>
+      </c>
+      <c r="AH132" t="s">
+        <v>109</v>
+      </c>
+      <c r="AI132" t="s">
+        <v>109</v>
+      </c>
+      <c r="AJ132" t="s">
+        <v>109</v>
+      </c>
+      <c r="AK132" t="s">
+        <v>109</v>
+      </c>
+      <c r="AL132" t="s">
+        <v>109</v>
+      </c>
+      <c r="AM132" t="s">
+        <v>88</v>
+      </c>
+      <c r="AN132" t="s">
+        <v>109</v>
+      </c>
+      <c r="AO132" t="s">
+        <v>109</v>
+      </c>
+      <c r="AP132" t="s">
+        <v>109</v>
+      </c>
+      <c r="AQ132" t="s">
+        <v>109</v>
+      </c>
+      <c r="AR132" t="s">
+        <v>109</v>
+      </c>
+      <c r="AS132" t="s">
+        <v>109</v>
+      </c>
+      <c r="AT132" t="s">
+        <v>109</v>
+      </c>
+      <c r="AU132" t="s">
+        <v>109</v>
       </c>
     </row>
-    <row r="133" spans="1:8">
+    <row r="133" spans="1:47">
       <c r="A133" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="B133" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="C133" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="D133" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="E133" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="F133" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="G133" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="H133" t="s">
-        <v>37</v>
+        <v>89</v>
+      </c>
+      <c r="I133" t="s">
+        <v>89</v>
+      </c>
+      <c r="J133" t="s">
+        <v>89</v>
+      </c>
+      <c r="K133" t="s">
+        <v>89</v>
+      </c>
+      <c r="L133" t="s">
+        <v>89</v>
+      </c>
+      <c r="M133" t="s">
+        <v>89</v>
+      </c>
+      <c r="N133" t="s">
+        <v>89</v>
+      </c>
+      <c r="O133" t="s">
+        <v>89</v>
+      </c>
+      <c r="P133" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q133" t="s">
+        <v>89</v>
+      </c>
+      <c r="R133" t="s">
+        <v>89</v>
+      </c>
+      <c r="S133" t="s">
+        <v>89</v>
+      </c>
+      <c r="T133" t="s">
+        <v>89</v>
+      </c>
+      <c r="U133" t="s">
+        <v>89</v>
+      </c>
+      <c r="V133" t="s">
+        <v>89</v>
+      </c>
+      <c r="W133" t="s">
+        <v>89</v>
+      </c>
+      <c r="X133" t="s">
+        <v>89</v>
+      </c>
+      <c r="Y133" t="s">
+        <v>89</v>
+      </c>
+      <c r="Z133" t="s">
+        <v>89</v>
+      </c>
+      <c r="AA133" t="s">
+        <v>89</v>
+      </c>
+      <c r="AB133" t="s">
+        <v>89</v>
+      </c>
+      <c r="AC133" t="s">
+        <v>89</v>
+      </c>
+      <c r="AD133" t="s">
+        <v>89</v>
+      </c>
+      <c r="AE133" t="s">
+        <v>89</v>
+      </c>
+      <c r="AF133" t="s">
+        <v>89</v>
+      </c>
+      <c r="AG133" t="s">
+        <v>89</v>
+      </c>
+      <c r="AH133" t="s">
+        <v>89</v>
+      </c>
+      <c r="AI133" t="s">
+        <v>89</v>
+      </c>
+      <c r="AJ133" t="s">
+        <v>89</v>
+      </c>
+      <c r="AK133" t="s">
+        <v>89</v>
+      </c>
+      <c r="AL133" t="s">
+        <v>89</v>
+      </c>
+      <c r="AM133" t="s">
+        <v>89</v>
+      </c>
+      <c r="AN133" t="s">
+        <v>89</v>
+      </c>
+      <c r="AO133" t="s">
+        <v>89</v>
+      </c>
+      <c r="AP133" t="s">
+        <v>89</v>
+      </c>
+      <c r="AQ133" t="s">
+        <v>89</v>
+      </c>
+      <c r="AR133" t="s">
+        <v>89</v>
+      </c>
+      <c r="AS133" t="s">
+        <v>89</v>
+      </c>
+      <c r="AT133" t="s">
+        <v>89</v>
+      </c>
+      <c r="AU133" t="s">
+        <v>89</v>
       </c>
     </row>
-    <row r="134" spans="1:8">
+    <row r="134" spans="1:47">
       <c r="A134" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B134" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="C134" t="s">
-        <v>52</v>
+        <v>88</v>
       </c>
       <c r="D134" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="E134" t="s">
-        <v>52</v>
+        <v>88</v>
       </c>
       <c r="F134" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="G134" t="s">
-        <v>52</v>
+        <v>109</v>
       </c>
       <c r="H134" t="s">
-        <v>52</v>
+        <v>109</v>
+      </c>
+      <c r="I134" t="s">
+        <v>109</v>
+      </c>
+      <c r="J134" t="s">
+        <v>109</v>
+      </c>
+      <c r="K134" t="s">
+        <v>109</v>
+      </c>
+      <c r="L134" t="s">
+        <v>88</v>
+      </c>
+      <c r="M134" t="s">
+        <v>88</v>
+      </c>
+      <c r="N134" t="s">
+        <v>88</v>
+      </c>
+      <c r="O134" t="s">
+        <v>109</v>
+      </c>
+      <c r="P134" t="s">
+        <v>109</v>
+      </c>
+      <c r="Q134" t="s">
+        <v>109</v>
+      </c>
+      <c r="R134" t="s">
+        <v>109</v>
+      </c>
+      <c r="S134" t="s">
+        <v>88</v>
+      </c>
+      <c r="T134" t="s">
+        <v>109</v>
+      </c>
+      <c r="U134" t="s">
+        <v>109</v>
+      </c>
+      <c r="V134" t="s">
+        <v>109</v>
+      </c>
+      <c r="W134" t="s">
+        <v>109</v>
+      </c>
+      <c r="X134" t="s">
+        <v>109</v>
+      </c>
+      <c r="Y134" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z134" t="s">
+        <v>109</v>
+      </c>
+      <c r="AA134" t="s">
+        <v>109</v>
+      </c>
+      <c r="AB134" t="s">
+        <v>109</v>
+      </c>
+      <c r="AC134" t="s">
+        <v>109</v>
+      </c>
+      <c r="AD134" t="s">
+        <v>109</v>
+      </c>
+      <c r="AE134" t="s">
+        <v>109</v>
+      </c>
+      <c r="AF134" t="s">
+        <v>109</v>
+      </c>
+      <c r="AG134" t="s">
+        <v>109</v>
+      </c>
+      <c r="AH134" t="s">
+        <v>109</v>
+      </c>
+      <c r="AI134" t="s">
+        <v>109</v>
+      </c>
+      <c r="AJ134" t="s">
+        <v>109</v>
+      </c>
+      <c r="AK134" t="s">
+        <v>109</v>
+      </c>
+      <c r="AL134" t="s">
+        <v>109</v>
+      </c>
+      <c r="AM134" t="s">
+        <v>88</v>
+      </c>
+      <c r="AN134" t="s">
+        <v>109</v>
+      </c>
+      <c r="AO134" t="s">
+        <v>109</v>
+      </c>
+      <c r="AP134" t="s">
+        <v>109</v>
+      </c>
+      <c r="AQ134" t="s">
+        <v>109</v>
+      </c>
+      <c r="AR134" t="s">
+        <v>109</v>
+      </c>
+      <c r="AS134" t="s">
+        <v>109</v>
+      </c>
+      <c r="AT134" t="s">
+        <v>109</v>
+      </c>
+      <c r="AU134" t="s">
+        <v>109</v>
       </c>
     </row>
-    <row r="135" spans="1:8">
+    <row r="135" spans="1:47">
       <c r="A135" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="B135" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="C135" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="D135" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="E135" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="F135" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="G135" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="H135" t="s">
-        <v>39</v>
+        <v>90</v>
+      </c>
+      <c r="I135" t="s">
+        <v>90</v>
+      </c>
+      <c r="J135" t="s">
+        <v>90</v>
+      </c>
+      <c r="K135" t="s">
+        <v>90</v>
+      </c>
+      <c r="L135" t="s">
+        <v>90</v>
+      </c>
+      <c r="M135" t="s">
+        <v>90</v>
+      </c>
+      <c r="N135" t="s">
+        <v>90</v>
+      </c>
+      <c r="O135" t="s">
+        <v>90</v>
+      </c>
+      <c r="P135" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q135" t="s">
+        <v>90</v>
+      </c>
+      <c r="R135" t="s">
+        <v>90</v>
+      </c>
+      <c r="S135" t="s">
+        <v>90</v>
+      </c>
+      <c r="T135" t="s">
+        <v>90</v>
+      </c>
+      <c r="U135" t="s">
+        <v>90</v>
+      </c>
+      <c r="V135" t="s">
+        <v>90</v>
+      </c>
+      <c r="W135" t="s">
+        <v>90</v>
+      </c>
+      <c r="X135" t="s">
+        <v>90</v>
+      </c>
+      <c r="Y135" t="s">
+        <v>90</v>
+      </c>
+      <c r="Z135" t="s">
+        <v>90</v>
+      </c>
+      <c r="AA135" t="s">
+        <v>90</v>
+      </c>
+      <c r="AB135" t="s">
+        <v>90</v>
+      </c>
+      <c r="AC135" t="s">
+        <v>90</v>
+      </c>
+      <c r="AD135" t="s">
+        <v>90</v>
+      </c>
+      <c r="AE135" t="s">
+        <v>90</v>
+      </c>
+      <c r="AF135" t="s">
+        <v>90</v>
+      </c>
+      <c r="AG135" t="s">
+        <v>90</v>
+      </c>
+      <c r="AH135" t="s">
+        <v>90</v>
+      </c>
+      <c r="AI135" t="s">
+        <v>90</v>
+      </c>
+      <c r="AJ135" t="s">
+        <v>90</v>
+      </c>
+      <c r="AK135" t="s">
+        <v>90</v>
+      </c>
+      <c r="AL135" t="s">
+        <v>90</v>
+      </c>
+      <c r="AM135" t="s">
+        <v>90</v>
+      </c>
+      <c r="AN135" t="s">
+        <v>90</v>
+      </c>
+      <c r="AO135" t="s">
+        <v>90</v>
+      </c>
+      <c r="AP135" t="s">
+        <v>90</v>
+      </c>
+      <c r="AQ135" t="s">
+        <v>90</v>
+      </c>
+      <c r="AR135" t="s">
+        <v>90</v>
+      </c>
+      <c r="AS135" t="s">
+        <v>90</v>
+      </c>
+      <c r="AT135" t="s">
+        <v>90</v>
+      </c>
+      <c r="AU135" t="s">
+        <v>90</v>
       </c>
     </row>
-    <row r="136" spans="1:8">
+    <row r="136" spans="1:47">
       <c r="A136" s="4"/>
       <c r="B136" s="4"/>
       <c r="C136" s="4"/>
       <c r="D136" s="4"/>
       <c r="E136" s="4"/>
       <c r="F136" s="4"/>
       <c r="G136" s="4"/>
       <c r="H136" s="4"/>
+      <c r="I136" s="4"/>
+      <c r="J136" s="4"/>
+      <c r="K136" s="4"/>
+      <c r="L136" s="4"/>
+      <c r="M136" s="4"/>
+      <c r="N136" s="4"/>
+      <c r="O136" s="4"/>
+      <c r="P136" s="4"/>
+      <c r="Q136" s="4"/>
+      <c r="R136" s="4"/>
+      <c r="S136" s="4"/>
+      <c r="T136" s="4"/>
+      <c r="U136" s="4"/>
+      <c r="V136" s="4"/>
+      <c r="W136" s="4"/>
+      <c r="X136" s="4"/>
+      <c r="Y136" s="4"/>
+      <c r="Z136" s="4"/>
+      <c r="AA136" s="4"/>
+      <c r="AB136" s="4"/>
+      <c r="AC136" s="4"/>
+      <c r="AD136" s="4"/>
+      <c r="AE136" s="4"/>
+      <c r="AF136" s="4"/>
+      <c r="AG136" s="4"/>
+      <c r="AH136" s="4"/>
+      <c r="AI136" s="4"/>
+      <c r="AJ136" s="4"/>
+      <c r="AK136" s="4"/>
+      <c r="AL136" s="4"/>
+      <c r="AM136" s="4"/>
+      <c r="AN136" s="4"/>
+      <c r="AO136" s="4"/>
+      <c r="AP136" s="4"/>
+      <c r="AQ136" s="4"/>
+      <c r="AR136" s="4"/>
+      <c r="AS136" s="4"/>
+      <c r="AT136" s="4"/>
+      <c r="AU136" s="4"/>
     </row>
-    <row r="137" spans="1:8">
+    <row r="137" spans="1:47">
       <c r="A137" s="2" t="s">
-        <v>53</v>
+        <v>110</v>
       </c>
       <c r="B137" s="2"/>
       <c r="C137" s="2"/>
       <c r="D137" s="2"/>
       <c r="E137" s="2"/>
       <c r="F137" s="2"/>
       <c r="G137" s="2"/>
       <c r="H137" s="2"/>
+      <c r="I137" s="2"/>
+      <c r="J137" s="2"/>
+      <c r="K137" s="2"/>
+      <c r="L137" s="2"/>
+      <c r="M137" s="2"/>
+      <c r="N137" s="2"/>
+      <c r="O137" s="2"/>
+      <c r="P137" s="2"/>
+      <c r="Q137" s="2"/>
+      <c r="R137" s="2"/>
+      <c r="S137" s="2"/>
+      <c r="T137" s="2"/>
+      <c r="U137" s="2"/>
+      <c r="V137" s="2"/>
+      <c r="W137" s="2"/>
+      <c r="X137" s="2"/>
+      <c r="Y137" s="2"/>
+      <c r="Z137" s="2"/>
+      <c r="AA137" s="2"/>
+      <c r="AB137" s="2"/>
+      <c r="AC137" s="2"/>
+      <c r="AD137" s="2"/>
+      <c r="AE137" s="2"/>
+      <c r="AF137" s="2"/>
+      <c r="AG137" s="2"/>
+      <c r="AH137" s="2"/>
+      <c r="AI137" s="2"/>
+      <c r="AJ137" s="2"/>
+      <c r="AK137" s="2"/>
+      <c r="AL137" s="2"/>
+      <c r="AM137" s="2"/>
+      <c r="AN137" s="2"/>
+      <c r="AO137" s="2"/>
+      <c r="AP137" s="2"/>
+      <c r="AQ137" s="2"/>
+      <c r="AR137" s="2"/>
+      <c r="AS137" s="2"/>
+      <c r="AT137" s="2"/>
+      <c r="AU137" s="2"/>
     </row>
-    <row r="138" spans="1:8">
+    <row r="138" spans="1:47">
       <c r="A138" s="3" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="B138" s="3"/>
       <c r="C138" s="3"/>
       <c r="D138" s="3"/>
       <c r="E138" s="3"/>
       <c r="F138" s="3"/>
       <c r="G138" s="3"/>
       <c r="H138" s="3"/>
+      <c r="I138" s="3"/>
+      <c r="J138" s="3"/>
+      <c r="K138" s="3"/>
+      <c r="L138" s="3"/>
+      <c r="M138" s="3"/>
+      <c r="N138" s="3"/>
+      <c r="O138" s="3"/>
+      <c r="P138" s="3"/>
+      <c r="Q138" s="3"/>
+      <c r="R138" s="3"/>
+      <c r="S138" s="3"/>
+      <c r="T138" s="3"/>
+      <c r="U138" s="3"/>
+      <c r="V138" s="3"/>
+      <c r="W138" s="3"/>
+      <c r="X138" s="3"/>
+      <c r="Y138" s="3"/>
+      <c r="Z138" s="3"/>
+      <c r="AA138" s="3"/>
+      <c r="AB138" s="3"/>
+      <c r="AC138" s="3"/>
+      <c r="AD138" s="3"/>
+      <c r="AE138" s="3"/>
+      <c r="AF138" s="3"/>
+      <c r="AG138" s="3"/>
+      <c r="AH138" s="3"/>
+      <c r="AI138" s="3"/>
+      <c r="AJ138" s="3"/>
+      <c r="AK138" s="3"/>
+      <c r="AL138" s="3"/>
+      <c r="AM138" s="3"/>
+      <c r="AN138" s="3"/>
+      <c r="AO138" s="3"/>
+      <c r="AP138" s="3"/>
+      <c r="AQ138" s="3"/>
+      <c r="AR138" s="3"/>
+      <c r="AS138" s="3"/>
+      <c r="AT138" s="3"/>
+      <c r="AU138" s="3"/>
     </row>
-    <row r="139" spans="1:8">
+    <row r="139" spans="1:47">
       <c r="A139" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B139" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="C139" t="s">
-        <v>54</v>
+        <v>83</v>
       </c>
       <c r="D139" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="E139" t="s">
-        <v>54</v>
+        <v>83</v>
       </c>
       <c r="F139" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="G139" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="H139" t="s">
-        <v>54</v>
+        <v>93</v>
+      </c>
+      <c r="I139" t="s">
+        <v>93</v>
+      </c>
+      <c r="J139" t="s">
+        <v>93</v>
+      </c>
+      <c r="K139" t="s">
+        <v>93</v>
+      </c>
+      <c r="L139" t="s">
+        <v>83</v>
+      </c>
+      <c r="M139" t="s">
+        <v>83</v>
+      </c>
+      <c r="N139" t="s">
+        <v>83</v>
+      </c>
+      <c r="O139" t="s">
+        <v>93</v>
+      </c>
+      <c r="P139" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q139" t="s">
+        <v>93</v>
+      </c>
+      <c r="R139" t="s">
+        <v>93</v>
+      </c>
+      <c r="S139" t="s">
+        <v>83</v>
+      </c>
+      <c r="T139" t="s">
+        <v>93</v>
+      </c>
+      <c r="U139" t="s">
+        <v>93</v>
+      </c>
+      <c r="V139" t="s">
+        <v>93</v>
+      </c>
+      <c r="W139" t="s">
+        <v>83</v>
+      </c>
+      <c r="X139" t="s">
+        <v>83</v>
+      </c>
+      <c r="Y139" t="s">
+        <v>83</v>
+      </c>
+      <c r="Z139" t="s">
+        <v>83</v>
+      </c>
+      <c r="AA139" t="s">
+        <v>83</v>
+      </c>
+      <c r="AB139" t="s">
+        <v>83</v>
+      </c>
+      <c r="AC139" t="s">
+        <v>83</v>
+      </c>
+      <c r="AD139" t="s">
+        <v>83</v>
+      </c>
+      <c r="AE139" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF139" t="s">
+        <v>93</v>
+      </c>
+      <c r="AG139" t="s">
+        <v>93</v>
+      </c>
+      <c r="AH139" t="s">
+        <v>93</v>
+      </c>
+      <c r="AI139" t="s">
+        <v>93</v>
+      </c>
+      <c r="AJ139" t="s">
+        <v>93</v>
+      </c>
+      <c r="AK139" t="s">
+        <v>93</v>
+      </c>
+      <c r="AL139" t="s">
+        <v>93</v>
+      </c>
+      <c r="AM139" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN139" t="s">
+        <v>93</v>
+      </c>
+      <c r="AO139" t="s">
+        <v>93</v>
+      </c>
+      <c r="AP139" t="s">
+        <v>93</v>
+      </c>
+      <c r="AQ139" t="s">
+        <v>93</v>
+      </c>
+      <c r="AR139" t="s">
+        <v>93</v>
+      </c>
+      <c r="AS139" t="s">
+        <v>93</v>
+      </c>
+      <c r="AT139" t="s">
+        <v>93</v>
+      </c>
+      <c r="AU139" t="s">
+        <v>93</v>
       </c>
     </row>
-    <row r="140" spans="1:8">
+    <row r="140" spans="1:47">
       <c r="A140" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="B140" t="s">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c r="C140" t="s">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c r="D140" t="s">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c r="E140" t="s">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c r="F140" t="s">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c r="G140" t="s">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c r="H140" t="s">
-        <v>24</v>
+        <v>111</v>
+      </c>
+      <c r="I140" t="s">
+        <v>111</v>
+      </c>
+      <c r="J140" t="s">
+        <v>111</v>
+      </c>
+      <c r="K140" t="s">
+        <v>111</v>
+      </c>
+      <c r="L140" t="s">
+        <v>111</v>
+      </c>
+      <c r="M140" t="s">
+        <v>111</v>
+      </c>
+      <c r="N140" t="s">
+        <v>111</v>
+      </c>
+      <c r="O140" t="s">
+        <v>111</v>
+      </c>
+      <c r="P140" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q140" t="s">
+        <v>111</v>
+      </c>
+      <c r="R140" t="s">
+        <v>111</v>
+      </c>
+      <c r="S140" t="s">
+        <v>111</v>
+      </c>
+      <c r="T140" t="s">
+        <v>111</v>
+      </c>
+      <c r="U140" t="s">
+        <v>111</v>
+      </c>
+      <c r="V140" t="s">
+        <v>111</v>
+      </c>
+      <c r="W140" t="s">
+        <v>111</v>
+      </c>
+      <c r="X140" t="s">
+        <v>111</v>
+      </c>
+      <c r="Y140" t="s">
+        <v>111</v>
+      </c>
+      <c r="Z140" t="s">
+        <v>111</v>
+      </c>
+      <c r="AA140" t="s">
+        <v>111</v>
+      </c>
+      <c r="AB140" t="s">
+        <v>111</v>
+      </c>
+      <c r="AC140" t="s">
+        <v>111</v>
+      </c>
+      <c r="AD140" t="s">
+        <v>111</v>
+      </c>
+      <c r="AE140" t="s">
+        <v>111</v>
+      </c>
+      <c r="AF140" t="s">
+        <v>111</v>
+      </c>
+      <c r="AG140" t="s">
+        <v>111</v>
+      </c>
+      <c r="AH140" t="s">
+        <v>111</v>
+      </c>
+      <c r="AI140" t="s">
+        <v>111</v>
+      </c>
+      <c r="AJ140" t="s">
+        <v>111</v>
+      </c>
+      <c r="AK140" t="s">
+        <v>111</v>
+      </c>
+      <c r="AL140" t="s">
+        <v>111</v>
+      </c>
+      <c r="AM140" t="s">
+        <v>111</v>
+      </c>
+      <c r="AN140" t="s">
+        <v>111</v>
+      </c>
+      <c r="AO140" t="s">
+        <v>111</v>
+      </c>
+      <c r="AP140" t="s">
+        <v>111</v>
+      </c>
+      <c r="AQ140" t="s">
+        <v>111</v>
+      </c>
+      <c r="AR140" t="s">
+        <v>111</v>
+      </c>
+      <c r="AS140" t="s">
+        <v>111</v>
+      </c>
+      <c r="AT140" t="s">
+        <v>111</v>
+      </c>
+      <c r="AU140" t="s">
+        <v>111</v>
       </c>
     </row>
-    <row r="141" spans="1:8">
+    <row r="141" spans="1:47">
       <c r="A141" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="B141" t="s">
-        <v>55</v>
+        <v>94</v>
       </c>
       <c r="C141" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="D141" t="s">
-        <v>55</v>
+        <v>94</v>
       </c>
       <c r="E141" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="F141" t="s">
-        <v>55</v>
+        <v>94</v>
       </c>
       <c r="G141" t="s">
-        <v>55</v>
+        <v>94</v>
       </c>
       <c r="H141" t="s">
-        <v>55</v>
+        <v>94</v>
+      </c>
+      <c r="I141" t="s">
+        <v>94</v>
+      </c>
+      <c r="J141" t="s">
+        <v>94</v>
+      </c>
+      <c r="K141" t="s">
+        <v>94</v>
+      </c>
+      <c r="L141" t="s">
+        <v>112</v>
+      </c>
+      <c r="M141" t="s">
+        <v>112</v>
+      </c>
+      <c r="N141" t="s">
+        <v>112</v>
+      </c>
+      <c r="O141" t="s">
+        <v>94</v>
+      </c>
+      <c r="P141" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q141" t="s">
+        <v>94</v>
+      </c>
+      <c r="R141" t="s">
+        <v>94</v>
+      </c>
+      <c r="S141" t="s">
+        <v>112</v>
+      </c>
+      <c r="T141" t="s">
+        <v>94</v>
+      </c>
+      <c r="U141" t="s">
+        <v>94</v>
+      </c>
+      <c r="V141" t="s">
+        <v>94</v>
+      </c>
+      <c r="W141" t="s">
+        <v>112</v>
+      </c>
+      <c r="X141" t="s">
+        <v>112</v>
+      </c>
+      <c r="Y141" t="s">
+        <v>112</v>
+      </c>
+      <c r="Z141" t="s">
+        <v>112</v>
+      </c>
+      <c r="AA141" t="s">
+        <v>112</v>
+      </c>
+      <c r="AB141" t="s">
+        <v>112</v>
+      </c>
+      <c r="AC141" t="s">
+        <v>112</v>
+      </c>
+      <c r="AD141" t="s">
+        <v>112</v>
+      </c>
+      <c r="AE141" t="s">
+        <v>94</v>
+      </c>
+      <c r="AF141" t="s">
+        <v>94</v>
+      </c>
+      <c r="AG141" t="s">
+        <v>94</v>
+      </c>
+      <c r="AH141" t="s">
+        <v>94</v>
+      </c>
+      <c r="AI141" t="s">
+        <v>94</v>
+      </c>
+      <c r="AJ141" t="s">
+        <v>94</v>
+      </c>
+      <c r="AK141" t="s">
+        <v>94</v>
+      </c>
+      <c r="AL141" t="s">
+        <v>94</v>
+      </c>
+      <c r="AM141" t="s">
+        <v>112</v>
+      </c>
+      <c r="AN141" t="s">
+        <v>94</v>
+      </c>
+      <c r="AO141" t="s">
+        <v>94</v>
+      </c>
+      <c r="AP141" t="s">
+        <v>94</v>
+      </c>
+      <c r="AQ141" t="s">
+        <v>94</v>
+      </c>
+      <c r="AR141" t="s">
+        <v>94</v>
+      </c>
+      <c r="AS141" t="s">
+        <v>94</v>
+      </c>
+      <c r="AT141" t="s">
+        <v>94</v>
+      </c>
+      <c r="AU141" t="s">
+        <v>94</v>
       </c>
     </row>
-    <row r="142" spans="1:8">
+    <row r="142" spans="1:47">
       <c r="A142" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B142" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="C142" t="s">
-        <v>54</v>
+        <v>83</v>
       </c>
       <c r="D142" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="E142" t="s">
-        <v>54</v>
+        <v>83</v>
       </c>
       <c r="F142" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="G142" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="H142" t="s">
-        <v>54</v>
+        <v>93</v>
+      </c>
+      <c r="I142" t="s">
+        <v>93</v>
+      </c>
+      <c r="J142" t="s">
+        <v>93</v>
+      </c>
+      <c r="K142" t="s">
+        <v>93</v>
+      </c>
+      <c r="L142" t="s">
+        <v>83</v>
+      </c>
+      <c r="M142" t="s">
+        <v>83</v>
+      </c>
+      <c r="N142" t="s">
+        <v>83</v>
+      </c>
+      <c r="O142" t="s">
+        <v>93</v>
+      </c>
+      <c r="P142" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q142" t="s">
+        <v>93</v>
+      </c>
+      <c r="R142" t="s">
+        <v>93</v>
+      </c>
+      <c r="S142" t="s">
+        <v>83</v>
+      </c>
+      <c r="T142" t="s">
+        <v>93</v>
+      </c>
+      <c r="U142" t="s">
+        <v>93</v>
+      </c>
+      <c r="V142" t="s">
+        <v>93</v>
+      </c>
+      <c r="W142" t="s">
+        <v>83</v>
+      </c>
+      <c r="X142" t="s">
+        <v>83</v>
+      </c>
+      <c r="Y142" t="s">
+        <v>83</v>
+      </c>
+      <c r="Z142" t="s">
+        <v>83</v>
+      </c>
+      <c r="AA142" t="s">
+        <v>83</v>
+      </c>
+      <c r="AB142" t="s">
+        <v>83</v>
+      </c>
+      <c r="AC142" t="s">
+        <v>83</v>
+      </c>
+      <c r="AD142" t="s">
+        <v>83</v>
+      </c>
+      <c r="AE142" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF142" t="s">
+        <v>93</v>
+      </c>
+      <c r="AG142" t="s">
+        <v>93</v>
+      </c>
+      <c r="AH142" t="s">
+        <v>93</v>
+      </c>
+      <c r="AI142" t="s">
+        <v>93</v>
+      </c>
+      <c r="AJ142" t="s">
+        <v>93</v>
+      </c>
+      <c r="AK142" t="s">
+        <v>93</v>
+      </c>
+      <c r="AL142" t="s">
+        <v>93</v>
+      </c>
+      <c r="AM142" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN142" t="s">
+        <v>93</v>
+      </c>
+      <c r="AO142" t="s">
+        <v>93</v>
+      </c>
+      <c r="AP142" t="s">
+        <v>93</v>
+      </c>
+      <c r="AQ142" t="s">
+        <v>93</v>
+      </c>
+      <c r="AR142" t="s">
+        <v>93</v>
+      </c>
+      <c r="AS142" t="s">
+        <v>93</v>
+      </c>
+      <c r="AT142" t="s">
+        <v>93</v>
+      </c>
+      <c r="AU142" t="s">
+        <v>93</v>
       </c>
     </row>
-    <row r="143" spans="1:8">
+    <row r="143" spans="1:47">
       <c r="A143" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="B143" t="s">
-        <v>26</v>
+        <v>113</v>
       </c>
       <c r="C143" t="s">
-        <v>26</v>
+        <v>113</v>
       </c>
       <c r="D143" t="s">
-        <v>26</v>
+        <v>113</v>
       </c>
       <c r="E143" t="s">
-        <v>26</v>
+        <v>113</v>
       </c>
       <c r="F143" t="s">
-        <v>26</v>
+        <v>113</v>
       </c>
       <c r="G143" t="s">
-        <v>26</v>
+        <v>113</v>
       </c>
       <c r="H143" t="s">
-        <v>26</v>
+        <v>113</v>
+      </c>
+      <c r="I143" t="s">
+        <v>113</v>
+      </c>
+      <c r="J143" t="s">
+        <v>113</v>
+      </c>
+      <c r="K143" t="s">
+        <v>113</v>
+      </c>
+      <c r="L143" t="s">
+        <v>113</v>
+      </c>
+      <c r="M143" t="s">
+        <v>113</v>
+      </c>
+      <c r="N143" t="s">
+        <v>113</v>
+      </c>
+      <c r="O143" t="s">
+        <v>113</v>
+      </c>
+      <c r="P143" t="s">
+        <v>113</v>
+      </c>
+      <c r="Q143" t="s">
+        <v>113</v>
+      </c>
+      <c r="R143" t="s">
+        <v>113</v>
+      </c>
+      <c r="S143" t="s">
+        <v>113</v>
+      </c>
+      <c r="T143" t="s">
+        <v>113</v>
+      </c>
+      <c r="U143" t="s">
+        <v>113</v>
+      </c>
+      <c r="V143" t="s">
+        <v>113</v>
+      </c>
+      <c r="W143" t="s">
+        <v>113</v>
+      </c>
+      <c r="X143" t="s">
+        <v>113</v>
+      </c>
+      <c r="Y143" t="s">
+        <v>113</v>
+      </c>
+      <c r="Z143" t="s">
+        <v>113</v>
+      </c>
+      <c r="AA143" t="s">
+        <v>113</v>
+      </c>
+      <c r="AB143" t="s">
+        <v>113</v>
+      </c>
+      <c r="AC143" t="s">
+        <v>113</v>
+      </c>
+      <c r="AD143" t="s">
+        <v>113</v>
+      </c>
+      <c r="AE143" t="s">
+        <v>113</v>
+      </c>
+      <c r="AF143" t="s">
+        <v>113</v>
+      </c>
+      <c r="AG143" t="s">
+        <v>113</v>
+      </c>
+      <c r="AH143" t="s">
+        <v>113</v>
+      </c>
+      <c r="AI143" t="s">
+        <v>113</v>
+      </c>
+      <c r="AJ143" t="s">
+        <v>113</v>
+      </c>
+      <c r="AK143" t="s">
+        <v>113</v>
+      </c>
+      <c r="AL143" t="s">
+        <v>113</v>
+      </c>
+      <c r="AM143" t="s">
+        <v>113</v>
+      </c>
+      <c r="AN143" t="s">
+        <v>113</v>
+      </c>
+      <c r="AO143" t="s">
+        <v>113</v>
+      </c>
+      <c r="AP143" t="s">
+        <v>113</v>
+      </c>
+      <c r="AQ143" t="s">
+        <v>113</v>
+      </c>
+      <c r="AR143" t="s">
+        <v>113</v>
+      </c>
+      <c r="AS143" t="s">
+        <v>113</v>
+      </c>
+      <c r="AT143" t="s">
+        <v>113</v>
+      </c>
+      <c r="AU143" t="s">
+        <v>113</v>
       </c>
     </row>
-    <row r="144" spans="1:8">
+    <row r="144" spans="1:47">
       <c r="A144" s="3" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="B144" s="3"/>
       <c r="C144" s="3"/>
       <c r="D144" s="3"/>
       <c r="E144" s="3"/>
       <c r="F144" s="3"/>
       <c r="G144" s="3"/>
       <c r="H144" s="3"/>
+      <c r="I144" s="3"/>
+      <c r="J144" s="3"/>
+      <c r="K144" s="3"/>
+      <c r="L144" s="3"/>
+      <c r="M144" s="3"/>
+      <c r="N144" s="3"/>
+      <c r="O144" s="3"/>
+      <c r="P144" s="3"/>
+      <c r="Q144" s="3"/>
+      <c r="R144" s="3"/>
+      <c r="S144" s="3"/>
+      <c r="T144" s="3"/>
+      <c r="U144" s="3"/>
+      <c r="V144" s="3"/>
+      <c r="W144" s="3"/>
+      <c r="X144" s="3"/>
+      <c r="Y144" s="3"/>
+      <c r="Z144" s="3"/>
+      <c r="AA144" s="3"/>
+      <c r="AB144" s="3"/>
+      <c r="AC144" s="3"/>
+      <c r="AD144" s="3"/>
+      <c r="AE144" s="3"/>
+      <c r="AF144" s="3"/>
+      <c r="AG144" s="3"/>
+      <c r="AH144" s="3"/>
+      <c r="AI144" s="3"/>
+      <c r="AJ144" s="3"/>
+      <c r="AK144" s="3"/>
+      <c r="AL144" s="3"/>
+      <c r="AM144" s="3"/>
+      <c r="AN144" s="3"/>
+      <c r="AO144" s="3"/>
+      <c r="AP144" s="3"/>
+      <c r="AQ144" s="3"/>
+      <c r="AR144" s="3"/>
+      <c r="AS144" s="3"/>
+      <c r="AT144" s="3"/>
+      <c r="AU144" s="3"/>
     </row>
-    <row r="145" spans="1:8">
+    <row r="145" spans="1:47">
       <c r="A145" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B145" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="C145" t="s">
-        <v>54</v>
+        <v>83</v>
       </c>
       <c r="D145" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="E145" t="s">
-        <v>54</v>
+        <v>83</v>
       </c>
       <c r="F145" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="G145" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="H145" t="s">
-        <v>54</v>
+        <v>93</v>
+      </c>
+      <c r="I145" t="s">
+        <v>93</v>
+      </c>
+      <c r="J145" t="s">
+        <v>93</v>
+      </c>
+      <c r="K145" t="s">
+        <v>93</v>
+      </c>
+      <c r="L145" t="s">
+        <v>83</v>
+      </c>
+      <c r="M145" t="s">
+        <v>83</v>
+      </c>
+      <c r="N145" t="s">
+        <v>83</v>
+      </c>
+      <c r="O145" t="s">
+        <v>93</v>
+      </c>
+      <c r="P145" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q145" t="s">
+        <v>93</v>
+      </c>
+      <c r="R145" t="s">
+        <v>93</v>
+      </c>
+      <c r="S145" t="s">
+        <v>83</v>
+      </c>
+      <c r="T145" t="s">
+        <v>93</v>
+      </c>
+      <c r="U145" t="s">
+        <v>93</v>
+      </c>
+      <c r="V145" t="s">
+        <v>93</v>
+      </c>
+      <c r="W145" t="s">
+        <v>83</v>
+      </c>
+      <c r="X145" t="s">
+        <v>83</v>
+      </c>
+      <c r="Y145" t="s">
+        <v>83</v>
+      </c>
+      <c r="Z145" t="s">
+        <v>83</v>
+      </c>
+      <c r="AA145" t="s">
+        <v>83</v>
+      </c>
+      <c r="AB145" t="s">
+        <v>83</v>
+      </c>
+      <c r="AC145" t="s">
+        <v>83</v>
+      </c>
+      <c r="AD145" t="s">
+        <v>83</v>
+      </c>
+      <c r="AE145" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF145" t="s">
+        <v>93</v>
+      </c>
+      <c r="AG145" t="s">
+        <v>93</v>
+      </c>
+      <c r="AH145" t="s">
+        <v>93</v>
+      </c>
+      <c r="AI145" t="s">
+        <v>93</v>
+      </c>
+      <c r="AJ145" t="s">
+        <v>93</v>
+      </c>
+      <c r="AK145" t="s">
+        <v>93</v>
+      </c>
+      <c r="AL145" t="s">
+        <v>93</v>
+      </c>
+      <c r="AM145" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN145" t="s">
+        <v>93</v>
+      </c>
+      <c r="AO145" t="s">
+        <v>93</v>
+      </c>
+      <c r="AP145" t="s">
+        <v>93</v>
+      </c>
+      <c r="AQ145" t="s">
+        <v>93</v>
+      </c>
+      <c r="AR145" t="s">
+        <v>93</v>
+      </c>
+      <c r="AS145" t="s">
+        <v>93</v>
+      </c>
+      <c r="AT145" t="s">
+        <v>93</v>
+      </c>
+      <c r="AU145" t="s">
+        <v>93</v>
       </c>
     </row>
-    <row r="146" spans="1:8">
+    <row r="146" spans="1:47">
       <c r="A146" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B146" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="C146" t="s">
-        <v>54</v>
+        <v>83</v>
       </c>
       <c r="D146" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="E146" t="s">
-        <v>54</v>
+        <v>83</v>
       </c>
       <c r="F146" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="G146" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="H146" t="s">
-        <v>54</v>
+        <v>93</v>
+      </c>
+      <c r="I146" t="s">
+        <v>93</v>
+      </c>
+      <c r="J146" t="s">
+        <v>93</v>
+      </c>
+      <c r="K146" t="s">
+        <v>93</v>
+      </c>
+      <c r="L146" t="s">
+        <v>83</v>
+      </c>
+      <c r="M146" t="s">
+        <v>83</v>
+      </c>
+      <c r="N146" t="s">
+        <v>83</v>
+      </c>
+      <c r="O146" t="s">
+        <v>93</v>
+      </c>
+      <c r="P146" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q146" t="s">
+        <v>93</v>
+      </c>
+      <c r="R146" t="s">
+        <v>93</v>
+      </c>
+      <c r="S146" t="s">
+        <v>83</v>
+      </c>
+      <c r="T146" t="s">
+        <v>93</v>
+      </c>
+      <c r="U146" t="s">
+        <v>93</v>
+      </c>
+      <c r="V146" t="s">
+        <v>93</v>
+      </c>
+      <c r="W146" t="s">
+        <v>83</v>
+      </c>
+      <c r="X146" t="s">
+        <v>83</v>
+      </c>
+      <c r="Y146" t="s">
+        <v>83</v>
+      </c>
+      <c r="Z146" t="s">
+        <v>83</v>
+      </c>
+      <c r="AA146" t="s">
+        <v>83</v>
+      </c>
+      <c r="AB146" t="s">
+        <v>83</v>
+      </c>
+      <c r="AC146" t="s">
+        <v>83</v>
+      </c>
+      <c r="AD146" t="s">
+        <v>83</v>
+      </c>
+      <c r="AE146" t="s">
+        <v>93</v>
+      </c>
+      <c r="AF146" t="s">
+        <v>93</v>
+      </c>
+      <c r="AG146" t="s">
+        <v>93</v>
+      </c>
+      <c r="AH146" t="s">
+        <v>93</v>
+      </c>
+      <c r="AI146" t="s">
+        <v>93</v>
+      </c>
+      <c r="AJ146" t="s">
+        <v>93</v>
+      </c>
+      <c r="AK146" t="s">
+        <v>93</v>
+      </c>
+      <c r="AL146" t="s">
+        <v>93</v>
+      </c>
+      <c r="AM146" t="s">
+        <v>83</v>
+      </c>
+      <c r="AN146" t="s">
+        <v>93</v>
+      </c>
+      <c r="AO146" t="s">
+        <v>93</v>
+      </c>
+      <c r="AP146" t="s">
+        <v>93</v>
+      </c>
+      <c r="AQ146" t="s">
+        <v>93</v>
+      </c>
+      <c r="AR146" t="s">
+        <v>93</v>
+      </c>
+      <c r="AS146" t="s">
+        <v>93</v>
+      </c>
+      <c r="AT146" t="s">
+        <v>93</v>
+      </c>
+      <c r="AU146" t="s">
+        <v>93</v>
       </c>
     </row>
-    <row r="147" spans="1:8">
+    <row r="147" spans="1:47">
       <c r="A147" s="4"/>
       <c r="B147" s="4"/>
       <c r="C147" s="4"/>
       <c r="D147" s="4"/>
       <c r="E147" s="4"/>
       <c r="F147" s="4"/>
       <c r="G147" s="4"/>
       <c r="H147" s="4"/>
+      <c r="I147" s="4"/>
+      <c r="J147" s="4"/>
+      <c r="K147" s="4"/>
+      <c r="L147" s="4"/>
+      <c r="M147" s="4"/>
+      <c r="N147" s="4"/>
+      <c r="O147" s="4"/>
+      <c r="P147" s="4"/>
+      <c r="Q147" s="4"/>
+      <c r="R147" s="4"/>
+      <c r="S147" s="4"/>
+      <c r="T147" s="4"/>
+      <c r="U147" s="4"/>
+      <c r="V147" s="4"/>
+      <c r="W147" s="4"/>
+      <c r="X147" s="4"/>
+      <c r="Y147" s="4"/>
+      <c r="Z147" s="4"/>
+      <c r="AA147" s="4"/>
+      <c r="AB147" s="4"/>
+      <c r="AC147" s="4"/>
+      <c r="AD147" s="4"/>
+      <c r="AE147" s="4"/>
+      <c r="AF147" s="4"/>
+      <c r="AG147" s="4"/>
+      <c r="AH147" s="4"/>
+      <c r="AI147" s="4"/>
+      <c r="AJ147" s="4"/>
+      <c r="AK147" s="4"/>
+      <c r="AL147" s="4"/>
+      <c r="AM147" s="4"/>
+      <c r="AN147" s="4"/>
+      <c r="AO147" s="4"/>
+      <c r="AP147" s="4"/>
+      <c r="AQ147" s="4"/>
+      <c r="AR147" s="4"/>
+      <c r="AS147" s="4"/>
+      <c r="AT147" s="4"/>
+      <c r="AU147" s="4"/>
     </row>
-    <row r="148" spans="1:8">
+    <row r="148" spans="1:47">
       <c r="A148" s="2" t="s">
-        <v>56</v>
+        <v>114</v>
       </c>
       <c r="B148" s="2"/>
       <c r="C148" s="2"/>
       <c r="D148" s="2"/>
       <c r="E148" s="2"/>
       <c r="F148" s="2"/>
       <c r="G148" s="2"/>
       <c r="H148" s="2"/>
+      <c r="I148" s="2"/>
+      <c r="J148" s="2"/>
+      <c r="K148" s="2"/>
+      <c r="L148" s="2"/>
+      <c r="M148" s="2"/>
+      <c r="N148" s="2"/>
+      <c r="O148" s="2"/>
+      <c r="P148" s="2"/>
+      <c r="Q148" s="2"/>
+      <c r="R148" s="2"/>
+      <c r="S148" s="2"/>
+      <c r="T148" s="2"/>
+      <c r="U148" s="2"/>
+      <c r="V148" s="2"/>
+      <c r="W148" s="2"/>
+      <c r="X148" s="2"/>
+      <c r="Y148" s="2"/>
+      <c r="Z148" s="2"/>
+      <c r="AA148" s="2"/>
+      <c r="AB148" s="2"/>
+      <c r="AC148" s="2"/>
+      <c r="AD148" s="2"/>
+      <c r="AE148" s="2"/>
+      <c r="AF148" s="2"/>
+      <c r="AG148" s="2"/>
+      <c r="AH148" s="2"/>
+      <c r="AI148" s="2"/>
+      <c r="AJ148" s="2"/>
+      <c r="AK148" s="2"/>
+      <c r="AL148" s="2"/>
+      <c r="AM148" s="2"/>
+      <c r="AN148" s="2"/>
+      <c r="AO148" s="2"/>
+      <c r="AP148" s="2"/>
+      <c r="AQ148" s="2"/>
+      <c r="AR148" s="2"/>
+      <c r="AS148" s="2"/>
+      <c r="AT148" s="2"/>
+      <c r="AU148" s="2"/>
     </row>
-    <row r="149" spans="1:8">
+    <row r="149" spans="1:47">
       <c r="A149" s="3" t="s">
-        <v>56</v>
+        <v>114</v>
       </c>
       <c r="B149" s="3"/>
       <c r="C149" s="3"/>
       <c r="D149" s="3"/>
       <c r="E149" s="3"/>
       <c r="F149" s="3"/>
       <c r="G149" s="3"/>
       <c r="H149" s="3"/>
+      <c r="I149" s="3"/>
+      <c r="J149" s="3"/>
+      <c r="K149" s="3"/>
+      <c r="L149" s="3"/>
+      <c r="M149" s="3"/>
+      <c r="N149" s="3"/>
+      <c r="O149" s="3"/>
+      <c r="P149" s="3"/>
+      <c r="Q149" s="3"/>
+      <c r="R149" s="3"/>
+      <c r="S149" s="3"/>
+      <c r="T149" s="3"/>
+      <c r="U149" s="3"/>
+      <c r="V149" s="3"/>
+      <c r="W149" s="3"/>
+      <c r="X149" s="3"/>
+      <c r="Y149" s="3"/>
+      <c r="Z149" s="3"/>
+      <c r="AA149" s="3"/>
+      <c r="AB149" s="3"/>
+      <c r="AC149" s="3"/>
+      <c r="AD149" s="3"/>
+      <c r="AE149" s="3"/>
+      <c r="AF149" s="3"/>
+      <c r="AG149" s="3"/>
+      <c r="AH149" s="3"/>
+      <c r="AI149" s="3"/>
+      <c r="AJ149" s="3"/>
+      <c r="AK149" s="3"/>
+      <c r="AL149" s="3"/>
+      <c r="AM149" s="3"/>
+      <c r="AN149" s="3"/>
+      <c r="AO149" s="3"/>
+      <c r="AP149" s="3"/>
+      <c r="AQ149" s="3"/>
+      <c r="AR149" s="3"/>
+      <c r="AS149" s="3"/>
+      <c r="AT149" s="3"/>
+      <c r="AU149" s="3"/>
     </row>
-    <row r="150" spans="1:8">
+    <row r="150" spans="1:47">
       <c r="A150" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B150" t="s">
-        <v>57</v>
+        <v>115</v>
       </c>
       <c r="C150" t="s">
-        <v>57</v>
+        <v>115</v>
       </c>
       <c r="D150" t="s">
-        <v>57</v>
+        <v>115</v>
       </c>
       <c r="E150" t="s">
-        <v>57</v>
+        <v>115</v>
       </c>
       <c r="F150" t="s">
-        <v>57</v>
+        <v>115</v>
       </c>
       <c r="G150" t="s">
-        <v>57</v>
+        <v>115</v>
       </c>
       <c r="H150" t="s">
-        <v>57</v>
+        <v>115</v>
+      </c>
+      <c r="I150" t="s">
+        <v>115</v>
+      </c>
+      <c r="J150" t="s">
+        <v>115</v>
+      </c>
+      <c r="K150" t="s">
+        <v>115</v>
+      </c>
+      <c r="L150" t="s">
+        <v>115</v>
+      </c>
+      <c r="M150" t="s">
+        <v>115</v>
+      </c>
+      <c r="N150" t="s">
+        <v>115</v>
+      </c>
+      <c r="O150" t="s">
+        <v>115</v>
+      </c>
+      <c r="P150" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q150" t="s">
+        <v>115</v>
+      </c>
+      <c r="R150" t="s">
+        <v>115</v>
+      </c>
+      <c r="S150" t="s">
+        <v>115</v>
+      </c>
+      <c r="T150" t="s">
+        <v>115</v>
+      </c>
+      <c r="U150" t="s">
+        <v>115</v>
+      </c>
+      <c r="V150" t="s">
+        <v>115</v>
+      </c>
+      <c r="W150" t="s">
+        <v>115</v>
+      </c>
+      <c r="X150" t="s">
+        <v>115</v>
+      </c>
+      <c r="Y150" t="s">
+        <v>115</v>
+      </c>
+      <c r="Z150" t="s">
+        <v>115</v>
+      </c>
+      <c r="AA150" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB150" t="s">
+        <v>115</v>
+      </c>
+      <c r="AC150" t="s">
+        <v>115</v>
+      </c>
+      <c r="AD150" t="s">
+        <v>115</v>
+      </c>
+      <c r="AE150" t="s">
+        <v>115</v>
+      </c>
+      <c r="AF150" t="s">
+        <v>115</v>
+      </c>
+      <c r="AG150" t="s">
+        <v>115</v>
+      </c>
+      <c r="AH150" t="s">
+        <v>115</v>
+      </c>
+      <c r="AI150" t="s">
+        <v>115</v>
+      </c>
+      <c r="AJ150" t="s">
+        <v>115</v>
+      </c>
+      <c r="AK150" t="s">
+        <v>115</v>
+      </c>
+      <c r="AL150" t="s">
+        <v>115</v>
+      </c>
+      <c r="AM150" t="s">
+        <v>115</v>
+      </c>
+      <c r="AN150" t="s">
+        <v>115</v>
+      </c>
+      <c r="AO150" t="s">
+        <v>115</v>
+      </c>
+      <c r="AP150" t="s">
+        <v>115</v>
+      </c>
+      <c r="AQ150" t="s">
+        <v>115</v>
+      </c>
+      <c r="AR150" t="s">
+        <v>115</v>
+      </c>
+      <c r="AS150" t="s">
+        <v>115</v>
+      </c>
+      <c r="AT150" t="s">
+        <v>115</v>
+      </c>
+      <c r="AU150" t="s">
+        <v>115</v>
       </c>
     </row>
-    <row r="151" spans="1:8">
+    <row r="151" spans="1:47">
       <c r="A151" s="4"/>
       <c r="B151" s="4"/>
       <c r="C151" s="4"/>
       <c r="D151" s="4"/>
       <c r="E151" s="4"/>
       <c r="F151" s="4"/>
       <c r="G151" s="4"/>
       <c r="H151" s="4"/>
+      <c r="I151" s="4"/>
+      <c r="J151" s="4"/>
+      <c r="K151" s="4"/>
+      <c r="L151" s="4"/>
+      <c r="M151" s="4"/>
+      <c r="N151" s="4"/>
+      <c r="O151" s="4"/>
+      <c r="P151" s="4"/>
+      <c r="Q151" s="4"/>
+      <c r="R151" s="4"/>
+      <c r="S151" s="4"/>
+      <c r="T151" s="4"/>
+      <c r="U151" s="4"/>
+      <c r="V151" s="4"/>
+      <c r="W151" s="4"/>
+      <c r="X151" s="4"/>
+      <c r="Y151" s="4"/>
+      <c r="Z151" s="4"/>
+      <c r="AA151" s="4"/>
+      <c r="AB151" s="4"/>
+      <c r="AC151" s="4"/>
+      <c r="AD151" s="4"/>
+      <c r="AE151" s="4"/>
+      <c r="AF151" s="4"/>
+      <c r="AG151" s="4"/>
+      <c r="AH151" s="4"/>
+      <c r="AI151" s="4"/>
+      <c r="AJ151" s="4"/>
+      <c r="AK151" s="4"/>
+      <c r="AL151" s="4"/>
+      <c r="AM151" s="4"/>
+      <c r="AN151" s="4"/>
+      <c r="AO151" s="4"/>
+      <c r="AP151" s="4"/>
+      <c r="AQ151" s="4"/>
+      <c r="AR151" s="4"/>
+      <c r="AS151" s="4"/>
+      <c r="AT151" s="4"/>
+      <c r="AU151" s="4"/>
     </row>
-    <row r="152" spans="1:8">
+    <row r="152" spans="1:47">
       <c r="A152" s="2" t="s">
-        <v>58</v>
+        <v>116</v>
       </c>
       <c r="B152" s="2"/>
       <c r="C152" s="2"/>
       <c r="D152" s="2"/>
       <c r="E152" s="2"/>
       <c r="F152" s="2"/>
       <c r="G152" s="2"/>
       <c r="H152" s="2"/>
+      <c r="I152" s="2"/>
+      <c r="J152" s="2"/>
+      <c r="K152" s="2"/>
+      <c r="L152" s="2"/>
+      <c r="M152" s="2"/>
+      <c r="N152" s="2"/>
+      <c r="O152" s="2"/>
+      <c r="P152" s="2"/>
+      <c r="Q152" s="2"/>
+      <c r="R152" s="2"/>
+      <c r="S152" s="2"/>
+      <c r="T152" s="2"/>
+      <c r="U152" s="2"/>
+      <c r="V152" s="2"/>
+      <c r="W152" s="2"/>
+      <c r="X152" s="2"/>
+      <c r="Y152" s="2"/>
+      <c r="Z152" s="2"/>
+      <c r="AA152" s="2"/>
+      <c r="AB152" s="2"/>
+      <c r="AC152" s="2"/>
+      <c r="AD152" s="2"/>
+      <c r="AE152" s="2"/>
+      <c r="AF152" s="2"/>
+      <c r="AG152" s="2"/>
+      <c r="AH152" s="2"/>
+      <c r="AI152" s="2"/>
+      <c r="AJ152" s="2"/>
+      <c r="AK152" s="2"/>
+      <c r="AL152" s="2"/>
+      <c r="AM152" s="2"/>
+      <c r="AN152" s="2"/>
+      <c r="AO152" s="2"/>
+      <c r="AP152" s="2"/>
+      <c r="AQ152" s="2"/>
+      <c r="AR152" s="2"/>
+      <c r="AS152" s="2"/>
+      <c r="AT152" s="2"/>
+      <c r="AU152" s="2"/>
     </row>
-    <row r="153" spans="1:8">
+    <row r="153" spans="1:47">
       <c r="A153" s="3" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="B153" s="3"/>
       <c r="C153" s="3"/>
       <c r="D153" s="3"/>
       <c r="E153" s="3"/>
       <c r="F153" s="3"/>
       <c r="G153" s="3"/>
       <c r="H153" s="3"/>
+      <c r="I153" s="3"/>
+      <c r="J153" s="3"/>
+      <c r="K153" s="3"/>
+      <c r="L153" s="3"/>
+      <c r="M153" s="3"/>
+      <c r="N153" s="3"/>
+      <c r="O153" s="3"/>
+      <c r="P153" s="3"/>
+      <c r="Q153" s="3"/>
+      <c r="R153" s="3"/>
+      <c r="S153" s="3"/>
+      <c r="T153" s="3"/>
+      <c r="U153" s="3"/>
+      <c r="V153" s="3"/>
+      <c r="W153" s="3"/>
+      <c r="X153" s="3"/>
+      <c r="Y153" s="3"/>
+      <c r="Z153" s="3"/>
+      <c r="AA153" s="3"/>
+      <c r="AB153" s="3"/>
+      <c r="AC153" s="3"/>
+      <c r="AD153" s="3"/>
+      <c r="AE153" s="3"/>
+      <c r="AF153" s="3"/>
+      <c r="AG153" s="3"/>
+      <c r="AH153" s="3"/>
+      <c r="AI153" s="3"/>
+      <c r="AJ153" s="3"/>
+      <c r="AK153" s="3"/>
+      <c r="AL153" s="3"/>
+      <c r="AM153" s="3"/>
+      <c r="AN153" s="3"/>
+      <c r="AO153" s="3"/>
+      <c r="AP153" s="3"/>
+      <c r="AQ153" s="3"/>
+      <c r="AR153" s="3"/>
+      <c r="AS153" s="3"/>
+      <c r="AT153" s="3"/>
+      <c r="AU153" s="3"/>
     </row>
-    <row r="154" spans="1:8">
+    <row r="154" spans="1:47">
       <c r="A154" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B154" t="s">
+        <v>92</v>
+      </c>
+      <c r="C154" t="s">
+        <v>88</v>
+      </c>
+      <c r="D154" t="s">
+        <v>92</v>
+      </c>
+      <c r="E154" t="s">
+        <v>88</v>
+      </c>
+      <c r="F154" t="s">
+        <v>92</v>
+      </c>
+      <c r="G154" t="s">
+        <v>92</v>
+      </c>
+      <c r="H154" t="s">
+        <v>92</v>
+      </c>
+      <c r="I154" t="s">
+        <v>92</v>
+      </c>
+      <c r="J154" t="s">
+        <v>92</v>
+      </c>
+      <c r="K154" t="s">
+        <v>92</v>
+      </c>
+      <c r="L154" t="s">
+        <v>88</v>
+      </c>
+      <c r="M154" t="s">
+        <v>88</v>
+      </c>
+      <c r="N154" t="s">
+        <v>88</v>
+      </c>
+      <c r="O154" t="s">
+        <v>88</v>
+      </c>
+      <c r="P154" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q154" t="s">
+        <v>88</v>
+      </c>
+      <c r="R154" t="s">
+        <v>88</v>
+      </c>
+      <c r="S154" t="s">
+        <v>88</v>
+      </c>
+      <c r="T154" t="s">
+        <v>88</v>
+      </c>
+      <c r="U154" t="s">
+        <v>88</v>
+      </c>
+      <c r="V154" t="s">
+        <v>88</v>
+      </c>
+      <c r="W154" t="s">
+        <v>88</v>
+      </c>
+      <c r="X154" t="s">
+        <v>88</v>
+      </c>
+      <c r="Y154" t="s">
+        <v>88</v>
+      </c>
+      <c r="Z154" t="s">
+        <v>88</v>
+      </c>
+      <c r="AA154" t="s">
+        <v>88</v>
+      </c>
+      <c r="AB154" t="s">
+        <v>88</v>
+      </c>
+      <c r="AC154" t="s">
+        <v>88</v>
+      </c>
+      <c r="AD154" t="s">
+        <v>88</v>
+      </c>
+      <c r="AE154" t="s">
+        <v>88</v>
+      </c>
+      <c r="AF154" t="s">
+        <v>88</v>
+      </c>
+      <c r="AG154" t="s">
+        <v>88</v>
+      </c>
+      <c r="AH154" t="s">
+        <v>88</v>
+      </c>
+      <c r="AI154" t="s">
+        <v>88</v>
+      </c>
+      <c r="AJ154" t="s">
+        <v>88</v>
+      </c>
+      <c r="AK154" t="s">
+        <v>88</v>
+      </c>
+      <c r="AL154" t="s">
+        <v>88</v>
+      </c>
+      <c r="AM154" t="s">
+        <v>88</v>
+      </c>
+      <c r="AN154" t="s">
+        <v>88</v>
+      </c>
+      <c r="AO154" t="s">
+        <v>92</v>
+      </c>
+      <c r="AP154" t="s">
+        <v>92</v>
+      </c>
+      <c r="AQ154" t="s">
+        <v>92</v>
+      </c>
+      <c r="AR154" t="s">
+        <v>92</v>
+      </c>
+      <c r="AS154" t="s">
+        <v>92</v>
+      </c>
+      <c r="AT154" t="s">
+        <v>92</v>
+      </c>
+      <c r="AU154" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="155" spans="1:47">
+      <c r="A155" t="s">
+        <v>51</v>
+      </c>
+      <c r="B155" t="s">
+        <v>117</v>
+      </c>
+      <c r="C155" t="s">
+        <v>117</v>
+      </c>
+      <c r="D155" t="s">
+        <v>117</v>
+      </c>
+      <c r="E155" t="s">
+        <v>117</v>
+      </c>
+      <c r="F155" t="s">
+        <v>117</v>
+      </c>
+      <c r="G155" t="s">
+        <v>117</v>
+      </c>
+      <c r="H155" t="s">
+        <v>117</v>
+      </c>
+      <c r="I155" t="s">
+        <v>117</v>
+      </c>
+      <c r="J155" t="s">
+        <v>117</v>
+      </c>
+      <c r="K155" t="s">
+        <v>117</v>
+      </c>
+      <c r="L155" t="s">
+        <v>117</v>
+      </c>
+      <c r="M155" t="s">
+        <v>117</v>
+      </c>
+      <c r="N155" t="s">
+        <v>117</v>
+      </c>
+      <c r="O155" t="s">
+        <v>117</v>
+      </c>
+      <c r="P155" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q155" t="s">
+        <v>117</v>
+      </c>
+      <c r="R155" t="s">
+        <v>117</v>
+      </c>
+      <c r="S155" t="s">
+        <v>117</v>
+      </c>
+      <c r="T155" t="s">
+        <v>117</v>
+      </c>
+      <c r="U155" t="s">
+        <v>117</v>
+      </c>
+      <c r="V155" t="s">
+        <v>117</v>
+      </c>
+      <c r="W155" t="s">
+        <v>117</v>
+      </c>
+      <c r="X155" t="s">
+        <v>117</v>
+      </c>
+      <c r="Y155" t="s">
+        <v>117</v>
+      </c>
+      <c r="Z155" t="s">
+        <v>117</v>
+      </c>
+      <c r="AA155" t="s">
+        <v>117</v>
+      </c>
+      <c r="AB155" t="s">
+        <v>117</v>
+      </c>
+      <c r="AC155" t="s">
+        <v>117</v>
+      </c>
+      <c r="AD155" t="s">
+        <v>117</v>
+      </c>
+      <c r="AE155" t="s">
+        <v>117</v>
+      </c>
+      <c r="AF155" t="s">
+        <v>117</v>
+      </c>
+      <c r="AG155" t="s">
+        <v>117</v>
+      </c>
+      <c r="AH155" t="s">
+        <v>117</v>
+      </c>
+      <c r="AI155" t="s">
+        <v>117</v>
+      </c>
+      <c r="AJ155" t="s">
+        <v>117</v>
+      </c>
+      <c r="AK155" t="s">
+        <v>117</v>
+      </c>
+      <c r="AL155" t="s">
+        <v>117</v>
+      </c>
+      <c r="AM155" t="s">
+        <v>117</v>
+      </c>
+      <c r="AN155" t="s">
+        <v>117</v>
+      </c>
+      <c r="AO155" t="s">
+        <v>117</v>
+      </c>
+      <c r="AP155" t="s">
+        <v>117</v>
+      </c>
+      <c r="AQ155" t="s">
+        <v>117</v>
+      </c>
+      <c r="AR155" t="s">
+        <v>117</v>
+      </c>
+      <c r="AS155" t="s">
+        <v>117</v>
+      </c>
+      <c r="AT155" t="s">
+        <v>117</v>
+      </c>
+      <c r="AU155" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="156" spans="1:47">
+      <c r="A156" t="s">
+        <v>53</v>
+      </c>
+      <c r="B156" t="s">
+        <v>118</v>
+      </c>
+      <c r="C156" t="s">
+        <v>80</v>
+      </c>
+      <c r="D156" t="s">
+        <v>118</v>
+      </c>
+      <c r="E156" t="s">
+        <v>80</v>
+      </c>
+      <c r="F156" t="s">
+        <v>118</v>
+      </c>
+      <c r="G156" t="s">
+        <v>118</v>
+      </c>
+      <c r="H156" t="s">
+        <v>118</v>
+      </c>
+      <c r="I156" t="s">
+        <v>118</v>
+      </c>
+      <c r="J156" t="s">
+        <v>118</v>
+      </c>
+      <c r="K156" t="s">
+        <v>118</v>
+      </c>
+      <c r="L156" t="s">
+        <v>80</v>
+      </c>
+      <c r="M156" t="s">
+        <v>80</v>
+      </c>
+      <c r="N156" t="s">
+        <v>80</v>
+      </c>
+      <c r="O156" t="s">
+        <v>80</v>
+      </c>
+      <c r="P156" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q156" t="s">
+        <v>80</v>
+      </c>
+      <c r="R156" t="s">
+        <v>80</v>
+      </c>
+      <c r="S156" t="s">
+        <v>80</v>
+      </c>
+      <c r="T156" t="s">
+        <v>80</v>
+      </c>
+      <c r="U156" t="s">
+        <v>80</v>
+      </c>
+      <c r="V156" t="s">
+        <v>80</v>
+      </c>
+      <c r="W156" t="s">
+        <v>80</v>
+      </c>
+      <c r="X156" t="s">
+        <v>80</v>
+      </c>
+      <c r="Y156" t="s">
+        <v>80</v>
+      </c>
+      <c r="Z156" t="s">
+        <v>80</v>
+      </c>
+      <c r="AA156" t="s">
+        <v>80</v>
+      </c>
+      <c r="AB156" t="s">
+        <v>80</v>
+      </c>
+      <c r="AC156" t="s">
+        <v>80</v>
+      </c>
+      <c r="AD156" t="s">
+        <v>80</v>
+      </c>
+      <c r="AE156" t="s">
+        <v>80</v>
+      </c>
+      <c r="AF156" t="s">
+        <v>80</v>
+      </c>
+      <c r="AG156" t="s">
+        <v>80</v>
+      </c>
+      <c r="AH156" t="s">
+        <v>80</v>
+      </c>
+      <c r="AI156" t="s">
+        <v>80</v>
+      </c>
+      <c r="AJ156" t="s">
+        <v>80</v>
+      </c>
+      <c r="AK156" t="s">
+        <v>80</v>
+      </c>
+      <c r="AL156" t="s">
+        <v>80</v>
+      </c>
+      <c r="AM156" t="s">
+        <v>80</v>
+      </c>
+      <c r="AN156" t="s">
+        <v>80</v>
+      </c>
+      <c r="AO156" t="s">
+        <v>118</v>
+      </c>
+      <c r="AP156" t="s">
+        <v>118</v>
+      </c>
+      <c r="AQ156" t="s">
+        <v>118</v>
+      </c>
+      <c r="AR156" t="s">
+        <v>118</v>
+      </c>
+      <c r="AS156" t="s">
+        <v>118</v>
+      </c>
+      <c r="AT156" t="s">
+        <v>118</v>
+      </c>
+      <c r="AU156" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="157" spans="1:47">
+      <c r="A157" t="s">
+        <v>56</v>
+      </c>
+      <c r="B157" t="s">
+        <v>92</v>
+      </c>
+      <c r="C157" t="s">
+        <v>88</v>
+      </c>
+      <c r="D157" t="s">
+        <v>92</v>
+      </c>
+      <c r="E157" t="s">
+        <v>88</v>
+      </c>
+      <c r="F157" t="s">
+        <v>92</v>
+      </c>
+      <c r="G157" t="s">
+        <v>92</v>
+      </c>
+      <c r="H157" t="s">
+        <v>92</v>
+      </c>
+      <c r="I157" t="s">
+        <v>92</v>
+      </c>
+      <c r="J157" t="s">
+        <v>92</v>
+      </c>
+      <c r="K157" t="s">
+        <v>92</v>
+      </c>
+      <c r="L157" t="s">
+        <v>88</v>
+      </c>
+      <c r="M157" t="s">
+        <v>88</v>
+      </c>
+      <c r="N157" t="s">
+        <v>88</v>
+      </c>
+      <c r="O157" t="s">
+        <v>88</v>
+      </c>
+      <c r="P157" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q157" t="s">
+        <v>88</v>
+      </c>
+      <c r="R157" t="s">
+        <v>88</v>
+      </c>
+      <c r="S157" t="s">
+        <v>88</v>
+      </c>
+      <c r="T157" t="s">
+        <v>88</v>
+      </c>
+      <c r="U157" t="s">
+        <v>88</v>
+      </c>
+      <c r="V157" t="s">
+        <v>88</v>
+      </c>
+      <c r="W157" t="s">
+        <v>88</v>
+      </c>
+      <c r="X157" t="s">
+        <v>88</v>
+      </c>
+      <c r="Y157" t="s">
+        <v>88</v>
+      </c>
+      <c r="Z157" t="s">
+        <v>88</v>
+      </c>
+      <c r="AA157" t="s">
+        <v>88</v>
+      </c>
+      <c r="AB157" t="s">
+        <v>88</v>
+      </c>
+      <c r="AC157" t="s">
+        <v>88</v>
+      </c>
+      <c r="AD157" t="s">
+        <v>88</v>
+      </c>
+      <c r="AE157" t="s">
+        <v>88</v>
+      </c>
+      <c r="AF157" t="s">
+        <v>88</v>
+      </c>
+      <c r="AG157" t="s">
+        <v>88</v>
+      </c>
+      <c r="AH157" t="s">
+        <v>88</v>
+      </c>
+      <c r="AI157" t="s">
+        <v>88</v>
+      </c>
+      <c r="AJ157" t="s">
+        <v>88</v>
+      </c>
+      <c r="AK157" t="s">
+        <v>88</v>
+      </c>
+      <c r="AL157" t="s">
+        <v>88</v>
+      </c>
+      <c r="AM157" t="s">
+        <v>88</v>
+      </c>
+      <c r="AN157" t="s">
+        <v>88</v>
+      </c>
+      <c r="AO157" t="s">
+        <v>92</v>
+      </c>
+      <c r="AP157" t="s">
+        <v>92</v>
+      </c>
+      <c r="AQ157" t="s">
+        <v>92</v>
+      </c>
+      <c r="AR157" t="s">
+        <v>92</v>
+      </c>
+      <c r="AS157" t="s">
+        <v>92</v>
+      </c>
+      <c r="AT157" t="s">
+        <v>92</v>
+      </c>
+      <c r="AU157" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="158" spans="1:47">
+      <c r="A158" t="s">
+        <v>57</v>
+      </c>
+      <c r="B158" t="s">
+        <v>58</v>
+      </c>
+      <c r="C158" t="s">
+        <v>58</v>
+      </c>
+      <c r="D158" t="s">
+        <v>58</v>
+      </c>
+      <c r="E158" t="s">
+        <v>58</v>
+      </c>
+      <c r="F158" t="s">
+        <v>58</v>
+      </c>
+      <c r="G158" t="s">
+        <v>58</v>
+      </c>
+      <c r="H158" t="s">
+        <v>58</v>
+      </c>
+      <c r="I158" t="s">
+        <v>58</v>
+      </c>
+      <c r="J158" t="s">
+        <v>58</v>
+      </c>
+      <c r="K158" t="s">
+        <v>58</v>
+      </c>
+      <c r="L158" t="s">
+        <v>58</v>
+      </c>
+      <c r="M158" t="s">
+        <v>58</v>
+      </c>
+      <c r="N158" t="s">
+        <v>58</v>
+      </c>
+      <c r="O158" t="s">
+        <v>58</v>
+      </c>
+      <c r="P158" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q158" t="s">
+        <v>58</v>
+      </c>
+      <c r="R158" t="s">
+        <v>58</v>
+      </c>
+      <c r="S158" t="s">
+        <v>58</v>
+      </c>
+      <c r="T158" t="s">
+        <v>58</v>
+      </c>
+      <c r="U158" t="s">
+        <v>58</v>
+      </c>
+      <c r="V158" t="s">
+        <v>58</v>
+      </c>
+      <c r="W158" t="s">
+        <v>58</v>
+      </c>
+      <c r="X158" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y158" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z158" t="s">
+        <v>58</v>
+      </c>
+      <c r="AA158" t="s">
+        <v>58</v>
+      </c>
+      <c r="AB158" t="s">
+        <v>58</v>
+      </c>
+      <c r="AC158" t="s">
+        <v>58</v>
+      </c>
+      <c r="AD158" t="s">
+        <v>58</v>
+      </c>
+      <c r="AE158" t="s">
+        <v>58</v>
+      </c>
+      <c r="AF158" t="s">
+        <v>58</v>
+      </c>
+      <c r="AG158" t="s">
+        <v>58</v>
+      </c>
+      <c r="AH158" t="s">
+        <v>58</v>
+      </c>
+      <c r="AI158" t="s">
+        <v>58</v>
+      </c>
+      <c r="AJ158" t="s">
+        <v>58</v>
+      </c>
+      <c r="AK158" t="s">
+        <v>58</v>
+      </c>
+      <c r="AL158" t="s">
+        <v>58</v>
+      </c>
+      <c r="AM158" t="s">
+        <v>58</v>
+      </c>
+      <c r="AN158" t="s">
+        <v>58</v>
+      </c>
+      <c r="AO158" t="s">
+        <v>58</v>
+      </c>
+      <c r="AP158" t="s">
+        <v>58</v>
+      </c>
+      <c r="AQ158" t="s">
+        <v>58</v>
+      </c>
+      <c r="AR158" t="s">
+        <v>58</v>
+      </c>
+      <c r="AS158" t="s">
+        <v>58</v>
+      </c>
+      <c r="AT158" t="s">
+        <v>58</v>
+      </c>
+      <c r="AU158" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="159" spans="1:47">
+      <c r="A159" s="3" t="s">
         <v>59</v>
-      </c>
-[...125 lines deleted...]
-        <v>18</v>
       </c>
       <c r="B159" s="3"/>
       <c r="C159" s="3"/>
       <c r="D159" s="3"/>
       <c r="E159" s="3"/>
       <c r="F159" s="3"/>
       <c r="G159" s="3"/>
       <c r="H159" s="3"/>
+      <c r="I159" s="3"/>
+      <c r="J159" s="3"/>
+      <c r="K159" s="3"/>
+      <c r="L159" s="3"/>
+      <c r="M159" s="3"/>
+      <c r="N159" s="3"/>
+      <c r="O159" s="3"/>
+      <c r="P159" s="3"/>
+      <c r="Q159" s="3"/>
+      <c r="R159" s="3"/>
+      <c r="S159" s="3"/>
+      <c r="T159" s="3"/>
+      <c r="U159" s="3"/>
+      <c r="V159" s="3"/>
+      <c r="W159" s="3"/>
+      <c r="X159" s="3"/>
+      <c r="Y159" s="3"/>
+      <c r="Z159" s="3"/>
+      <c r="AA159" s="3"/>
+      <c r="AB159" s="3"/>
+      <c r="AC159" s="3"/>
+      <c r="AD159" s="3"/>
+      <c r="AE159" s="3"/>
+      <c r="AF159" s="3"/>
+      <c r="AG159" s="3"/>
+      <c r="AH159" s="3"/>
+      <c r="AI159" s="3"/>
+      <c r="AJ159" s="3"/>
+      <c r="AK159" s="3"/>
+      <c r="AL159" s="3"/>
+      <c r="AM159" s="3"/>
+      <c r="AN159" s="3"/>
+      <c r="AO159" s="3"/>
+      <c r="AP159" s="3"/>
+      <c r="AQ159" s="3"/>
+      <c r="AR159" s="3"/>
+      <c r="AS159" s="3"/>
+      <c r="AT159" s="3"/>
+      <c r="AU159" s="3"/>
     </row>
-    <row r="160" spans="1:8">
+    <row r="160" spans="1:47">
       <c r="A160" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B160" t="s">
-        <v>59</v>
+        <v>92</v>
       </c>
       <c r="C160" t="s">
-        <v>59</v>
+        <v>88</v>
       </c>
       <c r="D160" t="s">
-        <v>59</v>
+        <v>92</v>
       </c>
       <c r="E160" t="s">
-        <v>59</v>
+        <v>88</v>
       </c>
       <c r="F160" t="s">
-        <v>59</v>
+        <v>92</v>
       </c>
       <c r="G160" t="s">
-        <v>59</v>
+        <v>92</v>
       </c>
       <c r="H160" t="s">
-        <v>59</v>
+        <v>92</v>
+      </c>
+      <c r="I160" t="s">
+        <v>92</v>
+      </c>
+      <c r="J160" t="s">
+        <v>92</v>
+      </c>
+      <c r="K160" t="s">
+        <v>92</v>
+      </c>
+      <c r="L160" t="s">
+        <v>88</v>
+      </c>
+      <c r="M160" t="s">
+        <v>88</v>
+      </c>
+      <c r="N160" t="s">
+        <v>88</v>
+      </c>
+      <c r="O160" t="s">
+        <v>88</v>
+      </c>
+      <c r="P160" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q160" t="s">
+        <v>88</v>
+      </c>
+      <c r="R160" t="s">
+        <v>88</v>
+      </c>
+      <c r="S160" t="s">
+        <v>88</v>
+      </c>
+      <c r="T160" t="s">
+        <v>88</v>
+      </c>
+      <c r="U160" t="s">
+        <v>88</v>
+      </c>
+      <c r="V160" t="s">
+        <v>88</v>
+      </c>
+      <c r="W160" t="s">
+        <v>88</v>
+      </c>
+      <c r="X160" t="s">
+        <v>88</v>
+      </c>
+      <c r="Y160" t="s">
+        <v>88</v>
+      </c>
+      <c r="Z160" t="s">
+        <v>88</v>
+      </c>
+      <c r="AA160" t="s">
+        <v>88</v>
+      </c>
+      <c r="AB160" t="s">
+        <v>88</v>
+      </c>
+      <c r="AC160" t="s">
+        <v>88</v>
+      </c>
+      <c r="AD160" t="s">
+        <v>88</v>
+      </c>
+      <c r="AE160" t="s">
+        <v>88</v>
+      </c>
+      <c r="AF160" t="s">
+        <v>88</v>
+      </c>
+      <c r="AG160" t="s">
+        <v>88</v>
+      </c>
+      <c r="AH160" t="s">
+        <v>88</v>
+      </c>
+      <c r="AI160" t="s">
+        <v>88</v>
+      </c>
+      <c r="AJ160" t="s">
+        <v>88</v>
+      </c>
+      <c r="AK160" t="s">
+        <v>88</v>
+      </c>
+      <c r="AL160" t="s">
+        <v>88</v>
+      </c>
+      <c r="AM160" t="s">
+        <v>88</v>
+      </c>
+      <c r="AN160" t="s">
+        <v>88</v>
+      </c>
+      <c r="AO160" t="s">
+        <v>92</v>
+      </c>
+      <c r="AP160" t="s">
+        <v>92</v>
+      </c>
+      <c r="AQ160" t="s">
+        <v>92</v>
+      </c>
+      <c r="AR160" t="s">
+        <v>92</v>
+      </c>
+      <c r="AS160" t="s">
+        <v>92</v>
+      </c>
+      <c r="AT160" t="s">
+        <v>92</v>
+      </c>
+      <c r="AU160" t="s">
+        <v>92</v>
       </c>
     </row>
-    <row r="161" spans="1:8">
+    <row r="161" spans="1:47">
       <c r="A161" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="B161" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="C161" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="D161" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="E161" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="F161" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="G161" t="s">
-        <v>24</v>
+        <v>117</v>
       </c>
       <c r="H161" t="s">
-        <v>24</v>
+        <v>117</v>
+      </c>
+      <c r="I161" t="s">
+        <v>117</v>
+      </c>
+      <c r="J161" t="s">
+        <v>117</v>
+      </c>
+      <c r="K161" t="s">
+        <v>117</v>
+      </c>
+      <c r="L161" t="s">
+        <v>117</v>
+      </c>
+      <c r="M161" t="s">
+        <v>117</v>
+      </c>
+      <c r="N161" t="s">
+        <v>117</v>
+      </c>
+      <c r="O161" t="s">
+        <v>117</v>
+      </c>
+      <c r="P161" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q161" t="s">
+        <v>117</v>
+      </c>
+      <c r="R161" t="s">
+        <v>117</v>
+      </c>
+      <c r="S161" t="s">
+        <v>117</v>
+      </c>
+      <c r="T161" t="s">
+        <v>117</v>
+      </c>
+      <c r="U161" t="s">
+        <v>117</v>
+      </c>
+      <c r="V161" t="s">
+        <v>117</v>
+      </c>
+      <c r="W161" t="s">
+        <v>117</v>
+      </c>
+      <c r="X161" t="s">
+        <v>117</v>
+      </c>
+      <c r="Y161" t="s">
+        <v>117</v>
+      </c>
+      <c r="Z161" t="s">
+        <v>117</v>
+      </c>
+      <c r="AA161" t="s">
+        <v>117</v>
+      </c>
+      <c r="AB161" t="s">
+        <v>117</v>
+      </c>
+      <c r="AC161" t="s">
+        <v>117</v>
+      </c>
+      <c r="AD161" t="s">
+        <v>117</v>
+      </c>
+      <c r="AE161" t="s">
+        <v>117</v>
+      </c>
+      <c r="AF161" t="s">
+        <v>117</v>
+      </c>
+      <c r="AG161" t="s">
+        <v>117</v>
+      </c>
+      <c r="AH161" t="s">
+        <v>117</v>
+      </c>
+      <c r="AI161" t="s">
+        <v>117</v>
+      </c>
+      <c r="AJ161" t="s">
+        <v>117</v>
+      </c>
+      <c r="AK161" t="s">
+        <v>117</v>
+      </c>
+      <c r="AL161" t="s">
+        <v>117</v>
+      </c>
+      <c r="AM161" t="s">
+        <v>117</v>
+      </c>
+      <c r="AN161" t="s">
+        <v>117</v>
+      </c>
+      <c r="AO161" t="s">
+        <v>117</v>
+      </c>
+      <c r="AP161" t="s">
+        <v>117</v>
+      </c>
+      <c r="AQ161" t="s">
+        <v>117</v>
+      </c>
+      <c r="AR161" t="s">
+        <v>117</v>
+      </c>
+      <c r="AS161" t="s">
+        <v>117</v>
+      </c>
+      <c r="AT161" t="s">
+        <v>117</v>
+      </c>
+      <c r="AU161" t="s">
+        <v>117</v>
       </c>
     </row>
-    <row r="162" spans="1:8">
+    <row r="162" spans="1:47">
       <c r="A162" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="B162" t="s">
-        <v>59</v>
+        <v>92</v>
       </c>
       <c r="C162" t="s">
-        <v>59</v>
+        <v>88</v>
       </c>
       <c r="D162" t="s">
-        <v>59</v>
+        <v>92</v>
       </c>
       <c r="E162" t="s">
-        <v>59</v>
+        <v>88</v>
       </c>
       <c r="F162" t="s">
-        <v>59</v>
+        <v>92</v>
       </c>
       <c r="G162" t="s">
-        <v>59</v>
+        <v>92</v>
       </c>
       <c r="H162" t="s">
-        <v>59</v>
+        <v>92</v>
+      </c>
+      <c r="I162" t="s">
+        <v>92</v>
+      </c>
+      <c r="J162" t="s">
+        <v>92</v>
+      </c>
+      <c r="K162" t="s">
+        <v>92</v>
+      </c>
+      <c r="L162" t="s">
+        <v>88</v>
+      </c>
+      <c r="M162" t="s">
+        <v>88</v>
+      </c>
+      <c r="N162" t="s">
+        <v>88</v>
+      </c>
+      <c r="O162" t="s">
+        <v>88</v>
+      </c>
+      <c r="P162" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q162" t="s">
+        <v>88</v>
+      </c>
+      <c r="R162" t="s">
+        <v>88</v>
+      </c>
+      <c r="S162" t="s">
+        <v>88</v>
+      </c>
+      <c r="T162" t="s">
+        <v>88</v>
+      </c>
+      <c r="U162" t="s">
+        <v>88</v>
+      </c>
+      <c r="V162" t="s">
+        <v>88</v>
+      </c>
+      <c r="W162" t="s">
+        <v>88</v>
+      </c>
+      <c r="X162" t="s">
+        <v>88</v>
+      </c>
+      <c r="Y162" t="s">
+        <v>88</v>
+      </c>
+      <c r="Z162" t="s">
+        <v>88</v>
+      </c>
+      <c r="AA162" t="s">
+        <v>88</v>
+      </c>
+      <c r="AB162" t="s">
+        <v>88</v>
+      </c>
+      <c r="AC162" t="s">
+        <v>88</v>
+      </c>
+      <c r="AD162" t="s">
+        <v>88</v>
+      </c>
+      <c r="AE162" t="s">
+        <v>88</v>
+      </c>
+      <c r="AF162" t="s">
+        <v>88</v>
+      </c>
+      <c r="AG162" t="s">
+        <v>88</v>
+      </c>
+      <c r="AH162" t="s">
+        <v>88</v>
+      </c>
+      <c r="AI162" t="s">
+        <v>88</v>
+      </c>
+      <c r="AJ162" t="s">
+        <v>88</v>
+      </c>
+      <c r="AK162" t="s">
+        <v>88</v>
+      </c>
+      <c r="AL162" t="s">
+        <v>88</v>
+      </c>
+      <c r="AM162" t="s">
+        <v>88</v>
+      </c>
+      <c r="AN162" t="s">
+        <v>88</v>
+      </c>
+      <c r="AO162" t="s">
+        <v>92</v>
+      </c>
+      <c r="AP162" t="s">
+        <v>92</v>
+      </c>
+      <c r="AQ162" t="s">
+        <v>92</v>
+      </c>
+      <c r="AR162" t="s">
+        <v>92</v>
+      </c>
+      <c r="AS162" t="s">
+        <v>92</v>
+      </c>
+      <c r="AT162" t="s">
+        <v>92</v>
+      </c>
+      <c r="AU162" t="s">
+        <v>92</v>
       </c>
     </row>
-    <row r="163" spans="1:8">
+    <row r="163" spans="1:47">
       <c r="A163" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="B163" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="C163" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="D163" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="E163" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="F163" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="G163" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="H163" t="s">
-        <v>26</v>
+        <v>58</v>
+      </c>
+      <c r="I163" t="s">
+        <v>58</v>
+      </c>
+      <c r="J163" t="s">
+        <v>58</v>
+      </c>
+      <c r="K163" t="s">
+        <v>58</v>
+      </c>
+      <c r="L163" t="s">
+        <v>58</v>
+      </c>
+      <c r="M163" t="s">
+        <v>58</v>
+      </c>
+      <c r="N163" t="s">
+        <v>58</v>
+      </c>
+      <c r="O163" t="s">
+        <v>58</v>
+      </c>
+      <c r="P163" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q163" t="s">
+        <v>58</v>
+      </c>
+      <c r="R163" t="s">
+        <v>58</v>
+      </c>
+      <c r="S163" t="s">
+        <v>58</v>
+      </c>
+      <c r="T163" t="s">
+        <v>58</v>
+      </c>
+      <c r="U163" t="s">
+        <v>58</v>
+      </c>
+      <c r="V163" t="s">
+        <v>58</v>
+      </c>
+      <c r="W163" t="s">
+        <v>58</v>
+      </c>
+      <c r="X163" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y163" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z163" t="s">
+        <v>58</v>
+      </c>
+      <c r="AA163" t="s">
+        <v>58</v>
+      </c>
+      <c r="AB163" t="s">
+        <v>58</v>
+      </c>
+      <c r="AC163" t="s">
+        <v>58</v>
+      </c>
+      <c r="AD163" t="s">
+        <v>58</v>
+      </c>
+      <c r="AE163" t="s">
+        <v>58</v>
+      </c>
+      <c r="AF163" t="s">
+        <v>58</v>
+      </c>
+      <c r="AG163" t="s">
+        <v>58</v>
+      </c>
+      <c r="AH163" t="s">
+        <v>58</v>
+      </c>
+      <c r="AI163" t="s">
+        <v>58</v>
+      </c>
+      <c r="AJ163" t="s">
+        <v>58</v>
+      </c>
+      <c r="AK163" t="s">
+        <v>58</v>
+      </c>
+      <c r="AL163" t="s">
+        <v>58</v>
+      </c>
+      <c r="AM163" t="s">
+        <v>58</v>
+      </c>
+      <c r="AN163" t="s">
+        <v>58</v>
+      </c>
+      <c r="AO163" t="s">
+        <v>58</v>
+      </c>
+      <c r="AP163" t="s">
+        <v>58</v>
+      </c>
+      <c r="AQ163" t="s">
+        <v>58</v>
+      </c>
+      <c r="AR163" t="s">
+        <v>58</v>
+      </c>
+      <c r="AS163" t="s">
+        <v>58</v>
+      </c>
+      <c r="AT163" t="s">
+        <v>58</v>
+      </c>
+      <c r="AU163" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="164" spans="1:8">
+    <row r="164" spans="1:47">
       <c r="A164" s="4"/>
       <c r="B164" s="4"/>
       <c r="C164" s="4"/>
       <c r="D164" s="4"/>
       <c r="E164" s="4"/>
       <c r="F164" s="4"/>
       <c r="G164" s="4"/>
       <c r="H164" s="4"/>
+      <c r="I164" s="4"/>
+      <c r="J164" s="4"/>
+      <c r="K164" s="4"/>
+      <c r="L164" s="4"/>
+      <c r="M164" s="4"/>
+      <c r="N164" s="4"/>
+      <c r="O164" s="4"/>
+      <c r="P164" s="4"/>
+      <c r="Q164" s="4"/>
+      <c r="R164" s="4"/>
+      <c r="S164" s="4"/>
+      <c r="T164" s="4"/>
+      <c r="U164" s="4"/>
+      <c r="V164" s="4"/>
+      <c r="W164" s="4"/>
+      <c r="X164" s="4"/>
+      <c r="Y164" s="4"/>
+      <c r="Z164" s="4"/>
+      <c r="AA164" s="4"/>
+      <c r="AB164" s="4"/>
+      <c r="AC164" s="4"/>
+      <c r="AD164" s="4"/>
+      <c r="AE164" s="4"/>
+      <c r="AF164" s="4"/>
+      <c r="AG164" s="4"/>
+      <c r="AH164" s="4"/>
+      <c r="AI164" s="4"/>
+      <c r="AJ164" s="4"/>
+      <c r="AK164" s="4"/>
+      <c r="AL164" s="4"/>
+      <c r="AM164" s="4"/>
+      <c r="AN164" s="4"/>
+      <c r="AO164" s="4"/>
+      <c r="AP164" s="4"/>
+      <c r="AQ164" s="4"/>
+      <c r="AR164" s="4"/>
+      <c r="AS164" s="4"/>
+      <c r="AT164" s="4"/>
+      <c r="AU164" s="4"/>
     </row>
-    <row r="165" spans="1:8">
+    <row r="165" spans="1:47">
       <c r="A165" s="2" t="s">
-        <v>61</v>
+        <v>119</v>
       </c>
       <c r="B165" s="2"/>
       <c r="C165" s="2"/>
       <c r="D165" s="2"/>
       <c r="E165" s="2"/>
       <c r="F165" s="2"/>
       <c r="G165" s="2"/>
       <c r="H165" s="2"/>
+      <c r="I165" s="2"/>
+      <c r="J165" s="2"/>
+      <c r="K165" s="2"/>
+      <c r="L165" s="2"/>
+      <c r="M165" s="2"/>
+      <c r="N165" s="2"/>
+      <c r="O165" s="2"/>
+      <c r="P165" s="2"/>
+      <c r="Q165" s="2"/>
+      <c r="R165" s="2"/>
+      <c r="S165" s="2"/>
+      <c r="T165" s="2"/>
+      <c r="U165" s="2"/>
+      <c r="V165" s="2"/>
+      <c r="W165" s="2"/>
+      <c r="X165" s="2"/>
+      <c r="Y165" s="2"/>
+      <c r="Z165" s="2"/>
+      <c r="AA165" s="2"/>
+      <c r="AB165" s="2"/>
+      <c r="AC165" s="2"/>
+      <c r="AD165" s="2"/>
+      <c r="AE165" s="2"/>
+      <c r="AF165" s="2"/>
+      <c r="AG165" s="2"/>
+      <c r="AH165" s="2"/>
+      <c r="AI165" s="2"/>
+      <c r="AJ165" s="2"/>
+      <c r="AK165" s="2"/>
+      <c r="AL165" s="2"/>
+      <c r="AM165" s="2"/>
+      <c r="AN165" s="2"/>
+      <c r="AO165" s="2"/>
+      <c r="AP165" s="2"/>
+      <c r="AQ165" s="2"/>
+      <c r="AR165" s="2"/>
+      <c r="AS165" s="2"/>
+      <c r="AT165" s="2"/>
+      <c r="AU165" s="2"/>
     </row>
-    <row r="166" spans="1:8">
+    <row r="166" spans="1:47">
       <c r="A166" t="s">
-        <v>62</v>
+        <v>120</v>
       </c>
       <c r="B166" t="s">
-        <v>63</v>
+        <v>121</v>
       </c>
     </row>
-    <row r="167" spans="1:8">
+    <row r="167" spans="1:47">
       <c r="A167" t="s">
-        <v>64</v>
+        <v>122</v>
       </c>
       <c r="B167" t="s">
-        <v>65</v>
+        <v>123</v>
       </c>
     </row>
-    <row r="168" spans="1:8">
+    <row r="168" spans="1:47">
       <c r="A168" t="s">
-        <v>66</v>
+        <v>124</v>
       </c>
       <c r="B168" t="s">
-        <v>67</v>
+        <v>125</v>
       </c>
     </row>
-    <row r="169" spans="1:8">
+    <row r="169" spans="1:47">
       <c r="A169" t="s">
-        <v>68</v>
+        <v>126</v>
       </c>
       <c r="B169" t="s">
-        <v>69</v>
+        <v>127</v>
       </c>
     </row>
-    <row r="170" spans="1:8">
+    <row r="170" spans="1:47">
       <c r="A170" t="s">
-        <v>70</v>
+        <v>128</v>
       </c>
       <c r="B170" t="s">
-        <v>63</v>
+        <v>121</v>
       </c>
     </row>
-    <row r="171" spans="1:8">
+    <row r="171" spans="1:47">
       <c r="A171" t="s">
-        <v>71</v>
+        <v>129</v>
       </c>
       <c r="B171" t="s">
-        <v>65</v>
+        <v>123</v>
       </c>
     </row>
-    <row r="172" spans="1:8">
+    <row r="172" spans="1:47">
       <c r="A172" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="B172" t="s">
-        <v>67</v>
+        <v>125</v>
       </c>
     </row>
-    <row r="173" spans="1:8">
+    <row r="173" spans="1:47">
       <c r="A173" t="s">
-        <v>73</v>
+        <v>131</v>
       </c>
       <c r="B173" t="s">
-        <v>69</v>
+        <v>127</v>
       </c>
     </row>
-    <row r="174" spans="1:8">
+    <row r="174" spans="1:47">
       <c r="A174" t="s">
-        <v>74</v>
+        <v>132</v>
       </c>
       <c r="B174" t="s">
-        <v>75</v>
+        <v>133</v>
       </c>
     </row>
-    <row r="175" spans="1:8">
+    <row r="175" spans="1:47">
       <c r="A175" t="s">
-        <v>76</v>
+        <v>134</v>
       </c>
       <c r="B175" t="s">
-        <v>77</v>
+        <v>135</v>
       </c>
     </row>
-    <row r="176" spans="1:8">
+    <row r="176" spans="1:47">
       <c r="A176" t="s">
-        <v>78</v>
+        <v>136</v>
       </c>
       <c r="B176" t="s">
-        <v>79</v>
+        <v>137</v>
       </c>
     </row>
-    <row r="177" spans="1:8">
+    <row r="177" spans="1:47">
       <c r="A177" t="s">
-        <v>80</v>
+        <v>138</v>
       </c>
       <c r="B177" t="s">
-        <v>81</v>
+        <v>139</v>
       </c>
     </row>
-    <row r="179" spans="1:8">
+    <row r="179" spans="1:47">
       <c r="A179" s="1" t="s">
-        <v>82</v>
+        <v>140</v>
       </c>
       <c r="B179" s="1"/>
       <c r="C179" s="1"/>
       <c r="D179" s="1"/>
       <c r="E179" s="1"/>
       <c r="F179" s="1"/>
       <c r="G179" s="1"/>
       <c r="H179" s="1"/>
+      <c r="I179" s="1"/>
+      <c r="J179" s="1"/>
+      <c r="K179" s="1"/>
+      <c r="L179" s="1"/>
+      <c r="M179" s="1"/>
+      <c r="N179" s="1"/>
+      <c r="O179" s="1"/>
+      <c r="P179" s="1"/>
+      <c r="Q179" s="1"/>
+      <c r="R179" s="1"/>
+      <c r="S179" s="1"/>
+      <c r="T179" s="1"/>
+      <c r="U179" s="1"/>
+      <c r="V179" s="1"/>
+      <c r="W179" s="1"/>
+      <c r="X179" s="1"/>
+      <c r="Y179" s="1"/>
+      <c r="Z179" s="1"/>
+      <c r="AA179" s="1"/>
+      <c r="AB179" s="1"/>
+      <c r="AC179" s="1"/>
+      <c r="AD179" s="1"/>
+      <c r="AE179" s="1"/>
+      <c r="AF179" s="1"/>
+      <c r="AG179" s="1"/>
+      <c r="AH179" s="1"/>
+      <c r="AI179" s="1"/>
+      <c r="AJ179" s="1"/>
+      <c r="AK179" s="1"/>
+      <c r="AL179" s="1"/>
+      <c r="AM179" s="1"/>
+      <c r="AN179" s="1"/>
+      <c r="AO179" s="1"/>
+      <c r="AP179" s="1"/>
+      <c r="AQ179" s="1"/>
+      <c r="AR179" s="1"/>
+      <c r="AS179" s="1"/>
+      <c r="AT179" s="1"/>
+      <c r="AU179" s="1"/>
     </row>
-    <row r="180" spans="1:8">
+    <row r="180" spans="1:47">
       <c r="A180" t="s">
-        <v>83</v>
+        <v>141</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A180:H180"/>
+    <mergeCell ref="A180:AU180"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>