--- v2 (2026-02-12)
+++ v3 (2026-02-12)
@@ -437,51 +437,51 @@
   <si>
     <t>1300 RUB</t>
   </si>
   <si>
     <t>Билет на "Колесо обозрения"</t>
   </si>
   <si>
     <t>500 RUB</t>
   </si>
   <si>
     <t>Пешеходная экскурсия "Казанский Арбат"</t>
   </si>
   <si>
     <t>600 RUB</t>
   </si>
   <si>
     <t>Экскурсия на остров-град Свияжск</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 12.02.2026 01:01, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 12.02.2026 02:32, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>