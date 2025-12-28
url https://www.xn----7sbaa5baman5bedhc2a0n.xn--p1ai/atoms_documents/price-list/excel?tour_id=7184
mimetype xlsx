--- v0 (2025-11-06)
+++ v1 (2025-12-28)
@@ -12,188 +12,197 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="7184-tur-vykhodnye-v-pete..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
-[...22 lines deleted...]
-    <t>27.12.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+  <si>
+    <t>10.01.2026</t>
+  </si>
+  <si>
+    <t>17.01.2026</t>
+  </si>
+  <si>
+    <t>24.01.2026</t>
+  </si>
+  <si>
+    <t>31.01.2026</t>
+  </si>
+  <si>
+    <t>07.02.2026</t>
+  </si>
+  <si>
+    <t>14.02.2026</t>
+  </si>
+  <si>
+    <t>21.02.2026</t>
+  </si>
+  <si>
+    <t>28.02.2026</t>
+  </si>
+  <si>
+    <t>07.03.2026</t>
+  </si>
+  <si>
+    <t>14.03.2026</t>
+  </si>
+  <si>
+    <t>21.03.2026</t>
+  </si>
+  <si>
+    <t>28.03.2026</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Стандарт двухместный (двусп.кр)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>8300 RUB</t>
+    <t>9350 RUB</t>
+  </si>
+  <si>
+    <t>8450 RUB</t>
+  </si>
+  <si>
+    <t>9200 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
+    <t>9100 RUB</t>
+  </si>
+  <si>
+    <t>10600 RUB</t>
+  </si>
+  <si>
+    <t>12050 RUB</t>
+  </si>
+  <si>
+    <t>Одноместное размещение</t>
+  </si>
+  <si>
+    <t>12400 RUB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комфорт двухместный </t>
+  </si>
+  <si>
+    <t>10000 RUB</t>
+  </si>
+  <si>
+    <t>13650 RUB</t>
+  </si>
+  <si>
+    <t>Стандарт двухместный (раз.кр)</t>
+  </si>
+  <si>
+    <t>9000 RUB</t>
+  </si>
+  <si>
+    <t>9700 RUB</t>
+  </si>
+  <si>
+    <t>11650 RUB</t>
+  </si>
+  <si>
+    <t>13100 RUB</t>
+  </si>
+  <si>
+    <t>Октябрьская</t>
+  </si>
+  <si>
+    <t>Двухместный стандарт МТК (с двуспальной кроватью)</t>
+  </si>
+  <si>
+    <t>10900 RUB</t>
+  </si>
+  <si>
+    <t>8400 RUB</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>14400 RUB</t>
+  </si>
+  <si>
+    <t>10050 RUB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двухместный комфорт МК </t>
+  </si>
+  <si>
+    <t>11250 RUB</t>
+  </si>
+  <si>
     <t>8550 RUB</t>
   </si>
   <si>
-    <t>Одноместное размещение</t>
-[...38 lines deleted...]
-    <t>10200 RUB</t>
+    <t>8750 RUB</t>
+  </si>
+  <si>
+    <t>10450 RUB</t>
+  </si>
+  <si>
+    <t>15100 RUB</t>
+  </si>
+  <si>
+    <t>7900 RUB</t>
   </si>
   <si>
     <t>Двухместный стандарт МТК (с раздельными кроватями)</t>
   </si>
   <si>
-    <t>Россия</t>
-[...43 lines deleted...]
-  <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 06.11.2025 09:10, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 28.12.2025 03:49, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -535,1176 +544,945 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I50"/>
+  <dimension ref="A1:M29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A49" sqref="A49:I49"/>
+      <selection activeCell="A28" sqref="A28:M28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128174" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9">
+    <row r="1" spans="1:13">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="2" spans="1:9">
+      <c r="J1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="2" spans="1:13">
       <c r="A2" s="2" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
-    </row>
-    <row r="3" spans="1:9">
+      <c r="J2" s="2"/>
+      <c r="K2" s="2"/>
+      <c r="L2" s="2"/>
+      <c r="M2" s="2"/>
+    </row>
+    <row r="3" spans="1:13">
       <c r="A3" s="3" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
-    </row>
-    <row r="4" spans="1:9">
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3"/>
+    </row>
+    <row r="4" spans="1:13">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E4" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="G4" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H4" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="I4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:9">
+        <v>16</v>
+      </c>
+      <c r="J4" t="s">
+        <v>16</v>
+      </c>
+      <c r="K4" t="s">
+        <v>16</v>
+      </c>
+      <c r="L4" t="s">
+        <v>17</v>
+      </c>
+      <c r="M4" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="H5" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="I5" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:9">
+        <v>20</v>
+      </c>
+      <c r="J5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K5" t="s">
+        <v>20</v>
+      </c>
+      <c r="L5" t="s">
+        <v>21</v>
+      </c>
+      <c r="M5" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="I6" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:9">
+        <v>19</v>
+      </c>
+      <c r="J6" t="s">
+        <v>19</v>
+      </c>
+      <c r="K6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M6" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13">
       <c r="A7" s="3" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
-    </row>
-    <row r="8" spans="1:9">
+      <c r="J7" s="3"/>
+      <c r="K7" s="3"/>
+      <c r="L7" s="3"/>
+      <c r="M7" s="3"/>
+    </row>
+    <row r="8" spans="1:13">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="B8" t="s">
+        <v>25</v>
+      </c>
+      <c r="C8" t="s">
+        <v>16</v>
+      </c>
+      <c r="D8" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" t="s">
+        <v>16</v>
+      </c>
+      <c r="F8" t="s">
+        <v>16</v>
+      </c>
+      <c r="G8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H8" t="s">
+        <v>16</v>
+      </c>
+      <c r="I8" t="s">
+        <v>16</v>
+      </c>
+      <c r="J8" t="s">
+        <v>16</v>
+      </c>
+      <c r="K8" t="s">
+        <v>16</v>
+      </c>
+      <c r="L8" t="s">
         <v>17</v>
       </c>
-      <c r="C8" t="s">
+      <c r="M8" t="s">
         <v>17</v>
       </c>
-      <c r="D8" t="s">
-[...18 lines deleted...]
-    <row r="9" spans="1:9">
+    </row>
+    <row r="9" spans="1:13">
       <c r="A9" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="H9" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="I9" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:9">
+        <v>20</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>20</v>
+      </c>
+      <c r="L9" t="s">
+        <v>21</v>
+      </c>
+      <c r="M9" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13">
       <c r="A10" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D10" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F10" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G10" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H10" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="I10" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:9">
+        <v>19</v>
+      </c>
+      <c r="J10" t="s">
+        <v>19</v>
+      </c>
+      <c r="K10" t="s">
+        <v>19</v>
+      </c>
+      <c r="L10" t="s">
+        <v>19</v>
+      </c>
+      <c r="M10" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13">
       <c r="A11" s="3" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
-    </row>
-    <row r="12" spans="1:9">
+      <c r="J11" s="3"/>
+      <c r="K11" s="3"/>
+      <c r="L11" s="3"/>
+      <c r="M11" s="3"/>
+    </row>
+    <row r="12" spans="1:13">
       <c r="A12" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="B12" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C12" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="E12" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="G12" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="H12" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="I12" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:9">
+        <v>28</v>
+      </c>
+      <c r="J12" t="s">
+        <v>28</v>
+      </c>
+      <c r="K12" t="s">
+        <v>28</v>
+      </c>
+      <c r="L12" t="s">
+        <v>29</v>
+      </c>
+      <c r="M12" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="G13" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="H13" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="I13" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:9">
+        <v>30</v>
+      </c>
+      <c r="J13" t="s">
+        <v>30</v>
+      </c>
+      <c r="K13" t="s">
+        <v>30</v>
+      </c>
+      <c r="L13" t="s">
+        <v>31</v>
+      </c>
+      <c r="M13" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13">
       <c r="A14" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="B14" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="C14" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D14" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E14" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="F14" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G14" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H14" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="I14" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:9">
+        <v>19</v>
+      </c>
+      <c r="J14" t="s">
+        <v>19</v>
+      </c>
+      <c r="K14" t="s">
+        <v>19</v>
+      </c>
+      <c r="L14" t="s">
+        <v>19</v>
+      </c>
+      <c r="M14" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13">
       <c r="A15" s="4"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
-    </row>
-    <row r="16" spans="1:9">
+      <c r="J15" s="4"/>
+      <c r="K15" s="4"/>
+      <c r="L15" s="4"/>
+      <c r="M15" s="4"/>
+    </row>
+    <row r="16" spans="1:13">
       <c r="A16" s="2" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
-    </row>
-    <row r="17" spans="1:9">
+      <c r="J16" s="2"/>
+      <c r="K16" s="2"/>
+      <c r="L16" s="2"/>
+      <c r="M16" s="2"/>
+    </row>
+    <row r="17" spans="1:13">
       <c r="A17" s="3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
-    </row>
-    <row r="18" spans="1:9">
+      <c r="J17" s="3"/>
+      <c r="K17" s="3"/>
+      <c r="L17" s="3"/>
+      <c r="M17" s="3"/>
+    </row>
+    <row r="18" spans="1:13">
       <c r="A18" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="B18" t="s">
+        <v>34</v>
+      </c>
+      <c r="C18" t="s">
+        <v>35</v>
+      </c>
+      <c r="D18" t="s">
+        <v>35</v>
+      </c>
+      <c r="E18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F18" t="s">
+        <v>35</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18" t="s">
+        <v>35</v>
+      </c>
+      <c r="I18" t="s">
+        <v>35</v>
+      </c>
+      <c r="J18" t="s">
+        <v>35</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18" t="s">
+        <v>36</v>
+      </c>
+      <c r="M18" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13">
+      <c r="A19" t="s">
         <v>22</v>
       </c>
-      <c r="C18" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="B19" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="C19" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="D19" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="E19" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="F19" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="G19" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H19" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="I19" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:9">
+        <v>38</v>
+      </c>
+      <c r="J19" t="s">
+        <v>38</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19" t="s">
+        <v>36</v>
+      </c>
+      <c r="M19" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13">
       <c r="A20" s="3" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
-    </row>
-    <row r="21" spans="1:9">
+      <c r="J20" s="3"/>
+      <c r="K20" s="3"/>
+      <c r="L20" s="3"/>
+      <c r="M20" s="3"/>
+    </row>
+    <row r="21" spans="1:13">
       <c r="A21" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="B21" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="C21" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="D21" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="E21" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="F21" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="G21" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="H21" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="I21" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:9">
+        <v>41</v>
+      </c>
+      <c r="J21" t="s">
+        <v>41</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21" t="s">
+        <v>36</v>
+      </c>
+      <c r="M21" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13">
       <c r="A22" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="C22" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="D22" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="E22" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="F22" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="G22" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="H22" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="I22" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:9">
+        <v>43</v>
+      </c>
+      <c r="J22" t="s">
+        <v>43</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22" t="s">
+        <v>36</v>
+      </c>
+      <c r="M22" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13">
       <c r="A23" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="C23" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="D23" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="E23" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="F23" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="G23" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="H23" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="I23" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:9">
+        <v>45</v>
+      </c>
+      <c r="J23" t="s">
+        <v>45</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23" t="s">
+        <v>36</v>
+      </c>
+      <c r="M23" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13">
       <c r="A24" s="3" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="B24" s="3"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
-    </row>
-    <row r="25" spans="1:9">
+      <c r="J24" s="3"/>
+      <c r="K24" s="3"/>
+      <c r="L24" s="3"/>
+      <c r="M24" s="3"/>
+    </row>
+    <row r="25" spans="1:13">
       <c r="A25" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="B25" t="s">
+        <v>34</v>
+      </c>
+      <c r="C25" t="s">
+        <v>35</v>
+      </c>
+      <c r="D25" t="s">
+        <v>35</v>
+      </c>
+      <c r="E25" t="s">
+        <v>35</v>
+      </c>
+      <c r="F25" t="s">
+        <v>35</v>
+      </c>
+      <c r="G25" t="s">
+        <v>35</v>
+      </c>
+      <c r="H25" t="s">
+        <v>35</v>
+      </c>
+      <c r="I25" t="s">
+        <v>35</v>
+      </c>
+      <c r="J25" t="s">
+        <v>35</v>
+      </c>
+      <c r="K25" t="s">
+        <v>36</v>
+      </c>
+      <c r="L25" t="s">
+        <v>36</v>
+      </c>
+      <c r="M25" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13">
+      <c r="A26" t="s">
         <v>22</v>
       </c>
-      <c r="C25" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="B26" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="C26" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="D26" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="E26" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="F26" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="G26" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="H26" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="I26" t="s">
-        <v>23</v>
-[...256 lines deleted...]
-      <c r="B39" t="s">
         <v>38</v>
       </c>
-      <c r="C39" t="s">
+      <c r="J26" t="s">
         <v>38</v>
       </c>
-      <c r="D39" t="s">
-[...233 lines deleted...]
-        <v>45</v>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+      <c r="L26" t="s">
+        <v>36</v>
+      </c>
+      <c r="M26" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13">
+      <c r="A28" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B28" s="1"/>
+      <c r="C28" s="1"/>
+      <c r="D28" s="1"/>
+      <c r="E28" s="1"/>
+      <c r="F28" s="1"/>
+      <c r="G28" s="1"/>
+      <c r="H28" s="1"/>
+      <c r="I28" s="1"/>
+      <c r="J28" s="1"/>
+      <c r="K28" s="1"/>
+      <c r="L28" s="1"/>
+      <c r="M28" s="1"/>
+    </row>
+    <row r="29" spans="1:13">
+      <c r="A29" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A50:I50"/>
+    <mergeCell ref="A29:M29"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>