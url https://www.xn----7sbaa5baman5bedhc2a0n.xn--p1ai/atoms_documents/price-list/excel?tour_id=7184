--- v1 (2025-12-28)
+++ v2 (2025-12-28)
@@ -158,51 +158,51 @@
   <si>
     <t>11250 RUB</t>
   </si>
   <si>
     <t>8550 RUB</t>
   </si>
   <si>
     <t>8750 RUB</t>
   </si>
   <si>
     <t>10450 RUB</t>
   </si>
   <si>
     <t>15100 RUB</t>
   </si>
   <si>
     <t>7900 RUB</t>
   </si>
   <si>
     <t>Двухместный стандарт МТК (с раздельными кроватями)</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 28.12.2025 03:49, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 28.12.2025 06:06, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>