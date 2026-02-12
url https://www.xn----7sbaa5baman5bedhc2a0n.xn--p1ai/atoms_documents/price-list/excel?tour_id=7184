--- v2 (2025-12-28)
+++ v3 (2026-02-12)
@@ -12,197 +12,257 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="7184-tur-vykhodnye-v-pete..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
-[...14 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>14.02.2026</t>
   </si>
   <si>
     <t>21.02.2026</t>
   </si>
   <si>
     <t>28.02.2026</t>
   </si>
   <si>
     <t>07.03.2026</t>
   </si>
   <si>
     <t>14.03.2026</t>
   </si>
   <si>
     <t>21.03.2026</t>
   </si>
   <si>
     <t>28.03.2026</t>
   </si>
   <si>
+    <t>04.04.2026</t>
+  </si>
+  <si>
+    <t>11.04.2026</t>
+  </si>
+  <si>
+    <t>18.04.2026</t>
+  </si>
+  <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Стандарт двухместный (двусп.кр)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>9350 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>8450 RUB</t>
   </si>
   <si>
     <t>9200 RUB</t>
   </si>
   <si>
+    <t>-</t>
+  </si>
+  <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
+    <t>10600 RUB</t>
+  </si>
+  <si>
+    <t>12050 RUB</t>
+  </si>
+  <si>
+    <t>Одноместное размещение</t>
+  </si>
+  <si>
     <t>9100 RUB</t>
   </si>
   <si>
-    <t>10600 RUB</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Комфорт двухместный </t>
   </si>
   <si>
-    <t>10000 RUB</t>
-[...4 lines deleted...]
-  <si>
     <t>Стандарт двухместный (раз.кр)</t>
   </si>
   <si>
     <t>9000 RUB</t>
   </si>
   <si>
     <t>9700 RUB</t>
   </si>
   <si>
     <t>11650 RUB</t>
   </si>
   <si>
     <t>13100 RUB</t>
   </si>
   <si>
     <t>Октябрьская</t>
   </si>
   <si>
     <t>Двухместный стандарт МТК (с двуспальной кроватью)</t>
   </si>
   <si>
-    <t>10900 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>8400 RUB</t>
   </si>
   <si>
-    <t>-</t>
-[...4 lines deleted...]
-  <si>
     <t>10050 RUB</t>
   </si>
   <si>
     <t xml:space="preserve">Двухместный комфорт МК </t>
   </si>
   <si>
+    <t>8550 RUB</t>
+  </si>
+  <si>
+    <t>10450 RUB</t>
+  </si>
+  <si>
+    <t>7900 RUB</t>
+  </si>
+  <si>
+    <t>Двухместный стандарт МТК (с раздельными кроватями)</t>
+  </si>
+  <si>
+    <t>Атриум</t>
+  </si>
+  <si>
+    <t>8200 RUB</t>
+  </si>
+  <si>
+    <t>8850 RUB</t>
+  </si>
+  <si>
+    <t>8600 RUB</t>
+  </si>
+  <si>
+    <t>7650 RUB</t>
+  </si>
+  <si>
+    <t>9900 RUB</t>
+  </si>
+  <si>
     <t>11250 RUB</t>
   </si>
   <si>
-    <t>8550 RUB</t>
-[...14 lines deleted...]
-    <t>Двухместный стандарт МТК (с раздельными кроватями)</t>
+    <t>Достоевский</t>
+  </si>
+  <si>
+    <t>Двухместный стандарт (двусп.кр)</t>
+  </si>
+  <si>
+    <t>8500 RUB</t>
+  </si>
+  <si>
+    <t>11100 RUB</t>
+  </si>
+  <si>
+    <t>11000 RUB</t>
+  </si>
+  <si>
+    <t>Двухместный супериор (двусп.кр)</t>
+  </si>
+  <si>
+    <t>9650 RUB</t>
+  </si>
+  <si>
+    <t>12450 RUB</t>
+  </si>
+  <si>
+    <t>12300 RUB</t>
+  </si>
+  <si>
+    <t>Двухместный стандарт (раз.кр)</t>
+  </si>
+  <si>
+    <t>Двухместный супериор (раз.кр)</t>
+  </si>
+  <si>
+    <t>Невский Берег</t>
+  </si>
+  <si>
+    <t>Комфорт двухместный</t>
+  </si>
+  <si>
+    <t>10250 RUB</t>
+  </si>
+  <si>
+    <t>13900 RUB</t>
+  </si>
+  <si>
+    <t>Стандарт двухместный</t>
+  </si>
+  <si>
+    <t>8900 RUB</t>
+  </si>
+  <si>
+    <t>Кронвелл Инн Стремянная</t>
+  </si>
+  <si>
+    <t>Стандартный двухместный</t>
+  </si>
+  <si>
+    <t>8650 RUB</t>
+  </si>
+  <si>
+    <t>11400 RUB</t>
+  </si>
+  <si>
+    <t>11050 RUB</t>
+  </si>
+  <si>
+    <t>9500 RUB</t>
+  </si>
+  <si>
+    <t>11900 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 28.12.2025 06:06, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 12.02.2026 00:54, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -544,945 +604,1993 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M29"/>
+  <dimension ref="A1:K73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A28" sqref="A28:M28"/>
+      <selection activeCell="A72" sqref="A72:K72"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60.128174" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13">
+    <row r="1" spans="1:11">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="L1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:11">
+      <c r="A2" s="2" t="s">
         <v>10</v>
-      </c>
-[...6 lines deleted...]
-        <v>12</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
-      <c r="L2" s="2"/>
-[...2 lines deleted...]
-    <row r="3" spans="1:13">
+    </row>
+    <row r="3" spans="1:11">
       <c r="A3" s="3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
-      <c r="L3" s="3"/>
-[...2 lines deleted...]
-    <row r="4" spans="1:13">
+    </row>
+    <row r="4" spans="1:11">
       <c r="A4" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>14</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="H4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I4" t="s">
+        <v>15</v>
+      </c>
+      <c r="J4" t="s">
+        <v>15</v>
+      </c>
+      <c r="K4" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11">
+      <c r="A5" t="s">
         <v>16</v>
       </c>
-      <c r="D4" t="s">
-[...23 lines deleted...]
-      <c r="L4" t="s">
+      <c r="B5" t="s">
         <v>17</v>
       </c>
-      <c r="M4" t="s">
+      <c r="C5" t="s">
         <v>17</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" t="s">
+      <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G5" t="s">
         <v>18</v>
       </c>
-      <c r="B5" t="s">
+      <c r="H5" t="s">
+        <v>18</v>
+      </c>
+      <c r="I5" t="s">
+        <v>15</v>
+      </c>
+      <c r="J5" t="s">
+        <v>15</v>
+      </c>
+      <c r="K5" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11">
+      <c r="A6" t="s">
         <v>19</v>
       </c>
-      <c r="C5" t="s">
+      <c r="B6" t="s">
         <v>20</v>
       </c>
-      <c r="D5" t="s">
+      <c r="C6" t="s">
         <v>20</v>
       </c>
-      <c r="E5" t="s">
+      <c r="D6" t="s">
         <v>20</v>
       </c>
-      <c r="F5" t="s">
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="G5" t="s">
+      <c r="F6" t="s">
         <v>20</v>
       </c>
-      <c r="H5" t="s">
+      <c r="G6" t="s">
         <v>20</v>
       </c>
-      <c r="I5" t="s">
+      <c r="H6" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...5 lines deleted...]
-      <c r="L5" t="s">
+      <c r="I6" t="s">
+        <v>15</v>
+      </c>
+      <c r="J6" t="s">
+        <v>15</v>
+      </c>
+      <c r="K6" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11">
+      <c r="A7" s="3" t="s">
         <v>21</v>
-      </c>
-[...47 lines deleted...]
-        <v>24</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
-      <c r="L7" s="3"/>
-[...2 lines deleted...]
-    <row r="8" spans="1:13">
+    </row>
+    <row r="8" spans="1:11">
       <c r="A8" t="s">
+        <v>12</v>
+      </c>
+      <c r="B8" t="s">
+        <v>13</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>13</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>14</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="H8" t="s">
+        <v>14</v>
+      </c>
+      <c r="I8" t="s">
+        <v>15</v>
+      </c>
+      <c r="J8" t="s">
+        <v>15</v>
+      </c>
+      <c r="K8" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11">
+      <c r="A9" t="s">
         <v>16</v>
       </c>
-      <c r="D8" t="s">
-[...23 lines deleted...]
-      <c r="L8" t="s">
+      <c r="B9" t="s">
         <v>17</v>
       </c>
-      <c r="M8" t="s">
+      <c r="C9" t="s">
         <v>17</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" t="s">
+      <c r="D9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E9" t="s">
+        <v>17</v>
+      </c>
+      <c r="F9" t="s">
+        <v>17</v>
+      </c>
+      <c r="G9" t="s">
         <v>18</v>
       </c>
-      <c r="B9" t="s">
+      <c r="H9" t="s">
+        <v>18</v>
+      </c>
+      <c r="I9" t="s">
+        <v>15</v>
+      </c>
+      <c r="J9" t="s">
+        <v>15</v>
+      </c>
+      <c r="K9" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11">
+      <c r="A10" t="s">
         <v>19</v>
       </c>
-      <c r="C9" t="s">
+      <c r="B10" t="s">
         <v>20</v>
       </c>
-      <c r="D9" t="s">
+      <c r="C10" t="s">
         <v>20</v>
       </c>
-      <c r="E9" t="s">
+      <c r="D10" t="s">
         <v>20</v>
       </c>
-      <c r="F9" t="s">
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="G9" t="s">
+      <c r="F10" t="s">
         <v>20</v>
       </c>
-      <c r="H9" t="s">
+      <c r="G10" t="s">
         <v>20</v>
       </c>
-      <c r="I9" t="s">
+      <c r="H10" t="s">
         <v>20</v>
       </c>
-      <c r="J9" t="s">
-[...13 lines deleted...]
-      <c r="A10" t="s">
+      <c r="I10" t="s">
+        <v>15</v>
+      </c>
+      <c r="J10" t="s">
+        <v>15</v>
+      </c>
+      <c r="K10" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11">
+      <c r="A11" s="3" t="s">
         <v>22</v>
-      </c>
-[...39 lines deleted...]
-        <v>27</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
-      <c r="L11" s="3"/>
-[...2 lines deleted...]
-    <row r="12" spans="1:13">
+    </row>
+    <row r="12" spans="1:11">
       <c r="A12" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B12" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E12" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="F12" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="G12" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="H12" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I12" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="J12" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="K12" t="s">
-        <v>28</v>
-[...8 lines deleted...]
-    <row r="13" spans="1:13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11">
       <c r="A13" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B13" t="s">
+        <v>25</v>
+      </c>
+      <c r="C13" t="s">
+        <v>25</v>
+      </c>
+      <c r="D13" t="s">
+        <v>25</v>
+      </c>
+      <c r="E13" t="s">
+        <v>25</v>
+      </c>
+      <c r="F13" t="s">
+        <v>25</v>
+      </c>
+      <c r="G13" t="s">
+        <v>26</v>
+      </c>
+      <c r="H13" t="s">
+        <v>26</v>
+      </c>
+      <c r="I13" t="s">
+        <v>15</v>
+      </c>
+      <c r="J13" t="s">
+        <v>15</v>
+      </c>
+      <c r="K13" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11">
+      <c r="A14" t="s">
         <v>19</v>
       </c>
-      <c r="C13" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="B14" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C14" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D14" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H14" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="I14" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="J14" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="K14" t="s">
-        <v>19</v>
-[...8 lines deleted...]
-    <row r="15" spans="1:13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11">
       <c r="A15" s="4"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
       <c r="J15" s="4"/>
       <c r="K15" s="4"/>
-      <c r="L15" s="4"/>
-[...2 lines deleted...]
-    <row r="16" spans="1:13">
+    </row>
+    <row r="16" spans="1:11">
       <c r="A16" s="2" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
       <c r="K16" s="2"/>
-      <c r="L16" s="2"/>
-[...2 lines deleted...]
-    <row r="17" spans="1:13">
+    </row>
+    <row r="17" spans="1:11">
       <c r="A17" s="3" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
-      <c r="L17" s="3"/>
-[...2 lines deleted...]
-    <row r="18" spans="1:13">
+    </row>
+    <row r="18" spans="1:11">
       <c r="A18" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B18" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="C18" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="D18" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E18" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="F18" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="G18" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="H18" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="I18" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="J18" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="K18" t="s">
-        <v>36</v>
-[...8 lines deleted...]
-    <row r="19" spans="1:13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11">
       <c r="A19" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B19" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="C19" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="D19" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="E19" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F19" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="G19" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="H19" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="I19" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="J19" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="K19" t="s">
-        <v>36</v>
-[...8 lines deleted...]
-    <row r="20" spans="1:13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11">
       <c r="A20" s="3" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
-      <c r="L20" s="3"/>
-[...2 lines deleted...]
-    <row r="21" spans="1:13">
+    </row>
+    <row r="21" spans="1:11">
       <c r="A21" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B21" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="C21" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="E21" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="F21" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="G21" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="H21" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="I21" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="J21" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="K21" t="s">
-        <v>36</v>
-[...8 lines deleted...]
-    <row r="22" spans="1:13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11">
       <c r="A22" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B22" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="C22" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="D22" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="E22" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="F22" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="G22" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="H22" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="I22" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="J22" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="K22" t="s">
-        <v>36</v>
-[...8 lines deleted...]
-    <row r="23" spans="1:13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11">
       <c r="A23" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B23" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="C23" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="D23" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="E23" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="F23" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="G23" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="H23" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="I23" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="J23" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="K23" t="s">
-        <v>36</v>
-[...8 lines deleted...]
-    <row r="24" spans="1:13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11">
       <c r="A24" s="3" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="B24" s="3"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
-      <c r="L24" s="3"/>
-[...2 lines deleted...]
-    <row r="25" spans="1:13">
+    </row>
+    <row r="25" spans="1:11">
       <c r="A25" t="s">
+        <v>12</v>
+      </c>
+      <c r="B25" t="s">
+        <v>29</v>
+      </c>
+      <c r="C25" t="s">
+        <v>29</v>
+      </c>
+      <c r="D25" t="s">
+        <v>29</v>
+      </c>
+      <c r="E25" t="s">
+        <v>29</v>
+      </c>
+      <c r="F25" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
+        <v>15</v>
+      </c>
+      <c r="I25" t="s">
+        <v>15</v>
+      </c>
+      <c r="J25" t="s">
+        <v>15</v>
+      </c>
+      <c r="K25" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11">
+      <c r="A26" t="s">
+        <v>19</v>
+      </c>
+      <c r="B26" t="s">
+        <v>30</v>
+      </c>
+      <c r="C26" t="s">
+        <v>30</v>
+      </c>
+      <c r="D26" t="s">
+        <v>30</v>
+      </c>
+      <c r="E26" t="s">
+        <v>30</v>
+      </c>
+      <c r="F26" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" t="s">
+        <v>15</v>
+      </c>
+      <c r="I26" t="s">
+        <v>15</v>
+      </c>
+      <c r="J26" t="s">
+        <v>15</v>
+      </c>
+      <c r="K26" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11">
+      <c r="A27" s="4"/>
+      <c r="B27" s="4"/>
+      <c r="C27" s="4"/>
+      <c r="D27" s="4"/>
+      <c r="E27" s="4"/>
+      <c r="F27" s="4"/>
+      <c r="G27" s="4"/>
+      <c r="H27" s="4"/>
+      <c r="I27" s="4"/>
+      <c r="J27" s="4"/>
+      <c r="K27" s="4"/>
+    </row>
+    <row r="28" spans="1:11">
+      <c r="A28" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B28" s="2"/>
+      <c r="C28" s="2"/>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+      <c r="G28" s="2"/>
+      <c r="H28" s="2"/>
+      <c r="I28" s="2"/>
+      <c r="J28" s="2"/>
+      <c r="K28" s="2"/>
+    </row>
+    <row r="29" spans="1:11">
+      <c r="A29" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B29" s="3"/>
+      <c r="C29" s="3"/>
+      <c r="D29" s="3"/>
+      <c r="E29" s="3"/>
+      <c r="F29" s="3"/>
+      <c r="G29" s="3"/>
+      <c r="H29" s="3"/>
+      <c r="I29" s="3"/>
+      <c r="J29" s="3"/>
+      <c r="K29" s="3"/>
+    </row>
+    <row r="30" spans="1:11">
+      <c r="A30" t="s">
+        <v>12</v>
+      </c>
+      <c r="B30" t="s">
+        <v>37</v>
+      </c>
+      <c r="C30" t="s">
+        <v>37</v>
+      </c>
+      <c r="D30" t="s">
+        <v>37</v>
+      </c>
+      <c r="E30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H30" t="s">
+        <v>38</v>
+      </c>
+      <c r="I30" t="s">
+        <v>39</v>
+      </c>
+      <c r="J30" t="s">
+        <v>39</v>
+      </c>
+      <c r="K30" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11">
+      <c r="A31" t="s">
+        <v>16</v>
+      </c>
+      <c r="B31" t="s">
+        <v>40</v>
+      </c>
+      <c r="C31" t="s">
+        <v>40</v>
+      </c>
+      <c r="D31" t="s">
+        <v>40</v>
+      </c>
+      <c r="E31" t="s">
+        <v>40</v>
+      </c>
+      <c r="F31" t="s">
+        <v>40</v>
+      </c>
+      <c r="G31" t="s">
+        <v>40</v>
+      </c>
+      <c r="H31" t="s">
+        <v>34</v>
+      </c>
+      <c r="I31" t="s">
+        <v>34</v>
+      </c>
+      <c r="J31" t="s">
+        <v>34</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11">
+      <c r="A32" t="s">
+        <v>19</v>
+      </c>
+      <c r="B32" t="s">
+        <v>41</v>
+      </c>
+      <c r="C32" t="s">
+        <v>41</v>
+      </c>
+      <c r="D32" t="s">
+        <v>41</v>
+      </c>
+      <c r="E32" t="s">
+        <v>41</v>
+      </c>
+      <c r="F32" t="s">
+        <v>41</v>
+      </c>
+      <c r="G32" t="s">
+        <v>41</v>
+      </c>
+      <c r="H32" t="s">
+        <v>42</v>
+      </c>
+      <c r="I32" t="s">
+        <v>33</v>
+      </c>
+      <c r="J32" t="s">
+        <v>33</v>
+      </c>
+      <c r="K32" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11">
+      <c r="A33" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B33" s="3"/>
+      <c r="C33" s="3"/>
+      <c r="D33" s="3"/>
+      <c r="E33" s="3"/>
+      <c r="F33" s="3"/>
+      <c r="G33" s="3"/>
+      <c r="H33" s="3"/>
+      <c r="I33" s="3"/>
+      <c r="J33" s="3"/>
+      <c r="K33" s="3"/>
+    </row>
+    <row r="34" spans="1:11">
+      <c r="A34" t="s">
+        <v>12</v>
+      </c>
+      <c r="B34" t="s">
+        <v>37</v>
+      </c>
+      <c r="C34" t="s">
+        <v>37</v>
+      </c>
+      <c r="D34" t="s">
+        <v>37</v>
+      </c>
+      <c r="E34" t="s">
+        <v>37</v>
+      </c>
+      <c r="F34" t="s">
+        <v>37</v>
+      </c>
+      <c r="G34" t="s">
+        <v>37</v>
+      </c>
+      <c r="H34" t="s">
+        <v>38</v>
+      </c>
+      <c r="I34" t="s">
+        <v>39</v>
+      </c>
+      <c r="J34" t="s">
+        <v>39</v>
+      </c>
+      <c r="K34" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11">
+      <c r="A35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B35" t="s">
+        <v>40</v>
+      </c>
+      <c r="C35" t="s">
+        <v>40</v>
+      </c>
+      <c r="D35" t="s">
+        <v>40</v>
+      </c>
+      <c r="E35" t="s">
+        <v>40</v>
+      </c>
+      <c r="F35" t="s">
+        <v>40</v>
+      </c>
+      <c r="G35" t="s">
+        <v>40</v>
+      </c>
+      <c r="H35" t="s">
+        <v>34</v>
+      </c>
+      <c r="I35" t="s">
+        <v>34</v>
+      </c>
+      <c r="J35" t="s">
+        <v>34</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11">
+      <c r="A36" t="s">
+        <v>19</v>
+      </c>
+      <c r="B36" t="s">
+        <v>41</v>
+      </c>
+      <c r="C36" t="s">
+        <v>41</v>
+      </c>
+      <c r="D36" t="s">
+        <v>41</v>
+      </c>
+      <c r="E36" t="s">
+        <v>41</v>
+      </c>
+      <c r="F36" t="s">
+        <v>41</v>
+      </c>
+      <c r="G36" t="s">
+        <v>41</v>
+      </c>
+      <c r="H36" t="s">
+        <v>42</v>
+      </c>
+      <c r="I36" t="s">
+        <v>33</v>
+      </c>
+      <c r="J36" t="s">
+        <v>33</v>
+      </c>
+      <c r="K36" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11">
+      <c r="A37" s="4"/>
+      <c r="B37" s="4"/>
+      <c r="C37" s="4"/>
+      <c r="D37" s="4"/>
+      <c r="E37" s="4"/>
+      <c r="F37" s="4"/>
+      <c r="G37" s="4"/>
+      <c r="H37" s="4"/>
+      <c r="I37" s="4"/>
+      <c r="J37" s="4"/>
+      <c r="K37" s="4"/>
+    </row>
+    <row r="38" spans="1:11">
+      <c r="A38" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B38" s="2"/>
+      <c r="C38" s="2"/>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2"/>
+      <c r="F38" s="2"/>
+      <c r="G38" s="2"/>
+      <c r="H38" s="2"/>
+      <c r="I38" s="2"/>
+      <c r="J38" s="2"/>
+      <c r="K38" s="2"/>
+    </row>
+    <row r="39" spans="1:11">
+      <c r="A39" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B39" s="3"/>
+      <c r="C39" s="3"/>
+      <c r="D39" s="3"/>
+      <c r="E39" s="3"/>
+      <c r="F39" s="3"/>
+      <c r="G39" s="3"/>
+      <c r="H39" s="3"/>
+      <c r="I39" s="3"/>
+      <c r="J39" s="3"/>
+      <c r="K39" s="3"/>
+    </row>
+    <row r="40" spans="1:11">
+      <c r="A40" t="s">
+        <v>12</v>
+      </c>
+      <c r="B40" t="s">
+        <v>45</v>
+      </c>
+      <c r="C40" t="s">
+        <v>45</v>
+      </c>
+      <c r="D40" t="s">
+        <v>45</v>
+      </c>
+      <c r="E40" t="s">
+        <v>45</v>
+      </c>
+      <c r="F40" t="s">
+        <v>45</v>
+      </c>
+      <c r="G40" t="s">
+        <v>23</v>
+      </c>
+      <c r="H40" t="s">
+        <v>23</v>
+      </c>
+      <c r="I40" t="s">
+        <v>15</v>
+      </c>
+      <c r="J40" t="s">
+        <v>15</v>
+      </c>
+      <c r="K40" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11">
+      <c r="A41" t="s">
+        <v>19</v>
+      </c>
+      <c r="B41" t="s">
+        <v>46</v>
+      </c>
+      <c r="C41" t="s">
+        <v>46</v>
+      </c>
+      <c r="D41" t="s">
+        <v>46</v>
+      </c>
+      <c r="E41" t="s">
+        <v>46</v>
+      </c>
+      <c r="F41" t="s">
+        <v>46</v>
+      </c>
+      <c r="G41" t="s">
+        <v>47</v>
+      </c>
+      <c r="H41" t="s">
+        <v>47</v>
+      </c>
+      <c r="I41" t="s">
+        <v>15</v>
+      </c>
+      <c r="J41" t="s">
+        <v>15</v>
+      </c>
+      <c r="K41" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11">
+      <c r="A42" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B42" s="3"/>
+      <c r="C42" s="3"/>
+      <c r="D42" s="3"/>
+      <c r="E42" s="3"/>
+      <c r="F42" s="3"/>
+      <c r="G42" s="3"/>
+      <c r="H42" s="3"/>
+      <c r="I42" s="3"/>
+      <c r="J42" s="3"/>
+      <c r="K42" s="3"/>
+    </row>
+    <row r="43" spans="1:11">
+      <c r="A43" t="s">
+        <v>12</v>
+      </c>
+      <c r="B43" t="s">
         <v>14</v>
       </c>
-      <c r="B25" t="s">
-[...78 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="C43" t="s">
+        <v>14</v>
+      </c>
+      <c r="D43" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" t="s">
+        <v>14</v>
+      </c>
+      <c r="F43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" t="s">
+        <v>49</v>
+      </c>
+      <c r="H43" t="s">
+        <v>49</v>
+      </c>
+      <c r="I43" t="s">
+        <v>15</v>
+      </c>
+      <c r="J43" t="s">
+        <v>15</v>
+      </c>
+      <c r="K43" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11">
+      <c r="A44" t="s">
+        <v>16</v>
+      </c>
+      <c r="B44" t="s">
+        <v>49</v>
+      </c>
+      <c r="C44" t="s">
+        <v>49</v>
+      </c>
+      <c r="D44" t="s">
+        <v>49</v>
+      </c>
+      <c r="E44" t="s">
+        <v>49</v>
+      </c>
+      <c r="F44" t="s">
+        <v>49</v>
+      </c>
+      <c r="G44" t="s">
+        <v>49</v>
+      </c>
+      <c r="H44" t="s">
+        <v>49</v>
+      </c>
+      <c r="I44" t="s">
+        <v>15</v>
+      </c>
+      <c r="J44" t="s">
+        <v>15</v>
+      </c>
+      <c r="K44" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11">
+      <c r="A45" t="s">
+        <v>19</v>
+      </c>
+      <c r="B45" t="s">
+        <v>50</v>
+      </c>
+      <c r="C45" t="s">
+        <v>50</v>
+      </c>
+      <c r="D45" t="s">
+        <v>50</v>
+      </c>
+      <c r="E45" t="s">
+        <v>50</v>
+      </c>
+      <c r="F45" t="s">
+        <v>50</v>
+      </c>
+      <c r="G45" t="s">
+        <v>51</v>
+      </c>
+      <c r="H45" t="s">
+        <v>51</v>
+      </c>
+      <c r="I45" t="s">
+        <v>15</v>
+      </c>
+      <c r="J45" t="s">
+        <v>15</v>
+      </c>
+      <c r="K45" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11">
+      <c r="A46" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B46" s="3"/>
+      <c r="C46" s="3"/>
+      <c r="D46" s="3"/>
+      <c r="E46" s="3"/>
+      <c r="F46" s="3"/>
+      <c r="G46" s="3"/>
+      <c r="H46" s="3"/>
+      <c r="I46" s="3"/>
+      <c r="J46" s="3"/>
+      <c r="K46" s="3"/>
+    </row>
+    <row r="47" spans="1:11">
+      <c r="A47" t="s">
+        <v>12</v>
+      </c>
+      <c r="B47" t="s">
+        <v>45</v>
+      </c>
+      <c r="C47" t="s">
+        <v>45</v>
+      </c>
+      <c r="D47" t="s">
+        <v>45</v>
+      </c>
+      <c r="E47" t="s">
+        <v>45</v>
+      </c>
+      <c r="F47" t="s">
+        <v>45</v>
+      </c>
+      <c r="G47" t="s">
+        <v>23</v>
+      </c>
+      <c r="H47" t="s">
+        <v>23</v>
+      </c>
+      <c r="I47" t="s">
+        <v>15</v>
+      </c>
+      <c r="J47" t="s">
+        <v>15</v>
+      </c>
+      <c r="K47" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11">
+      <c r="A48" t="s">
+        <v>19</v>
+      </c>
+      <c r="B48" t="s">
+        <v>46</v>
+      </c>
+      <c r="C48" t="s">
+        <v>46</v>
+      </c>
+      <c r="D48" t="s">
+        <v>46</v>
+      </c>
+      <c r="E48" t="s">
+        <v>46</v>
+      </c>
+      <c r="F48" t="s">
+        <v>46</v>
+      </c>
+      <c r="G48" t="s">
         <v>47</v>
       </c>
-      <c r="B28" s="1"/>
-[...14 lines deleted...]
-        <v>48</v>
+      <c r="H48" t="s">
+        <v>47</v>
+      </c>
+      <c r="I48" t="s">
+        <v>15</v>
+      </c>
+      <c r="J48" t="s">
+        <v>15</v>
+      </c>
+      <c r="K48" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11">
+      <c r="A49" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B49" s="3"/>
+      <c r="C49" s="3"/>
+      <c r="D49" s="3"/>
+      <c r="E49" s="3"/>
+      <c r="F49" s="3"/>
+      <c r="G49" s="3"/>
+      <c r="H49" s="3"/>
+      <c r="I49" s="3"/>
+      <c r="J49" s="3"/>
+      <c r="K49" s="3"/>
+    </row>
+    <row r="50" spans="1:11">
+      <c r="A50" t="s">
+        <v>12</v>
+      </c>
+      <c r="B50" t="s">
+        <v>14</v>
+      </c>
+      <c r="C50" t="s">
+        <v>14</v>
+      </c>
+      <c r="D50" t="s">
+        <v>14</v>
+      </c>
+      <c r="E50" t="s">
+        <v>14</v>
+      </c>
+      <c r="F50" t="s">
+        <v>14</v>
+      </c>
+      <c r="G50" t="s">
+        <v>49</v>
+      </c>
+      <c r="H50" t="s">
+        <v>49</v>
+      </c>
+      <c r="I50" t="s">
+        <v>15</v>
+      </c>
+      <c r="J50" t="s">
+        <v>15</v>
+      </c>
+      <c r="K50" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11">
+      <c r="A51" t="s">
+        <v>16</v>
+      </c>
+      <c r="B51" t="s">
+        <v>49</v>
+      </c>
+      <c r="C51" t="s">
+        <v>49</v>
+      </c>
+      <c r="D51" t="s">
+        <v>49</v>
+      </c>
+      <c r="E51" t="s">
+        <v>49</v>
+      </c>
+      <c r="F51" t="s">
+        <v>49</v>
+      </c>
+      <c r="G51" t="s">
+        <v>49</v>
+      </c>
+      <c r="H51" t="s">
+        <v>49</v>
+      </c>
+      <c r="I51" t="s">
+        <v>15</v>
+      </c>
+      <c r="J51" t="s">
+        <v>15</v>
+      </c>
+      <c r="K51" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11">
+      <c r="A52" t="s">
+        <v>19</v>
+      </c>
+      <c r="B52" t="s">
+        <v>50</v>
+      </c>
+      <c r="C52" t="s">
+        <v>50</v>
+      </c>
+      <c r="D52" t="s">
+        <v>50</v>
+      </c>
+      <c r="E52" t="s">
+        <v>50</v>
+      </c>
+      <c r="F52" t="s">
+        <v>50</v>
+      </c>
+      <c r="G52" t="s">
+        <v>51</v>
+      </c>
+      <c r="H52" t="s">
+        <v>51</v>
+      </c>
+      <c r="I52" t="s">
+        <v>15</v>
+      </c>
+      <c r="J52" t="s">
+        <v>15</v>
+      </c>
+      <c r="K52" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11">
+      <c r="A53" s="4"/>
+      <c r="B53" s="4"/>
+      <c r="C53" s="4"/>
+      <c r="D53" s="4"/>
+      <c r="E53" s="4"/>
+      <c r="F53" s="4"/>
+      <c r="G53" s="4"/>
+      <c r="H53" s="4"/>
+      <c r="I53" s="4"/>
+      <c r="J53" s="4"/>
+      <c r="K53" s="4"/>
+    </row>
+    <row r="54" spans="1:11">
+      <c r="A54" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B54" s="2"/>
+      <c r="C54" s="2"/>
+      <c r="D54" s="2"/>
+      <c r="E54" s="2"/>
+      <c r="F54" s="2"/>
+      <c r="G54" s="2"/>
+      <c r="H54" s="2"/>
+      <c r="I54" s="2"/>
+      <c r="J54" s="2"/>
+      <c r="K54" s="2"/>
+    </row>
+    <row r="55" spans="1:11">
+      <c r="A55" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B55" s="3"/>
+      <c r="C55" s="3"/>
+      <c r="D55" s="3"/>
+      <c r="E55" s="3"/>
+      <c r="F55" s="3"/>
+      <c r="G55" s="3"/>
+      <c r="H55" s="3"/>
+      <c r="I55" s="3"/>
+      <c r="J55" s="3"/>
+      <c r="K55" s="3"/>
+    </row>
+    <row r="56" spans="1:11">
+      <c r="A56" t="s">
+        <v>12</v>
+      </c>
+      <c r="B56" t="s">
+        <v>56</v>
+      </c>
+      <c r="C56" t="s">
+        <v>56</v>
+      </c>
+      <c r="D56" t="s">
+        <v>56</v>
+      </c>
+      <c r="E56" t="s">
+        <v>15</v>
+      </c>
+      <c r="F56" t="s">
+        <v>15</v>
+      </c>
+      <c r="G56" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" t="s">
+        <v>15</v>
+      </c>
+      <c r="I56" t="s">
+        <v>15</v>
+      </c>
+      <c r="J56" t="s">
+        <v>15</v>
+      </c>
+      <c r="K56" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11">
+      <c r="A57" t="s">
+        <v>16</v>
+      </c>
+      <c r="B57" t="s">
+        <v>39</v>
+      </c>
+      <c r="C57" t="s">
+        <v>39</v>
+      </c>
+      <c r="D57" t="s">
+        <v>39</v>
+      </c>
+      <c r="E57" t="s">
+        <v>15</v>
+      </c>
+      <c r="F57" t="s">
+        <v>15</v>
+      </c>
+      <c r="G57" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" t="s">
+        <v>15</v>
+      </c>
+      <c r="I57" t="s">
+        <v>15</v>
+      </c>
+      <c r="J57" t="s">
+        <v>15</v>
+      </c>
+      <c r="K57" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11">
+      <c r="A58" t="s">
+        <v>19</v>
+      </c>
+      <c r="B58" t="s">
+        <v>57</v>
+      </c>
+      <c r="C58" t="s">
+        <v>57</v>
+      </c>
+      <c r="D58" t="s">
+        <v>57</v>
+      </c>
+      <c r="E58" t="s">
+        <v>15</v>
+      </c>
+      <c r="F58" t="s">
+        <v>15</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
+        <v>15</v>
+      </c>
+      <c r="I58" t="s">
+        <v>15</v>
+      </c>
+      <c r="J58" t="s">
+        <v>15</v>
+      </c>
+      <c r="K58" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11">
+      <c r="A59" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B59" s="3"/>
+      <c r="C59" s="3"/>
+      <c r="D59" s="3"/>
+      <c r="E59" s="3"/>
+      <c r="F59" s="3"/>
+      <c r="G59" s="3"/>
+      <c r="H59" s="3"/>
+      <c r="I59" s="3"/>
+      <c r="J59" s="3"/>
+      <c r="K59" s="3"/>
+    </row>
+    <row r="60" spans="1:11">
+      <c r="A60" t="s">
+        <v>12</v>
+      </c>
+      <c r="B60" t="s">
+        <v>59</v>
+      </c>
+      <c r="C60" t="s">
+        <v>59</v>
+      </c>
+      <c r="D60" t="s">
+        <v>59</v>
+      </c>
+      <c r="E60" t="s">
+        <v>15</v>
+      </c>
+      <c r="F60" t="s">
+        <v>15</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" t="s">
+        <v>15</v>
+      </c>
+      <c r="I60" t="s">
+        <v>15</v>
+      </c>
+      <c r="J60" t="s">
+        <v>15</v>
+      </c>
+      <c r="K60" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11">
+      <c r="A61" t="s">
+        <v>19</v>
+      </c>
+      <c r="B61" t="s">
+        <v>42</v>
+      </c>
+      <c r="C61" t="s">
+        <v>42</v>
+      </c>
+      <c r="D61" t="s">
+        <v>42</v>
+      </c>
+      <c r="E61" t="s">
+        <v>15</v>
+      </c>
+      <c r="F61" t="s">
+        <v>15</v>
+      </c>
+      <c r="G61" t="s">
+        <v>15</v>
+      </c>
+      <c r="H61" t="s">
+        <v>15</v>
+      </c>
+      <c r="I61" t="s">
+        <v>15</v>
+      </c>
+      <c r="J61" t="s">
+        <v>15</v>
+      </c>
+      <c r="K61" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11">
+      <c r="A62" s="4"/>
+      <c r="B62" s="4"/>
+      <c r="C62" s="4"/>
+      <c r="D62" s="4"/>
+      <c r="E62" s="4"/>
+      <c r="F62" s="4"/>
+      <c r="G62" s="4"/>
+      <c r="H62" s="4"/>
+      <c r="I62" s="4"/>
+      <c r="J62" s="4"/>
+      <c r="K62" s="4"/>
+    </row>
+    <row r="63" spans="1:11">
+      <c r="A63" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B63" s="2"/>
+      <c r="C63" s="2"/>
+      <c r="D63" s="2"/>
+      <c r="E63" s="2"/>
+      <c r="F63" s="2"/>
+      <c r="G63" s="2"/>
+      <c r="H63" s="2"/>
+      <c r="I63" s="2"/>
+      <c r="J63" s="2"/>
+      <c r="K63" s="2"/>
+    </row>
+    <row r="64" spans="1:11">
+      <c r="A64" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B64" s="3"/>
+      <c r="C64" s="3"/>
+      <c r="D64" s="3"/>
+      <c r="E64" s="3"/>
+      <c r="F64" s="3"/>
+      <c r="G64" s="3"/>
+      <c r="H64" s="3"/>
+      <c r="I64" s="3"/>
+      <c r="J64" s="3"/>
+      <c r="K64" s="3"/>
+    </row>
+    <row r="65" spans="1:11">
+      <c r="A65" t="s">
+        <v>12</v>
+      </c>
+      <c r="B65" t="s">
+        <v>62</v>
+      </c>
+      <c r="C65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E65" t="s">
+        <v>62</v>
+      </c>
+      <c r="F65" t="s">
+        <v>62</v>
+      </c>
+      <c r="G65" t="s">
+        <v>62</v>
+      </c>
+      <c r="H65" t="s">
+        <v>62</v>
+      </c>
+      <c r="I65" t="s">
+        <v>45</v>
+      </c>
+      <c r="J65" t="s">
+        <v>45</v>
+      </c>
+      <c r="K65" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11">
+      <c r="A66" t="s">
+        <v>19</v>
+      </c>
+      <c r="B66" t="s">
+        <v>63</v>
+      </c>
+      <c r="C66" t="s">
+        <v>63</v>
+      </c>
+      <c r="D66" t="s">
+        <v>63</v>
+      </c>
+      <c r="E66" t="s">
+        <v>63</v>
+      </c>
+      <c r="F66" t="s">
+        <v>63</v>
+      </c>
+      <c r="G66" t="s">
+        <v>63</v>
+      </c>
+      <c r="H66" t="s">
+        <v>63</v>
+      </c>
+      <c r="I66" t="s">
+        <v>64</v>
+      </c>
+      <c r="J66" t="s">
+        <v>64</v>
+      </c>
+      <c r="K66" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11">
+      <c r="A67" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B67" s="3"/>
+      <c r="C67" s="3"/>
+      <c r="D67" s="3"/>
+      <c r="E67" s="3"/>
+      <c r="F67" s="3"/>
+      <c r="G67" s="3"/>
+      <c r="H67" s="3"/>
+      <c r="I67" s="3"/>
+      <c r="J67" s="3"/>
+      <c r="K67" s="3"/>
+    </row>
+    <row r="68" spans="1:11">
+      <c r="A68" t="s">
+        <v>12</v>
+      </c>
+      <c r="B68" t="s">
+        <v>59</v>
+      </c>
+      <c r="C68" t="s">
+        <v>59</v>
+      </c>
+      <c r="D68" t="s">
+        <v>59</v>
+      </c>
+      <c r="E68" t="s">
+        <v>59</v>
+      </c>
+      <c r="F68" t="s">
+        <v>59</v>
+      </c>
+      <c r="G68" t="s">
+        <v>59</v>
+      </c>
+      <c r="H68" t="s">
+        <v>59</v>
+      </c>
+      <c r="I68" t="s">
+        <v>59</v>
+      </c>
+      <c r="J68" t="s">
+        <v>59</v>
+      </c>
+      <c r="K68" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11">
+      <c r="A69" t="s">
+        <v>16</v>
+      </c>
+      <c r="B69" t="s">
+        <v>65</v>
+      </c>
+      <c r="C69" t="s">
+        <v>65</v>
+      </c>
+      <c r="D69" t="s">
+        <v>65</v>
+      </c>
+      <c r="E69" t="s">
+        <v>65</v>
+      </c>
+      <c r="F69" t="s">
+        <v>65</v>
+      </c>
+      <c r="G69" t="s">
+        <v>65</v>
+      </c>
+      <c r="H69" t="s">
+        <v>65</v>
+      </c>
+      <c r="I69" t="s">
+        <v>65</v>
+      </c>
+      <c r="J69" t="s">
+        <v>65</v>
+      </c>
+      <c r="K69" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11">
+      <c r="A70" t="s">
+        <v>19</v>
+      </c>
+      <c r="B70" t="s">
+        <v>66</v>
+      </c>
+      <c r="C70" t="s">
+        <v>66</v>
+      </c>
+      <c r="D70" t="s">
+        <v>66</v>
+      </c>
+      <c r="E70" t="s">
+        <v>66</v>
+      </c>
+      <c r="F70" t="s">
+        <v>66</v>
+      </c>
+      <c r="G70" t="s">
+        <v>66</v>
+      </c>
+      <c r="H70" t="s">
+        <v>66</v>
+      </c>
+      <c r="I70" t="s">
+        <v>66</v>
+      </c>
+      <c r="J70" t="s">
+        <v>66</v>
+      </c>
+      <c r="K70" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11">
+      <c r="A72" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B72" s="1"/>
+      <c r="C72" s="1"/>
+      <c r="D72" s="1"/>
+      <c r="E72" s="1"/>
+      <c r="F72" s="1"/>
+      <c r="G72" s="1"/>
+      <c r="H72" s="1"/>
+      <c r="I72" s="1"/>
+      <c r="J72" s="1"/>
+      <c r="K72" s="1"/>
+    </row>
+    <row r="73" spans="1:11">
+      <c r="A73" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A29:M29"/>
+    <mergeCell ref="A73:K73"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>