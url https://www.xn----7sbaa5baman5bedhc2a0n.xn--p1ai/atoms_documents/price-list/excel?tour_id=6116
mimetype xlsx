--- v0 (2025-12-07)
+++ v1 (2026-02-12)
@@ -101,66 +101,66 @@
   <si>
     <t>стандартный двухместный номер с большой кроватью</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>89000 RUB</t>
   </si>
   <si>
     <t>одноместный номер с большой кроватью</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>авиабилеты</t>
   </si>
   <si>
     <t>0 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер</t>
   </si>
   <si>
-    <t>1900 RUB</t>
+    <t>2500 RUB</t>
   </si>
   <si>
     <t>доп. ночи в начале тура</t>
   </si>
   <si>
     <t>6000 RUB</t>
   </si>
   <si>
     <t>доп. ночи после тура</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 07.12.2025 11:49, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 12.02.2026 02:33, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>