--- v0 (2025-12-28)
+++ v1 (2026-02-12)
@@ -143,51 +143,51 @@
   <si>
     <t>24800 RUB</t>
   </si>
   <si>
     <t>21200 RUB</t>
   </si>
   <si>
     <t>Одноместный номер стандарт</t>
   </si>
   <si>
     <t>29650 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Обед 1-й день</t>
   </si>
   <si>
     <t>1000 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 28.12.2025 03:30, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 12.02.2026 01:08, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>