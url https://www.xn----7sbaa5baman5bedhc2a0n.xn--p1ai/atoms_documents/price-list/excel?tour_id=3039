--- v0 (2025-11-06)
+++ v1 (2025-12-28)
@@ -12,60 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3039-maloe-zolotoe-koltso..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
-[...8 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
   <si>
     <t>02.01.2026</t>
   </si>
   <si>
     <t>03.01.2026</t>
   </si>
   <si>
     <t>04.01.2026</t>
   </si>
   <si>
     <t>05.01.2026</t>
   </si>
   <si>
     <t>26.01.2026</t>
   </si>
   <si>
     <t>09.02.2026</t>
   </si>
   <si>
     <t>23.02.2026</t>
   </si>
   <si>
     <t>09.03.2026</t>
   </si>
   <si>
@@ -311,186 +302,186 @@
   <si>
     <t>31.10.2026</t>
   </si>
   <si>
     <t>02.11.2026</t>
   </si>
   <si>
     <t>16.11.2026</t>
   </si>
   <si>
     <t>30.11.2026</t>
   </si>
   <si>
     <t>14.12.2026</t>
   </si>
   <si>
     <t>Гостиница по программе тура</t>
   </si>
   <si>
     <t>2-х местный номер; питание BB (завтрак)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
+    <t>40090 RUB</t>
+  </si>
+  <si>
     <t>24090 RUB</t>
   </si>
   <si>
-    <t>40090 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>30090 RUB</t>
   </si>
   <si>
     <t>25490 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
+    <t>39290 RUB</t>
+  </si>
+  <si>
     <t>23290 RUB</t>
   </si>
   <si>
-    <t>39290 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>29290 RUB</t>
   </si>
   <si>
     <t>24690 RUB</t>
   </si>
   <si>
     <t>2-х местный номер; питание HB (завтрак+обед)</t>
   </si>
   <si>
+    <t>42490 RUB</t>
+  </si>
+  <si>
     <t>26490 RUB</t>
   </si>
   <si>
-    <t>42490 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>32490 RUB</t>
   </si>
   <si>
     <t>27890 RUB</t>
   </si>
   <si>
+    <t>41690 RUB</t>
+  </si>
+  <si>
     <t>25690 RUB</t>
   </si>
   <si>
-    <t>41690 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>31690 RUB</t>
   </si>
   <si>
     <t>27090 RUB</t>
   </si>
   <si>
     <t>2-х местный номер; питание FB (завтрак+обед+ужин)</t>
   </si>
   <si>
+    <t>44590 RUB</t>
+  </si>
+  <si>
     <t>28590 RUB</t>
   </si>
   <si>
-    <t>44590 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>34590 RUB</t>
   </si>
   <si>
     <t>29990 RUB</t>
   </si>
   <si>
+    <t>43790 RUB</t>
+  </si>
+  <si>
     <t>27790 RUB</t>
   </si>
   <si>
-    <t>43790 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>33790 RUB</t>
   </si>
   <si>
     <t>29190 RUB</t>
   </si>
   <si>
     <t>1-местный номер; питание BB (завтрак)</t>
   </si>
   <si>
+    <t>46290 RUB</t>
+  </si>
+  <si>
     <t>30290 RUB</t>
   </si>
   <si>
-    <t>46290 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>36290 RUB</t>
   </si>
   <si>
     <t>1-местный номер; питание HB (завтрак+обед)</t>
   </si>
   <si>
+    <t>48690 RUB</t>
+  </si>
+  <si>
     <t>32690 RUB</t>
   </si>
   <si>
-    <t>48690 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>38690 RUB</t>
   </si>
   <si>
     <t>34090 RUB</t>
   </si>
   <si>
     <t>1-местный номер; питание FB (завтрак+обед+ужин)</t>
   </si>
   <si>
+    <t>50790 RUB</t>
+  </si>
+  <si>
     <t>34790 RUB</t>
   </si>
   <si>
-    <t>50790 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>40790 RUB</t>
   </si>
   <si>
     <t>36190 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Пакет Экскурсионный</t>
   </si>
   <si>
     <t>4000 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 06.11.2025 09:15, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 28.12.2025 03:48, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -832,54 +823,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:CS23"/>
+  <dimension ref="A1:CP23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A22" sqref="A22:CS22"/>
+      <selection activeCell="A22" sqref="A22:CP22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.842773" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -934,56 +925,53 @@
     <col min="70" max="70" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="83" max="83" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="84" max="84" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="85" max="85" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="86" max="86" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="87" max="87" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="88" max="88" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="89" max="89" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="90" max="90" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="91" max="91" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="92" max="92" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="93" max="93" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="94" max="94" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="95" max="95" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="97" max="97" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:97">
+    <row r="1" spans="1:94">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -1220,63 +1208,54 @@
       </c>
       <c r="CI1" s="1" t="s">
         <v>85</v>
       </c>
       <c r="CJ1" s="1" t="s">
         <v>86</v>
       </c>
       <c r="CK1" s="1" t="s">
         <v>87</v>
       </c>
       <c r="CL1" s="1" t="s">
         <v>88</v>
       </c>
       <c r="CM1" s="1" t="s">
         <v>89</v>
       </c>
       <c r="CN1" s="1" t="s">
         <v>90</v>
       </c>
       <c r="CO1" s="1" t="s">
         <v>91</v>
       </c>
       <c r="CP1" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="CQ1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:94">
+      <c r="A2" s="2" t="s">
         <v>93</v>
-      </c>
-[...9 lines deleted...]
-        <v>96</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
@@ -1327,57 +1306,54 @@
       <c r="BR2" s="2"/>
       <c r="BS2" s="2"/>
       <c r="BT2" s="2"/>
       <c r="BU2" s="2"/>
       <c r="BV2" s="2"/>
       <c r="BW2" s="2"/>
       <c r="BX2" s="2"/>
       <c r="BY2" s="2"/>
       <c r="BZ2" s="2"/>
       <c r="CA2" s="2"/>
       <c r="CB2" s="2"/>
       <c r="CC2" s="2"/>
       <c r="CD2" s="2"/>
       <c r="CE2" s="2"/>
       <c r="CF2" s="2"/>
       <c r="CG2" s="2"/>
       <c r="CH2" s="2"/>
       <c r="CI2" s="2"/>
       <c r="CJ2" s="2"/>
       <c r="CK2" s="2"/>
       <c r="CL2" s="2"/>
       <c r="CM2" s="2"/>
       <c r="CN2" s="2"/>
       <c r="CO2" s="2"/>
       <c r="CP2" s="2"/>
-      <c r="CQ2" s="2"/>
-[...1 lines deleted...]
-      <c r="CS2" s="2"/>
     </row>
-    <row r="3" spans="1:97">
+    <row r="3" spans="1:94">
       <c r="A3" s="3" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -1428,643 +1404,622 @@
       <c r="BR3" s="3"/>
       <c r="BS3" s="3"/>
       <c r="BT3" s="3"/>
       <c r="BU3" s="3"/>
       <c r="BV3" s="3"/>
       <c r="BW3" s="3"/>
       <c r="BX3" s="3"/>
       <c r="BY3" s="3"/>
       <c r="BZ3" s="3"/>
       <c r="CA3" s="3"/>
       <c r="CB3" s="3"/>
       <c r="CC3" s="3"/>
       <c r="CD3" s="3"/>
       <c r="CE3" s="3"/>
       <c r="CF3" s="3"/>
       <c r="CG3" s="3"/>
       <c r="CH3" s="3"/>
       <c r="CI3" s="3"/>
       <c r="CJ3" s="3"/>
       <c r="CK3" s="3"/>
       <c r="CL3" s="3"/>
       <c r="CM3" s="3"/>
       <c r="CN3" s="3"/>
       <c r="CO3" s="3"/>
       <c r="CP3" s="3"/>
-      <c r="CQ3" s="3"/>
-[...1 lines deleted...]
-      <c r="CS3" s="3"/>
     </row>
-    <row r="4" spans="1:97">
+    <row r="4" spans="1:94">
       <c r="A4" t="s">
+        <v>95</v>
+      </c>
+      <c r="B4" t="s">
+        <v>96</v>
+      </c>
+      <c r="C4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D4" t="s">
+        <v>96</v>
+      </c>
+      <c r="E4" t="s">
+        <v>96</v>
+      </c>
+      <c r="F4" t="s">
+        <v>97</v>
+      </c>
+      <c r="G4" t="s">
+        <v>97</v>
+      </c>
+      <c r="H4" t="s">
+        <v>97</v>
+      </c>
+      <c r="I4" t="s">
+        <v>97</v>
+      </c>
+      <c r="J4" t="s">
+        <v>97</v>
+      </c>
+      <c r="K4" t="s">
+        <v>97</v>
+      </c>
+      <c r="L4" t="s">
+        <v>97</v>
+      </c>
+      <c r="M4" t="s">
+        <v>97</v>
+      </c>
+      <c r="N4" t="s">
+        <v>97</v>
+      </c>
+      <c r="O4" t="s">
+        <v>97</v>
+      </c>
+      <c r="P4" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>97</v>
+      </c>
+      <c r="R4" t="s">
+        <v>97</v>
+      </c>
+      <c r="S4" t="s">
+        <v>97</v>
+      </c>
+      <c r="T4" t="s">
+        <v>97</v>
+      </c>
+      <c r="U4" t="s">
+        <v>97</v>
+      </c>
+      <c r="V4" t="s">
         <v>98</v>
       </c>
-      <c r="B4" t="s">
-[...8 lines deleted...]
-      <c r="E4" t="s">
+      <c r="W4" t="s">
+        <v>99</v>
+      </c>
+      <c r="X4" t="s">
+        <v>98</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>99</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AH4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AI4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AJ4" t="s">
+        <v>98</v>
+      </c>
+      <c r="AK4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AL4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AO4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AP4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AQ4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AR4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AS4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AT4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AU4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AV4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AW4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AX4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AY4" t="s">
+        <v>99</v>
+      </c>
+      <c r="AZ4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BA4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BB4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BC4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BD4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BE4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BF4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BG4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BH4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BI4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BJ4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BK4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BL4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BM4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BN4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BO4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BP4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BQ4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BR4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BS4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BT4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BU4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BV4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BW4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BX4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BY4" t="s">
+        <v>99</v>
+      </c>
+      <c r="BZ4" t="s">
+        <v>99</v>
+      </c>
+      <c r="CA4" t="s">
+        <v>99</v>
+      </c>
+      <c r="CB4" t="s">
+        <v>99</v>
+      </c>
+      <c r="CC4" t="s">
+        <v>97</v>
+      </c>
+      <c r="CD4" t="s">
+        <v>97</v>
+      </c>
+      <c r="CE4" t="s">
+        <v>97</v>
+      </c>
+      <c r="CF4" t="s">
+        <v>97</v>
+      </c>
+      <c r="CG4" t="s">
+        <v>97</v>
+      </c>
+      <c r="CH4" t="s">
+        <v>97</v>
+      </c>
+      <c r="CI4" t="s">
+        <v>97</v>
+      </c>
+      <c r="CJ4" t="s">
+        <v>97</v>
+      </c>
+      <c r="CK4" t="s">
+        <v>97</v>
+      </c>
+      <c r="CL4" t="s">
+        <v>97</v>
+      </c>
+      <c r="CM4" t="s">
+        <v>97</v>
+      </c>
+      <c r="CN4" t="s">
+        <v>97</v>
+      </c>
+      <c r="CO4" t="s">
+        <v>97</v>
+      </c>
+      <c r="CP4" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="5" spans="1:94">
+      <c r="A5" t="s">
         <v>100</v>
       </c>
-      <c r="F4" t="s">
-[...56 lines deleted...]
-      <c r="Y4" t="s">
+      <c r="B5" t="s">
         <v>101</v>
       </c>
-      <c r="Z4" t="s">
+      <c r="C5" t="s">
+        <v>101</v>
+      </c>
+      <c r="D5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E5" t="s">
+        <v>101</v>
+      </c>
+      <c r="F5" t="s">
         <v>102</v>
       </c>
-      <c r="AA4" t="s">
-[...2 lines deleted...]
-      <c r="AB4" t="s">
+      <c r="G5" t="s">
         <v>102</v>
       </c>
-      <c r="AC4" t="s">
+      <c r="H5" t="s">
         <v>102</v>
       </c>
-      <c r="AD4" t="s">
+      <c r="I5" t="s">
         <v>102</v>
       </c>
-      <c r="AE4" t="s">
+      <c r="J5" t="s">
         <v>102</v>
       </c>
-      <c r="AF4" t="s">
+      <c r="K5" t="s">
         <v>102</v>
       </c>
-      <c r="AG4" t="s">
+      <c r="L5" t="s">
         <v>102</v>
       </c>
-      <c r="AH4" t="s">
+      <c r="M5" t="s">
         <v>102</v>
       </c>
-      <c r="AI4" t="s">
+      <c r="N5" t="s">
         <v>102</v>
       </c>
-      <c r="AJ4" t="s">
+      <c r="O5" t="s">
         <v>102</v>
       </c>
-      <c r="AK4" t="s">
+      <c r="P5" t="s">
         <v>102</v>
       </c>
-      <c r="AL4" t="s">
+      <c r="Q5" t="s">
         <v>102</v>
       </c>
-      <c r="AM4" t="s">
-[...2 lines deleted...]
-      <c r="AN4" t="s">
+      <c r="R5" t="s">
         <v>102</v>
       </c>
-      <c r="AO4" t="s">
+      <c r="S5" t="s">
         <v>102</v>
       </c>
-      <c r="AP4" t="s">
+      <c r="T5" t="s">
         <v>102</v>
       </c>
-      <c r="AQ4" t="s">
+      <c r="U5" t="s">
         <v>102</v>
       </c>
-      <c r="AR4" t="s">
+      <c r="V5" t="s">
+        <v>103</v>
+      </c>
+      <c r="W5" t="s">
+        <v>104</v>
+      </c>
+      <c r="X5" t="s">
+        <v>103</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>104</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AF5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ5" t="s">
+        <v>103</v>
+      </c>
+      <c r="AK5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AN5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AP5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AS5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AT5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AU5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AV5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AW5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AX5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY5" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BA5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BB5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BC5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BD5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BF5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BG5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BH5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BI5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BJ5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BK5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BL5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BM5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BN5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BO5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BP5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BQ5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BR5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BS5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BT5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BU5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BV5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BW5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BX5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BY5" t="s">
+        <v>104</v>
+      </c>
+      <c r="BZ5" t="s">
+        <v>104</v>
+      </c>
+      <c r="CA5" t="s">
+        <v>104</v>
+      </c>
+      <c r="CB5" t="s">
+        <v>104</v>
+      </c>
+      <c r="CC5" t="s">
         <v>102</v>
       </c>
-      <c r="AS4" t="s">
+      <c r="CD5" t="s">
         <v>102</v>
       </c>
-      <c r="AT4" t="s">
+      <c r="CE5" t="s">
         <v>102</v>
       </c>
-      <c r="AU4" t="s">
+      <c r="CF5" t="s">
         <v>102</v>
       </c>
-      <c r="AV4" t="s">
+      <c r="CG5" t="s">
         <v>102</v>
       </c>
-      <c r="AW4" t="s">
+      <c r="CH5" t="s">
         <v>102</v>
       </c>
-      <c r="AX4" t="s">
+      <c r="CI5" t="s">
         <v>102</v>
       </c>
-      <c r="AY4" t="s">
+      <c r="CJ5" t="s">
         <v>102</v>
       </c>
-      <c r="AZ4" t="s">
+      <c r="CK5" t="s">
         <v>102</v>
       </c>
-      <c r="BA4" t="s">
+      <c r="CL5" t="s">
         <v>102</v>
       </c>
-      <c r="BB4" t="s">
+      <c r="CM5" t="s">
         <v>102</v>
       </c>
-      <c r="BC4" t="s">
+      <c r="CN5" t="s">
         <v>102</v>
       </c>
-      <c r="BD4" t="s">
+      <c r="CO5" t="s">
         <v>102</v>
       </c>
-      <c r="BE4" t="s">
+      <c r="CP5" t="s">
         <v>102</v>
       </c>
-      <c r="BF4" t="s">
-[...118 lines deleted...]
-      </c>
     </row>
-    <row r="5" spans="1:97">
-[...12 lines deleted...]
-      <c r="E5" t="s">
+    <row r="6" spans="1:94">
+      <c r="A6" s="3" t="s">
         <v>105</v>
-      </c>
-[...279 lines deleted...]
-        <v>108</v>
       </c>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="3"/>
       <c r="O6" s="3"/>
       <c r="P6" s="3"/>
       <c r="Q6" s="3"/>
       <c r="R6" s="3"/>
       <c r="S6" s="3"/>
       <c r="T6" s="3"/>
       <c r="U6" s="3"/>
       <c r="V6" s="3"/>
       <c r="W6" s="3"/>
       <c r="X6" s="3"/>
       <c r="Y6" s="3"/>
@@ -2115,643 +2070,622 @@
       <c r="BR6" s="3"/>
       <c r="BS6" s="3"/>
       <c r="BT6" s="3"/>
       <c r="BU6" s="3"/>
       <c r="BV6" s="3"/>
       <c r="BW6" s="3"/>
       <c r="BX6" s="3"/>
       <c r="BY6" s="3"/>
       <c r="BZ6" s="3"/>
       <c r="CA6" s="3"/>
       <c r="CB6" s="3"/>
       <c r="CC6" s="3"/>
       <c r="CD6" s="3"/>
       <c r="CE6" s="3"/>
       <c r="CF6" s="3"/>
       <c r="CG6" s="3"/>
       <c r="CH6" s="3"/>
       <c r="CI6" s="3"/>
       <c r="CJ6" s="3"/>
       <c r="CK6" s="3"/>
       <c r="CL6" s="3"/>
       <c r="CM6" s="3"/>
       <c r="CN6" s="3"/>
       <c r="CO6" s="3"/>
       <c r="CP6" s="3"/>
-      <c r="CQ6" s="3"/>
-[...1 lines deleted...]
-      <c r="CS6" s="3"/>
     </row>
-    <row r="7" spans="1:97">
+    <row r="7" spans="1:94">
       <c r="A7" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B7" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="C7" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D7" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="E7" t="s">
+        <v>106</v>
+      </c>
+      <c r="F7" t="s">
+        <v>107</v>
+      </c>
+      <c r="G7" t="s">
+        <v>107</v>
+      </c>
+      <c r="H7" t="s">
+        <v>107</v>
+      </c>
+      <c r="I7" t="s">
+        <v>107</v>
+      </c>
+      <c r="J7" t="s">
+        <v>107</v>
+      </c>
+      <c r="K7" t="s">
+        <v>107</v>
+      </c>
+      <c r="L7" t="s">
+        <v>107</v>
+      </c>
+      <c r="M7" t="s">
+        <v>107</v>
+      </c>
+      <c r="N7" t="s">
+        <v>107</v>
+      </c>
+      <c r="O7" t="s">
+        <v>107</v>
+      </c>
+      <c r="P7" t="s">
+        <v>107</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>107</v>
+      </c>
+      <c r="R7" t="s">
+        <v>107</v>
+      </c>
+      <c r="S7" t="s">
+        <v>107</v>
+      </c>
+      <c r="T7" t="s">
+        <v>107</v>
+      </c>
+      <c r="U7" t="s">
+        <v>107</v>
+      </c>
+      <c r="V7" t="s">
+        <v>108</v>
+      </c>
+      <c r="W7" t="s">
+        <v>109</v>
+      </c>
+      <c r="X7" t="s">
+        <v>108</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>109</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AH7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AI7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AJ7" t="s">
+        <v>108</v>
+      </c>
+      <c r="AK7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AL7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AN7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AO7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AP7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AQ7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AR7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AS7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AT7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AU7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AV7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AW7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AX7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AY7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AZ7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BA7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BB7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BC7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BD7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BE7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BF7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BG7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BH7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BI7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BJ7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BK7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BL7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BM7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BN7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BO7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BP7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BQ7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BR7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BS7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BT7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BU7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BV7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BW7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BX7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BY7" t="s">
+        <v>109</v>
+      </c>
+      <c r="BZ7" t="s">
+        <v>109</v>
+      </c>
+      <c r="CA7" t="s">
+        <v>109</v>
+      </c>
+      <c r="CB7" t="s">
+        <v>109</v>
+      </c>
+      <c r="CC7" t="s">
+        <v>107</v>
+      </c>
+      <c r="CD7" t="s">
+        <v>107</v>
+      </c>
+      <c r="CE7" t="s">
+        <v>107</v>
+      </c>
+      <c r="CF7" t="s">
+        <v>107</v>
+      </c>
+      <c r="CG7" t="s">
+        <v>107</v>
+      </c>
+      <c r="CH7" t="s">
+        <v>107</v>
+      </c>
+      <c r="CI7" t="s">
+        <v>107</v>
+      </c>
+      <c r="CJ7" t="s">
+        <v>107</v>
+      </c>
+      <c r="CK7" t="s">
+        <v>107</v>
+      </c>
+      <c r="CL7" t="s">
+        <v>107</v>
+      </c>
+      <c r="CM7" t="s">
+        <v>107</v>
+      </c>
+      <c r="CN7" t="s">
+        <v>107</v>
+      </c>
+      <c r="CO7" t="s">
+        <v>107</v>
+      </c>
+      <c r="CP7" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="8" spans="1:94">
+      <c r="A8" t="s">
+        <v>100</v>
+      </c>
+      <c r="B8" t="s">
         <v>110</v>
       </c>
-      <c r="F7" t="s">
+      <c r="C8" t="s">
         <v>110</v>
       </c>
-      <c r="G7" t="s">
+      <c r="D8" t="s">
         <v>110</v>
       </c>
-      <c r="H7" t="s">
+      <c r="E8" t="s">
         <v>110</v>
       </c>
-      <c r="I7" t="s">
-[...47 lines deleted...]
-      <c r="Y7" t="s">
+      <c r="F8" t="s">
         <v>111</v>
       </c>
-      <c r="Z7" t="s">
-[...2 lines deleted...]
-      <c r="AA7" t="s">
+      <c r="G8" t="s">
         <v>111</v>
       </c>
-      <c r="AB7" t="s">
-[...32 lines deleted...]
-      <c r="AM7" t="s">
+      <c r="H8" t="s">
         <v>111</v>
       </c>
-      <c r="AN7" t="s">
-[...171 lines deleted...]
-        <v>109</v>
+      <c r="I8" t="s">
+        <v>111</v>
+      </c>
+      <c r="J8" t="s">
+        <v>111</v>
+      </c>
+      <c r="K8" t="s">
+        <v>111</v>
+      </c>
+      <c r="L8" t="s">
+        <v>111</v>
+      </c>
+      <c r="M8" t="s">
+        <v>111</v>
+      </c>
+      <c r="N8" t="s">
+        <v>111</v>
+      </c>
+      <c r="O8" t="s">
+        <v>111</v>
+      </c>
+      <c r="P8" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>111</v>
+      </c>
+      <c r="R8" t="s">
+        <v>111</v>
+      </c>
+      <c r="S8" t="s">
+        <v>111</v>
+      </c>
+      <c r="T8" t="s">
+        <v>111</v>
+      </c>
+      <c r="U8" t="s">
+        <v>111</v>
+      </c>
+      <c r="V8" t="s">
+        <v>112</v>
+      </c>
+      <c r="W8" t="s">
+        <v>113</v>
+      </c>
+      <c r="X8" t="s">
+        <v>112</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>113</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AE8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AG8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AH8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AI8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AJ8" t="s">
+        <v>112</v>
+      </c>
+      <c r="AK8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AL8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AM8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AN8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AO8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AP8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AQ8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AR8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AS8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AT8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AU8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AV8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AW8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AX8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AY8" t="s">
+        <v>113</v>
+      </c>
+      <c r="AZ8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BA8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BB8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BC8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BD8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BE8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BF8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BK8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BL8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BM8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BN8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BO8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BP8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BQ8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BR8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BS8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BT8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BU8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BV8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BW8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BX8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BY8" t="s">
+        <v>113</v>
+      </c>
+      <c r="BZ8" t="s">
+        <v>113</v>
+      </c>
+      <c r="CA8" t="s">
+        <v>113</v>
+      </c>
+      <c r="CB8" t="s">
+        <v>113</v>
+      </c>
+      <c r="CC8" t="s">
+        <v>111</v>
+      </c>
+      <c r="CD8" t="s">
+        <v>111</v>
+      </c>
+      <c r="CE8" t="s">
+        <v>111</v>
+      </c>
+      <c r="CF8" t="s">
+        <v>111</v>
+      </c>
+      <c r="CG8" t="s">
+        <v>111</v>
+      </c>
+      <c r="CH8" t="s">
+        <v>111</v>
+      </c>
+      <c r="CI8" t="s">
+        <v>111</v>
+      </c>
+      <c r="CJ8" t="s">
+        <v>111</v>
+      </c>
+      <c r="CK8" t="s">
+        <v>111</v>
+      </c>
+      <c r="CL8" t="s">
+        <v>111</v>
+      </c>
+      <c r="CM8" t="s">
+        <v>111</v>
+      </c>
+      <c r="CN8" t="s">
+        <v>111</v>
+      </c>
+      <c r="CO8" t="s">
+        <v>111</v>
+      </c>
+      <c r="CP8" t="s">
+        <v>111</v>
       </c>
     </row>
-    <row r="8" spans="1:97">
-[...12 lines deleted...]
-      <c r="E8" t="s">
+    <row r="9" spans="1:94">
+      <c r="A9" s="3" t="s">
         <v>114</v>
-      </c>
-[...279 lines deleted...]
-        <v>117</v>
       </c>
       <c r="B9" s="3"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
       <c r="N9" s="3"/>
       <c r="O9" s="3"/>
       <c r="P9" s="3"/>
       <c r="Q9" s="3"/>
       <c r="R9" s="3"/>
       <c r="S9" s="3"/>
       <c r="T9" s="3"/>
       <c r="U9" s="3"/>
       <c r="V9" s="3"/>
       <c r="W9" s="3"/>
       <c r="X9" s="3"/>
       <c r="Y9" s="3"/>
@@ -2802,643 +2736,622 @@
       <c r="BR9" s="3"/>
       <c r="BS9" s="3"/>
       <c r="BT9" s="3"/>
       <c r="BU9" s="3"/>
       <c r="BV9" s="3"/>
       <c r="BW9" s="3"/>
       <c r="BX9" s="3"/>
       <c r="BY9" s="3"/>
       <c r="BZ9" s="3"/>
       <c r="CA9" s="3"/>
       <c r="CB9" s="3"/>
       <c r="CC9" s="3"/>
       <c r="CD9" s="3"/>
       <c r="CE9" s="3"/>
       <c r="CF9" s="3"/>
       <c r="CG9" s="3"/>
       <c r="CH9" s="3"/>
       <c r="CI9" s="3"/>
       <c r="CJ9" s="3"/>
       <c r="CK9" s="3"/>
       <c r="CL9" s="3"/>
       <c r="CM9" s="3"/>
       <c r="CN9" s="3"/>
       <c r="CO9" s="3"/>
       <c r="CP9" s="3"/>
-      <c r="CQ9" s="3"/>
-[...1 lines deleted...]
-      <c r="CS9" s="3"/>
     </row>
-    <row r="10" spans="1:97">
+    <row r="10" spans="1:94">
       <c r="A10" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B10" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C10" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D10" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="E10" t="s">
+        <v>115</v>
+      </c>
+      <c r="F10" t="s">
+        <v>116</v>
+      </c>
+      <c r="G10" t="s">
+        <v>116</v>
+      </c>
+      <c r="H10" t="s">
+        <v>116</v>
+      </c>
+      <c r="I10" t="s">
+        <v>116</v>
+      </c>
+      <c r="J10" t="s">
+        <v>116</v>
+      </c>
+      <c r="K10" t="s">
+        <v>116</v>
+      </c>
+      <c r="L10" t="s">
+        <v>116</v>
+      </c>
+      <c r="M10" t="s">
+        <v>116</v>
+      </c>
+      <c r="N10" t="s">
+        <v>116</v>
+      </c>
+      <c r="O10" t="s">
+        <v>116</v>
+      </c>
+      <c r="P10" t="s">
+        <v>116</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>116</v>
+      </c>
+      <c r="R10" t="s">
+        <v>116</v>
+      </c>
+      <c r="S10" t="s">
+        <v>116</v>
+      </c>
+      <c r="T10" t="s">
+        <v>116</v>
+      </c>
+      <c r="U10" t="s">
+        <v>116</v>
+      </c>
+      <c r="V10" t="s">
+        <v>117</v>
+      </c>
+      <c r="W10" t="s">
+        <v>118</v>
+      </c>
+      <c r="X10" t="s">
+        <v>117</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>118</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AG10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AH10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AI10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AJ10" t="s">
+        <v>117</v>
+      </c>
+      <c r="AK10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AL10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AN10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AO10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AP10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AQ10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AR10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AS10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AT10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AU10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AV10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AW10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AX10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AY10" t="s">
+        <v>118</v>
+      </c>
+      <c r="AZ10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BA10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BB10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BC10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BD10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BE10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BF10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BG10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BH10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BI10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BJ10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BK10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BL10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BM10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BN10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BO10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BP10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BQ10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BR10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BS10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BT10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BU10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BV10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BW10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BX10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BY10" t="s">
+        <v>118</v>
+      </c>
+      <c r="BZ10" t="s">
+        <v>118</v>
+      </c>
+      <c r="CA10" t="s">
+        <v>118</v>
+      </c>
+      <c r="CB10" t="s">
+        <v>118</v>
+      </c>
+      <c r="CC10" t="s">
+        <v>116</v>
+      </c>
+      <c r="CD10" t="s">
+        <v>116</v>
+      </c>
+      <c r="CE10" t="s">
+        <v>116</v>
+      </c>
+      <c r="CF10" t="s">
+        <v>116</v>
+      </c>
+      <c r="CG10" t="s">
+        <v>116</v>
+      </c>
+      <c r="CH10" t="s">
+        <v>116</v>
+      </c>
+      <c r="CI10" t="s">
+        <v>116</v>
+      </c>
+      <c r="CJ10" t="s">
+        <v>116</v>
+      </c>
+      <c r="CK10" t="s">
+        <v>116</v>
+      </c>
+      <c r="CL10" t="s">
+        <v>116</v>
+      </c>
+      <c r="CM10" t="s">
+        <v>116</v>
+      </c>
+      <c r="CN10" t="s">
+        <v>116</v>
+      </c>
+      <c r="CO10" t="s">
+        <v>116</v>
+      </c>
+      <c r="CP10" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="11" spans="1:94">
+      <c r="A11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B11" t="s">
         <v>119</v>
       </c>
-      <c r="F10" t="s">
+      <c r="C11" t="s">
         <v>119</v>
       </c>
-      <c r="G10" t="s">
+      <c r="D11" t="s">
         <v>119</v>
       </c>
-      <c r="H10" t="s">
+      <c r="E11" t="s">
         <v>119</v>
       </c>
-      <c r="I10" t="s">
-[...47 lines deleted...]
-      <c r="Y10" t="s">
+      <c r="F11" t="s">
         <v>120</v>
       </c>
-      <c r="Z10" t="s">
+      <c r="G11" t="s">
+        <v>120</v>
+      </c>
+      <c r="H11" t="s">
+        <v>120</v>
+      </c>
+      <c r="I11" t="s">
+        <v>120</v>
+      </c>
+      <c r="J11" t="s">
+        <v>120</v>
+      </c>
+      <c r="K11" t="s">
+        <v>120</v>
+      </c>
+      <c r="L11" t="s">
+        <v>120</v>
+      </c>
+      <c r="M11" t="s">
+        <v>120</v>
+      </c>
+      <c r="N11" t="s">
+        <v>120</v>
+      </c>
+      <c r="O11" t="s">
+        <v>120</v>
+      </c>
+      <c r="P11" t="s">
+        <v>120</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>120</v>
+      </c>
+      <c r="R11" t="s">
+        <v>120</v>
+      </c>
+      <c r="S11" t="s">
+        <v>120</v>
+      </c>
+      <c r="T11" t="s">
+        <v>120</v>
+      </c>
+      <c r="U11" t="s">
+        <v>120</v>
+      </c>
+      <c r="V11" t="s">
         <v>121</v>
       </c>
-      <c r="AA10" t="s">
+      <c r="W11" t="s">
+        <v>122</v>
+      </c>
+      <c r="X11" t="s">
+        <v>121</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>122</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AC11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AD11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AE11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AF11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AG11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AH11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AI11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AJ11" t="s">
+        <v>121</v>
+      </c>
+      <c r="AK11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AL11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AM11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AN11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AO11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AP11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AQ11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AR11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AS11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AT11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AU11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AV11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AW11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AX11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AY11" t="s">
+        <v>122</v>
+      </c>
+      <c r="AZ11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BA11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BB11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BC11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BD11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BE11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BF11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BG11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BH11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BI11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BJ11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BK11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BL11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BM11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BN11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BO11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BP11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BQ11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BR11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BS11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BT11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BU11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BV11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BW11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BX11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BY11" t="s">
+        <v>122</v>
+      </c>
+      <c r="BZ11" t="s">
+        <v>122</v>
+      </c>
+      <c r="CA11" t="s">
+        <v>122</v>
+      </c>
+      <c r="CB11" t="s">
+        <v>122</v>
+      </c>
+      <c r="CC11" t="s">
         <v>120</v>
       </c>
-      <c r="AB10" t="s">
-[...32 lines deleted...]
-      <c r="AM10" t="s">
+      <c r="CD11" t="s">
         <v>120</v>
       </c>
-      <c r="AN10" t="s">
-[...171 lines deleted...]
-        <v>118</v>
+      <c r="CE11" t="s">
+        <v>120</v>
+      </c>
+      <c r="CF11" t="s">
+        <v>120</v>
+      </c>
+      <c r="CG11" t="s">
+        <v>120</v>
+      </c>
+      <c r="CH11" t="s">
+        <v>120</v>
+      </c>
+      <c r="CI11" t="s">
+        <v>120</v>
+      </c>
+      <c r="CJ11" t="s">
+        <v>120</v>
+      </c>
+      <c r="CK11" t="s">
+        <v>120</v>
+      </c>
+      <c r="CL11" t="s">
+        <v>120</v>
+      </c>
+      <c r="CM11" t="s">
+        <v>120</v>
+      </c>
+      <c r="CN11" t="s">
+        <v>120</v>
+      </c>
+      <c r="CO11" t="s">
+        <v>120</v>
+      </c>
+      <c r="CP11" t="s">
+        <v>120</v>
       </c>
     </row>
-    <row r="11" spans="1:97">
-[...12 lines deleted...]
-      <c r="E11" t="s">
+    <row r="12" spans="1:94">
+      <c r="A12" s="3" t="s">
         <v>123</v>
-      </c>
-[...279 lines deleted...]
-        <v>126</v>
       </c>
       <c r="B12" s="3"/>
       <c r="C12" s="3"/>
       <c r="D12" s="3"/>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3"/>
       <c r="L12" s="3"/>
       <c r="M12" s="3"/>
       <c r="N12" s="3"/>
       <c r="O12" s="3"/>
       <c r="P12" s="3"/>
       <c r="Q12" s="3"/>
       <c r="R12" s="3"/>
       <c r="S12" s="3"/>
       <c r="T12" s="3"/>
       <c r="U12" s="3"/>
       <c r="V12" s="3"/>
       <c r="W12" s="3"/>
       <c r="X12" s="3"/>
       <c r="Y12" s="3"/>
@@ -3489,350 +3402,338 @@
       <c r="BR12" s="3"/>
       <c r="BS12" s="3"/>
       <c r="BT12" s="3"/>
       <c r="BU12" s="3"/>
       <c r="BV12" s="3"/>
       <c r="BW12" s="3"/>
       <c r="BX12" s="3"/>
       <c r="BY12" s="3"/>
       <c r="BZ12" s="3"/>
       <c r="CA12" s="3"/>
       <c r="CB12" s="3"/>
       <c r="CC12" s="3"/>
       <c r="CD12" s="3"/>
       <c r="CE12" s="3"/>
       <c r="CF12" s="3"/>
       <c r="CG12" s="3"/>
       <c r="CH12" s="3"/>
       <c r="CI12" s="3"/>
       <c r="CJ12" s="3"/>
       <c r="CK12" s="3"/>
       <c r="CL12" s="3"/>
       <c r="CM12" s="3"/>
       <c r="CN12" s="3"/>
       <c r="CO12" s="3"/>
       <c r="CP12" s="3"/>
-      <c r="CQ12" s="3"/>
-[...1 lines deleted...]
-      <c r="CS12" s="3"/>
     </row>
-    <row r="13" spans="1:97">
+    <row r="13" spans="1:94">
       <c r="A13" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B13" t="s">
+        <v>124</v>
+      </c>
+      <c r="C13" t="s">
+        <v>124</v>
+      </c>
+      <c r="D13" t="s">
+        <v>124</v>
+      </c>
+      <c r="E13" t="s">
+        <v>124</v>
+      </c>
+      <c r="F13" t="s">
+        <v>125</v>
+      </c>
+      <c r="G13" t="s">
+        <v>125</v>
+      </c>
+      <c r="H13" t="s">
+        <v>125</v>
+      </c>
+      <c r="I13" t="s">
+        <v>125</v>
+      </c>
+      <c r="J13" t="s">
+        <v>125</v>
+      </c>
+      <c r="K13" t="s">
+        <v>125</v>
+      </c>
+      <c r="L13" t="s">
+        <v>125</v>
+      </c>
+      <c r="M13" t="s">
+        <v>125</v>
+      </c>
+      <c r="N13" t="s">
+        <v>125</v>
+      </c>
+      <c r="O13" t="s">
+        <v>125</v>
+      </c>
+      <c r="P13" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>125</v>
+      </c>
+      <c r="R13" t="s">
+        <v>125</v>
+      </c>
+      <c r="S13" t="s">
+        <v>125</v>
+      </c>
+      <c r="T13" t="s">
+        <v>125</v>
+      </c>
+      <c r="U13" t="s">
+        <v>125</v>
+      </c>
+      <c r="V13" t="s">
+        <v>126</v>
+      </c>
+      <c r="W13" t="s">
+        <v>112</v>
+      </c>
+      <c r="X13" t="s">
+        <v>126</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>112</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AB13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AC13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AD13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AE13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AF13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AG13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AH13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AI13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AJ13" t="s">
+        <v>126</v>
+      </c>
+      <c r="AK13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AL13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AM13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AN13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AO13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AP13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AQ13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AR13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AS13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AT13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AU13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AV13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AW13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AX13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AY13" t="s">
+        <v>112</v>
+      </c>
+      <c r="AZ13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BA13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BB13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BC13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BD13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BE13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BF13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BG13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BH13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BI13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BJ13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BK13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BL13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BM13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BN13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BO13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BP13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BQ13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BR13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BS13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BT13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BU13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BV13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BW13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BX13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BY13" t="s">
+        <v>112</v>
+      </c>
+      <c r="BZ13" t="s">
+        <v>112</v>
+      </c>
+      <c r="CA13" t="s">
+        <v>112</v>
+      </c>
+      <c r="CB13" t="s">
+        <v>112</v>
+      </c>
+      <c r="CC13" t="s">
+        <v>125</v>
+      </c>
+      <c r="CD13" t="s">
+        <v>125</v>
+      </c>
+      <c r="CE13" t="s">
+        <v>125</v>
+      </c>
+      <c r="CF13" t="s">
+        <v>125</v>
+      </c>
+      <c r="CG13" t="s">
+        <v>125</v>
+      </c>
+      <c r="CH13" t="s">
+        <v>125</v>
+      </c>
+      <c r="CI13" t="s">
+        <v>125</v>
+      </c>
+      <c r="CJ13" t="s">
+        <v>125</v>
+      </c>
+      <c r="CK13" t="s">
+        <v>125</v>
+      </c>
+      <c r="CL13" t="s">
+        <v>125</v>
+      </c>
+      <c r="CM13" t="s">
+        <v>125</v>
+      </c>
+      <c r="CN13" t="s">
+        <v>125</v>
+      </c>
+      <c r="CO13" t="s">
+        <v>125</v>
+      </c>
+      <c r="CP13" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="14" spans="1:94">
+      <c r="A14" s="3" t="s">
         <v>127</v>
-      </c>
-[...288 lines deleted...]
-        <v>130</v>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="3"/>
       <c r="D14" s="3"/>
       <c r="E14" s="3"/>
       <c r="F14" s="3"/>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="J14" s="3"/>
       <c r="K14" s="3"/>
       <c r="L14" s="3"/>
       <c r="M14" s="3"/>
       <c r="N14" s="3"/>
       <c r="O14" s="3"/>
       <c r="P14" s="3"/>
       <c r="Q14" s="3"/>
       <c r="R14" s="3"/>
       <c r="S14" s="3"/>
       <c r="T14" s="3"/>
       <c r="U14" s="3"/>
       <c r="V14" s="3"/>
       <c r="W14" s="3"/>
       <c r="X14" s="3"/>
       <c r="Y14" s="3"/>
@@ -3883,350 +3784,338 @@
       <c r="BR14" s="3"/>
       <c r="BS14" s="3"/>
       <c r="BT14" s="3"/>
       <c r="BU14" s="3"/>
       <c r="BV14" s="3"/>
       <c r="BW14" s="3"/>
       <c r="BX14" s="3"/>
       <c r="BY14" s="3"/>
       <c r="BZ14" s="3"/>
       <c r="CA14" s="3"/>
       <c r="CB14" s="3"/>
       <c r="CC14" s="3"/>
       <c r="CD14" s="3"/>
       <c r="CE14" s="3"/>
       <c r="CF14" s="3"/>
       <c r="CG14" s="3"/>
       <c r="CH14" s="3"/>
       <c r="CI14" s="3"/>
       <c r="CJ14" s="3"/>
       <c r="CK14" s="3"/>
       <c r="CL14" s="3"/>
       <c r="CM14" s="3"/>
       <c r="CN14" s="3"/>
       <c r="CO14" s="3"/>
       <c r="CP14" s="3"/>
-      <c r="CQ14" s="3"/>
-[...1 lines deleted...]
-      <c r="CS14" s="3"/>
     </row>
-    <row r="15" spans="1:97">
+    <row r="15" spans="1:94">
       <c r="A15" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B15" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C15" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="D15" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="E15" t="s">
+        <v>128</v>
+      </c>
+      <c r="F15" t="s">
+        <v>129</v>
+      </c>
+      <c r="G15" t="s">
+        <v>129</v>
+      </c>
+      <c r="H15" t="s">
+        <v>129</v>
+      </c>
+      <c r="I15" t="s">
+        <v>129</v>
+      </c>
+      <c r="J15" t="s">
+        <v>129</v>
+      </c>
+      <c r="K15" t="s">
+        <v>129</v>
+      </c>
+      <c r="L15" t="s">
+        <v>129</v>
+      </c>
+      <c r="M15" t="s">
+        <v>129</v>
+      </c>
+      <c r="N15" t="s">
+        <v>129</v>
+      </c>
+      <c r="O15" t="s">
+        <v>129</v>
+      </c>
+      <c r="P15" t="s">
+        <v>129</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>129</v>
+      </c>
+      <c r="R15" t="s">
+        <v>129</v>
+      </c>
+      <c r="S15" t="s">
+        <v>129</v>
+      </c>
+      <c r="T15" t="s">
+        <v>129</v>
+      </c>
+      <c r="U15" t="s">
+        <v>129</v>
+      </c>
+      <c r="V15" t="s">
+        <v>130</v>
+      </c>
+      <c r="W15" t="s">
+        <v>131</v>
+      </c>
+      <c r="X15" t="s">
+        <v>130</v>
+      </c>
+      <c r="Y15" t="s">
+        <v>131</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AB15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AC15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AD15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AE15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AF15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AG15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AH15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AI15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AJ15" t="s">
+        <v>130</v>
+      </c>
+      <c r="AK15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AL15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AM15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AN15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AO15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AP15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AQ15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AR15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AS15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AT15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AU15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AV15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AW15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AX15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AY15" t="s">
+        <v>131</v>
+      </c>
+      <c r="AZ15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BA15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BB15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BC15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BD15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BE15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BF15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BG15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BH15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BI15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BJ15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BK15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BL15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BM15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BN15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BO15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BP15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BQ15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BR15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BS15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BT15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BU15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BV15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BW15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BX15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BY15" t="s">
+        <v>131</v>
+      </c>
+      <c r="BZ15" t="s">
+        <v>131</v>
+      </c>
+      <c r="CA15" t="s">
+        <v>131</v>
+      </c>
+      <c r="CB15" t="s">
+        <v>131</v>
+      </c>
+      <c r="CC15" t="s">
+        <v>129</v>
+      </c>
+      <c r="CD15" t="s">
+        <v>129</v>
+      </c>
+      <c r="CE15" t="s">
+        <v>129</v>
+      </c>
+      <c r="CF15" t="s">
+        <v>129</v>
+      </c>
+      <c r="CG15" t="s">
+        <v>129</v>
+      </c>
+      <c r="CH15" t="s">
+        <v>129</v>
+      </c>
+      <c r="CI15" t="s">
+        <v>129</v>
+      </c>
+      <c r="CJ15" t="s">
+        <v>129</v>
+      </c>
+      <c r="CK15" t="s">
+        <v>129</v>
+      </c>
+      <c r="CL15" t="s">
+        <v>129</v>
+      </c>
+      <c r="CM15" t="s">
+        <v>129</v>
+      </c>
+      <c r="CN15" t="s">
+        <v>129</v>
+      </c>
+      <c r="CO15" t="s">
+        <v>129</v>
+      </c>
+      <c r="CP15" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="16" spans="1:94">
+      <c r="A16" s="3" t="s">
         <v>132</v>
-      </c>
-[...279 lines deleted...]
-        <v>135</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
       <c r="N16" s="3"/>
       <c r="O16" s="3"/>
       <c r="P16" s="3"/>
       <c r="Q16" s="3"/>
       <c r="R16" s="3"/>
       <c r="S16" s="3"/>
       <c r="T16" s="3"/>
       <c r="U16" s="3"/>
       <c r="V16" s="3"/>
       <c r="W16" s="3"/>
       <c r="X16" s="3"/>
       <c r="Y16" s="3"/>
@@ -4277,348 +4166,336 @@
       <c r="BR16" s="3"/>
       <c r="BS16" s="3"/>
       <c r="BT16" s="3"/>
       <c r="BU16" s="3"/>
       <c r="BV16" s="3"/>
       <c r="BW16" s="3"/>
       <c r="BX16" s="3"/>
       <c r="BY16" s="3"/>
       <c r="BZ16" s="3"/>
       <c r="CA16" s="3"/>
       <c r="CB16" s="3"/>
       <c r="CC16" s="3"/>
       <c r="CD16" s="3"/>
       <c r="CE16" s="3"/>
       <c r="CF16" s="3"/>
       <c r="CG16" s="3"/>
       <c r="CH16" s="3"/>
       <c r="CI16" s="3"/>
       <c r="CJ16" s="3"/>
       <c r="CK16" s="3"/>
       <c r="CL16" s="3"/>
       <c r="CM16" s="3"/>
       <c r="CN16" s="3"/>
       <c r="CO16" s="3"/>
       <c r="CP16" s="3"/>
-      <c r="CQ16" s="3"/>
-[...1 lines deleted...]
-      <c r="CS16" s="3"/>
     </row>
-    <row r="17" spans="1:97">
+    <row r="17" spans="1:94">
       <c r="A17" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B17" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="C17" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D17" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="E17" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F17" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G17" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="H17" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="I17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="J17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="K17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="L17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="M17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="N17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="O17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="P17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="Q17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="R17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="S17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="T17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="U17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="V17" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="W17" t="s">
         <v>136</v>
       </c>
       <c r="X17" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="Y17" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="Z17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AA17" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="AB17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AC17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AD17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AE17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AF17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AG17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AH17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AI17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AJ17" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="AK17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AL17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AM17" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="AN17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AO17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AP17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AQ17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AR17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AS17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AT17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AU17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AV17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AW17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AX17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AY17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="AZ17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BA17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BB17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BC17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BD17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BE17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BF17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BG17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BH17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BI17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BJ17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BK17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BL17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BM17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BN17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BO17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BP17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BQ17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BR17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BS17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BT17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BU17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BV17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BW17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BX17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BY17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="BZ17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="CA17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="CB17" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="CC17" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="CD17" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="CE17" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="CF17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="CG17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="CH17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="CI17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="CJ17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="CK17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="CL17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="CM17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="CN17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="CO17" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="CP17" t="s">
-        <v>136</v>
-[...8 lines deleted...]
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
-    <row r="18" spans="1:97">
+    <row r="18" spans="1:94">
       <c r="A18" s="4"/>
       <c r="B18" s="4"/>
       <c r="C18" s="4"/>
       <c r="D18" s="4"/>
       <c r="E18" s="4"/>
       <c r="F18" s="4"/>
       <c r="G18" s="4"/>
       <c r="H18" s="4"/>
       <c r="I18" s="4"/>
       <c r="J18" s="4"/>
       <c r="K18" s="4"/>
       <c r="L18" s="4"/>
       <c r="M18" s="4"/>
       <c r="N18" s="4"/>
       <c r="O18" s="4"/>
       <c r="P18" s="4"/>
       <c r="Q18" s="4"/>
       <c r="R18" s="4"/>
       <c r="S18" s="4"/>
       <c r="T18" s="4"/>
       <c r="U18" s="4"/>
       <c r="V18" s="4"/>
       <c r="W18" s="4"/>
       <c r="X18" s="4"/>
       <c r="Y18" s="4"/>
@@ -4669,57 +4546,54 @@
       <c r="BR18" s="4"/>
       <c r="BS18" s="4"/>
       <c r="BT18" s="4"/>
       <c r="BU18" s="4"/>
       <c r="BV18" s="4"/>
       <c r="BW18" s="4"/>
       <c r="BX18" s="4"/>
       <c r="BY18" s="4"/>
       <c r="BZ18" s="4"/>
       <c r="CA18" s="4"/>
       <c r="CB18" s="4"/>
       <c r="CC18" s="4"/>
       <c r="CD18" s="4"/>
       <c r="CE18" s="4"/>
       <c r="CF18" s="4"/>
       <c r="CG18" s="4"/>
       <c r="CH18" s="4"/>
       <c r="CI18" s="4"/>
       <c r="CJ18" s="4"/>
       <c r="CK18" s="4"/>
       <c r="CL18" s="4"/>
       <c r="CM18" s="4"/>
       <c r="CN18" s="4"/>
       <c r="CO18" s="4"/>
       <c r="CP18" s="4"/>
-      <c r="CQ18" s="4"/>
-[...1 lines deleted...]
-      <c r="CS18" s="4"/>
     </row>
-    <row r="19" spans="1:97">
+    <row r="19" spans="1:94">
       <c r="A19" s="2" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
       <c r="K19" s="2"/>
       <c r="L19" s="2"/>
       <c r="M19" s="2"/>
       <c r="N19" s="2"/>
       <c r="O19" s="2"/>
       <c r="P19" s="2"/>
       <c r="Q19" s="2"/>
       <c r="R19" s="2"/>
       <c r="S19" s="2"/>
       <c r="T19" s="2"/>
       <c r="U19" s="2"/>
       <c r="V19" s="2"/>
       <c r="W19" s="2"/>
       <c r="X19" s="2"/>
       <c r="Y19" s="2"/>
@@ -4770,65 +4644,62 @@
       <c r="BR19" s="2"/>
       <c r="BS19" s="2"/>
       <c r="BT19" s="2"/>
       <c r="BU19" s="2"/>
       <c r="BV19" s="2"/>
       <c r="BW19" s="2"/>
       <c r="BX19" s="2"/>
       <c r="BY19" s="2"/>
       <c r="BZ19" s="2"/>
       <c r="CA19" s="2"/>
       <c r="CB19" s="2"/>
       <c r="CC19" s="2"/>
       <c r="CD19" s="2"/>
       <c r="CE19" s="2"/>
       <c r="CF19" s="2"/>
       <c r="CG19" s="2"/>
       <c r="CH19" s="2"/>
       <c r="CI19" s="2"/>
       <c r="CJ19" s="2"/>
       <c r="CK19" s="2"/>
       <c r="CL19" s="2"/>
       <c r="CM19" s="2"/>
       <c r="CN19" s="2"/>
       <c r="CO19" s="2"/>
       <c r="CP19" s="2"/>
-      <c r="CQ19" s="2"/>
-[...1 lines deleted...]
-      <c r="CS19" s="2"/>
     </row>
-    <row r="20" spans="1:97">
+    <row r="20" spans="1:94">
       <c r="A20" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B20" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
     </row>
-    <row r="22" spans="1:97">
+    <row r="22" spans="1:94">
       <c r="A22" s="1" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B22" s="1"/>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
       <c r="E22" s="1"/>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
       <c r="X22" s="1"/>
       <c r="Y22" s="1"/>
@@ -4879,63 +4750,60 @@
       <c r="BR22" s="1"/>
       <c r="BS22" s="1"/>
       <c r="BT22" s="1"/>
       <c r="BU22" s="1"/>
       <c r="BV22" s="1"/>
       <c r="BW22" s="1"/>
       <c r="BX22" s="1"/>
       <c r="BY22" s="1"/>
       <c r="BZ22" s="1"/>
       <c r="CA22" s="1"/>
       <c r="CB22" s="1"/>
       <c r="CC22" s="1"/>
       <c r="CD22" s="1"/>
       <c r="CE22" s="1"/>
       <c r="CF22" s="1"/>
       <c r="CG22" s="1"/>
       <c r="CH22" s="1"/>
       <c r="CI22" s="1"/>
       <c r="CJ22" s="1"/>
       <c r="CK22" s="1"/>
       <c r="CL22" s="1"/>
       <c r="CM22" s="1"/>
       <c r="CN22" s="1"/>
       <c r="CO22" s="1"/>
       <c r="CP22" s="1"/>
-      <c r="CQ22" s="1"/>
-[...1 lines deleted...]
-      <c r="CS22" s="1"/>
     </row>
-    <row r="23" spans="1:97">
+    <row r="23" spans="1:94">
       <c r="A23" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A23:CS23"/>
+    <mergeCell ref="A23:CP23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>