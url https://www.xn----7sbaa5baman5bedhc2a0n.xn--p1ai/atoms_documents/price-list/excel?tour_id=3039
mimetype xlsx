--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -12,69 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="3039-maloe-zolotoe-koltso..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
-[...17 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
     <t>23.02.2026</t>
   </si>
   <si>
     <t>09.03.2026</t>
   </si>
   <si>
     <t>21.03.2026</t>
   </si>
   <si>
     <t>23.03.2026</t>
   </si>
   <si>
     <t>28.03.2026</t>
   </si>
   <si>
     <t>30.03.2026</t>
   </si>
   <si>
     <t>04.04.2026</t>
   </si>
   <si>
     <t>06.04.2026</t>
   </si>
   <si>
@@ -302,186 +284,162 @@
   <si>
     <t>31.10.2026</t>
   </si>
   <si>
     <t>02.11.2026</t>
   </si>
   <si>
     <t>16.11.2026</t>
   </si>
   <si>
     <t>30.11.2026</t>
   </si>
   <si>
     <t>14.12.2026</t>
   </si>
   <si>
     <t>Гостиница по программе тура</t>
   </si>
   <si>
     <t>2-х местный номер; питание BB (завтрак)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
+    <t>24090 RUB</t>
+  </si>
+  <si>
+    <t>30690 RUB</t>
+  </si>
+  <si>
+    <t>25490 RUB</t>
+  </si>
+  <si>
+    <t>Взрослый на дополнительном месте</t>
+  </si>
+  <si>
+    <t>23290 RUB</t>
+  </si>
+  <si>
+    <t>29890 RUB</t>
+  </si>
+  <si>
+    <t>24690 RUB</t>
+  </si>
+  <si>
+    <t>2-х местный номер; питание HB (завтрак+обед)</t>
+  </si>
+  <si>
+    <t>26490 RUB</t>
+  </si>
+  <si>
+    <t>33890 RUB</t>
+  </si>
+  <si>
+    <t>27890 RUB</t>
+  </si>
+  <si>
+    <t>25690 RUB</t>
+  </si>
+  <si>
+    <t>33490 RUB</t>
+  </si>
+  <si>
+    <t>27090 RUB</t>
+  </si>
+  <si>
+    <t>2-х местный номер; питание FB (завтрак+обед+ужин)</t>
+  </si>
+  <si>
+    <t>28590 RUB</t>
+  </si>
+  <si>
+    <t>36290 RUB</t>
+  </si>
+  <si>
+    <t>29990 RUB</t>
+  </si>
+  <si>
+    <t>27790 RUB</t>
+  </si>
+  <si>
+    <t>35490 RUB</t>
+  </si>
+  <si>
+    <t>29190 RUB</t>
+  </si>
+  <si>
+    <t>1-местный номер; питание BB (завтрак)</t>
+  </si>
+  <si>
+    <t>30290 RUB</t>
+  </si>
+  <si>
+    <t>36890 RUB</t>
+  </si>
+  <si>
+    <t>31690 RUB</t>
+  </si>
+  <si>
+    <t>1-местный номер; питание HB (завтрак+обед)</t>
+  </si>
+  <si>
+    <t>32690 RUB</t>
+  </si>
+  <si>
     <t>40090 RUB</t>
   </si>
   <si>
-    <t>24090 RUB</t>
-[...23 lines deleted...]
-    <t>2-х местный номер; питание HB (завтрак+обед)</t>
+    <t>34090 RUB</t>
+  </si>
+  <si>
+    <t>1-местный номер; питание FB (завтрак+обед+ужин)</t>
+  </si>
+  <si>
+    <t>34790 RUB</t>
   </si>
   <si>
     <t>42490 RUB</t>
   </si>
   <si>
-    <t>26490 RUB</t>
-[...85 lines deleted...]
-  <si>
     <t>36190 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Пакет Экскурсионный</t>
   </si>
   <si>
-    <t>4000 RUB</t>
+    <t>5000 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 28.12.2025 03:48, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 12.02.2026 01:01, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -823,54 +781,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:CP23"/>
+  <dimension ref="A1:CJ23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A22" sqref="A22:CP22"/>
+      <selection activeCell="A22" sqref="A22:CJ22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.842773" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -919,59 +877,53 @@
     <col min="64" max="64" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="83" max="83" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="84" max="84" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="85" max="85" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="86" max="86" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="87" max="87" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="88" max="88" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="89" max="89" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="94" max="94" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:94">
+    <row r="1" spans="1:88">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -1190,72 +1142,54 @@
       </c>
       <c r="CC1" s="1" t="s">
         <v>79</v>
       </c>
       <c r="CD1" s="1" t="s">
         <v>80</v>
       </c>
       <c r="CE1" s="1" t="s">
         <v>81</v>
       </c>
       <c r="CF1" s="1" t="s">
         <v>82</v>
       </c>
       <c r="CG1" s="1" t="s">
         <v>83</v>
       </c>
       <c r="CH1" s="1" t="s">
         <v>84</v>
       </c>
       <c r="CI1" s="1" t="s">
         <v>85</v>
       </c>
       <c r="CJ1" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="CK1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:88">
+      <c r="A2" s="2" t="s">
         <v>87</v>
-      </c>
-[...18 lines deleted...]
-        <v>93</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
@@ -1300,60 +1234,54 @@
       <c r="BL2" s="2"/>
       <c r="BM2" s="2"/>
       <c r="BN2" s="2"/>
       <c r="BO2" s="2"/>
       <c r="BP2" s="2"/>
       <c r="BQ2" s="2"/>
       <c r="BR2" s="2"/>
       <c r="BS2" s="2"/>
       <c r="BT2" s="2"/>
       <c r="BU2" s="2"/>
       <c r="BV2" s="2"/>
       <c r="BW2" s="2"/>
       <c r="BX2" s="2"/>
       <c r="BY2" s="2"/>
       <c r="BZ2" s="2"/>
       <c r="CA2" s="2"/>
       <c r="CB2" s="2"/>
       <c r="CC2" s="2"/>
       <c r="CD2" s="2"/>
       <c r="CE2" s="2"/>
       <c r="CF2" s="2"/>
       <c r="CG2" s="2"/>
       <c r="CH2" s="2"/>
       <c r="CI2" s="2"/>
       <c r="CJ2" s="2"/>
-      <c r="CK2" s="2"/>
-[...4 lines deleted...]
-      <c r="CP2" s="2"/>
     </row>
-    <row r="3" spans="1:94">
+    <row r="3" spans="1:88">
       <c r="A3" s="3" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -1398,628 +1326,586 @@
       <c r="BL3" s="3"/>
       <c r="BM3" s="3"/>
       <c r="BN3" s="3"/>
       <c r="BO3" s="3"/>
       <c r="BP3" s="3"/>
       <c r="BQ3" s="3"/>
       <c r="BR3" s="3"/>
       <c r="BS3" s="3"/>
       <c r="BT3" s="3"/>
       <c r="BU3" s="3"/>
       <c r="BV3" s="3"/>
       <c r="BW3" s="3"/>
       <c r="BX3" s="3"/>
       <c r="BY3" s="3"/>
       <c r="BZ3" s="3"/>
       <c r="CA3" s="3"/>
       <c r="CB3" s="3"/>
       <c r="CC3" s="3"/>
       <c r="CD3" s="3"/>
       <c r="CE3" s="3"/>
       <c r="CF3" s="3"/>
       <c r="CG3" s="3"/>
       <c r="CH3" s="3"/>
       <c r="CI3" s="3"/>
       <c r="CJ3" s="3"/>
-      <c r="CK3" s="3"/>
-[...4 lines deleted...]
-      <c r="CP3" s="3"/>
     </row>
-    <row r="4" spans="1:94">
+    <row r="4" spans="1:88">
       <c r="A4" t="s">
+        <v>89</v>
+      </c>
+      <c r="B4" t="s">
+        <v>90</v>
+      </c>
+      <c r="C4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D4" t="s">
+        <v>90</v>
+      </c>
+      <c r="E4" t="s">
+        <v>90</v>
+      </c>
+      <c r="F4" t="s">
+        <v>90</v>
+      </c>
+      <c r="G4" t="s">
+        <v>90</v>
+      </c>
+      <c r="H4" t="s">
+        <v>90</v>
+      </c>
+      <c r="I4" t="s">
+        <v>90</v>
+      </c>
+      <c r="J4" t="s">
+        <v>90</v>
+      </c>
+      <c r="K4" t="s">
+        <v>90</v>
+      </c>
+      <c r="L4" t="s">
+        <v>90</v>
+      </c>
+      <c r="M4" t="s">
+        <v>90</v>
+      </c>
+      <c r="N4" t="s">
+        <v>90</v>
+      </c>
+      <c r="O4" t="s">
+        <v>90</v>
+      </c>
+      <c r="P4" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>91</v>
+      </c>
+      <c r="R4" t="s">
+        <v>91</v>
+      </c>
+      <c r="S4" t="s">
+        <v>92</v>
+      </c>
+      <c r="T4" t="s">
+        <v>92</v>
+      </c>
+      <c r="U4" t="s">
+        <v>92</v>
+      </c>
+      <c r="V4" t="s">
+        <v>92</v>
+      </c>
+      <c r="W4" t="s">
+        <v>92</v>
+      </c>
+      <c r="X4" t="s">
+        <v>92</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>92</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>91</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AH4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AI4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AJ4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AK4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AL4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AO4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AP4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AQ4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AR4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AS4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AT4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AU4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AV4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AW4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AX4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AY4" t="s">
+        <v>92</v>
+      </c>
+      <c r="AZ4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BA4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BB4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BC4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BD4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BE4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BF4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BG4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BH4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BI4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BJ4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BK4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BL4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BM4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BN4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BO4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BP4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BQ4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BR4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BS4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BT4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BU4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BV4" t="s">
+        <v>92</v>
+      </c>
+      <c r="BW4" t="s">
+        <v>90</v>
+      </c>
+      <c r="BX4" t="s">
+        <v>90</v>
+      </c>
+      <c r="BY4" t="s">
+        <v>90</v>
+      </c>
+      <c r="BZ4" t="s">
+        <v>90</v>
+      </c>
+      <c r="CA4" t="s">
+        <v>90</v>
+      </c>
+      <c r="CB4" t="s">
+        <v>90</v>
+      </c>
+      <c r="CC4" t="s">
+        <v>90</v>
+      </c>
+      <c r="CD4" t="s">
+        <v>90</v>
+      </c>
+      <c r="CE4" t="s">
+        <v>90</v>
+      </c>
+      <c r="CF4" t="s">
+        <v>90</v>
+      </c>
+      <c r="CG4" t="s">
+        <v>91</v>
+      </c>
+      <c r="CH4" t="s">
+        <v>91</v>
+      </c>
+      <c r="CI4" t="s">
+        <v>91</v>
+      </c>
+      <c r="CJ4" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="5" spans="1:88">
+      <c r="A5" t="s">
+        <v>93</v>
+      </c>
+      <c r="B5" t="s">
+        <v>94</v>
+      </c>
+      <c r="C5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E5" t="s">
+        <v>94</v>
+      </c>
+      <c r="F5" t="s">
+        <v>94</v>
+      </c>
+      <c r="G5" t="s">
+        <v>94</v>
+      </c>
+      <c r="H5" t="s">
+        <v>94</v>
+      </c>
+      <c r="I5" t="s">
+        <v>94</v>
+      </c>
+      <c r="J5" t="s">
+        <v>94</v>
+      </c>
+      <c r="K5" t="s">
+        <v>94</v>
+      </c>
+      <c r="L5" t="s">
+        <v>94</v>
+      </c>
+      <c r="M5" t="s">
+        <v>94</v>
+      </c>
+      <c r="N5" t="s">
+        <v>94</v>
+      </c>
+      <c r="O5" t="s">
+        <v>94</v>
+      </c>
+      <c r="P5" t="s">
         <v>95</v>
       </c>
-      <c r="B4" t="s">
-[...11 lines deleted...]
-      <c r="F4" t="s">
+      <c r="Q5" t="s">
+        <v>95</v>
+      </c>
+      <c r="R5" t="s">
+        <v>95</v>
+      </c>
+      <c r="S5" t="s">
+        <v>96</v>
+      </c>
+      <c r="T5" t="s">
+        <v>96</v>
+      </c>
+      <c r="U5" t="s">
+        <v>96</v>
+      </c>
+      <c r="V5" t="s">
+        <v>96</v>
+      </c>
+      <c r="W5" t="s">
+        <v>96</v>
+      </c>
+      <c r="X5" t="s">
+        <v>96</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>95</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AG5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AI5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AL5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AN5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AO5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AQ5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AR5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AS5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AT5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AU5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AV5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AW5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AX5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AY5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AZ5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BA5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BB5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BC5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BE5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BF5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BG5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BH5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BI5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BJ5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BK5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BM5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BN5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BO5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BP5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BQ5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BR5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BS5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BT5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BU5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BV5" t="s">
+        <v>96</v>
+      </c>
+      <c r="BW5" t="s">
+        <v>94</v>
+      </c>
+      <c r="BX5" t="s">
+        <v>94</v>
+      </c>
+      <c r="BY5" t="s">
+        <v>94</v>
+      </c>
+      <c r="BZ5" t="s">
+        <v>94</v>
+      </c>
+      <c r="CA5" t="s">
+        <v>94</v>
+      </c>
+      <c r="CB5" t="s">
+        <v>94</v>
+      </c>
+      <c r="CC5" t="s">
+        <v>94</v>
+      </c>
+      <c r="CD5" t="s">
+        <v>94</v>
+      </c>
+      <c r="CE5" t="s">
+        <v>94</v>
+      </c>
+      <c r="CF5" t="s">
+        <v>94</v>
+      </c>
+      <c r="CG5" t="s">
+        <v>95</v>
+      </c>
+      <c r="CH5" t="s">
+        <v>95</v>
+      </c>
+      <c r="CI5" t="s">
+        <v>95</v>
+      </c>
+      <c r="CJ5" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="6" spans="1:88">
+      <c r="A6" s="3" t="s">
         <v>97</v>
-      </c>
-[...551 lines deleted...]
-        <v>105</v>
       </c>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="3"/>
       <c r="O6" s="3"/>
       <c r="P6" s="3"/>
       <c r="Q6" s="3"/>
       <c r="R6" s="3"/>
       <c r="S6" s="3"/>
       <c r="T6" s="3"/>
       <c r="U6" s="3"/>
       <c r="V6" s="3"/>
       <c r="W6" s="3"/>
       <c r="X6" s="3"/>
       <c r="Y6" s="3"/>
@@ -2064,628 +1950,586 @@
       <c r="BL6" s="3"/>
       <c r="BM6" s="3"/>
       <c r="BN6" s="3"/>
       <c r="BO6" s="3"/>
       <c r="BP6" s="3"/>
       <c r="BQ6" s="3"/>
       <c r="BR6" s="3"/>
       <c r="BS6" s="3"/>
       <c r="BT6" s="3"/>
       <c r="BU6" s="3"/>
       <c r="BV6" s="3"/>
       <c r="BW6" s="3"/>
       <c r="BX6" s="3"/>
       <c r="BY6" s="3"/>
       <c r="BZ6" s="3"/>
       <c r="CA6" s="3"/>
       <c r="CB6" s="3"/>
       <c r="CC6" s="3"/>
       <c r="CD6" s="3"/>
       <c r="CE6" s="3"/>
       <c r="CF6" s="3"/>
       <c r="CG6" s="3"/>
       <c r="CH6" s="3"/>
       <c r="CI6" s="3"/>
       <c r="CJ6" s="3"/>
-      <c r="CK6" s="3"/>
-[...4 lines deleted...]
-      <c r="CP6" s="3"/>
     </row>
-    <row r="7" spans="1:94">
+    <row r="7" spans="1:88">
       <c r="A7" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="B7" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="C7" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="D7" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="E7" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="F7" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="G7" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="H7" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="I7" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="J7" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="K7" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="L7" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="M7" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="N7" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="O7" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="P7" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="Q7" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="R7" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="S7" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="T7" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="U7" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="V7" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="W7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="X7" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="Y7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="Z7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AA7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AB7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AC7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AD7" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="AE7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AF7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AG7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AH7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AI7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AJ7" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="AK7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AL7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AM7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AN7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AO7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AP7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AQ7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AR7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AS7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AT7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AU7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AV7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AW7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AX7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AY7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="AZ7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BA7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BB7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BC7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BD7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BE7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BF7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BG7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BH7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BI7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BJ7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BK7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BL7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BM7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BN7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BO7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BP7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BQ7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BR7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BS7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BT7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BU7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BV7" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="BW7" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="BX7" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="BY7" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="BZ7" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="CA7" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="CB7" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="CC7" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="CD7" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="CE7" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="CF7" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="CG7" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="CH7" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="CI7" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="CJ7" t="s">
-        <v>107</v>
-[...17 lines deleted...]
-        <v>107</v>
+        <v>99</v>
       </c>
     </row>
-    <row r="8" spans="1:94">
+    <row r="8" spans="1:88">
       <c r="A8" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="B8" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="C8" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="D8" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="E8" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="F8" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="G8" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="H8" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="I8" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="J8" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="K8" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="L8" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="M8" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="N8" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="O8" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="P8" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="Q8" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="R8" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="S8" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="T8" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="U8" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="V8" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="W8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="X8" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="Y8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="Z8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AA8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AB8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AC8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AD8" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="AE8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AF8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AG8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AH8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AI8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AJ8" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="AK8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AL8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AM8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AN8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AO8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AP8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AQ8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AR8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AS8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AT8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AU8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AV8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AW8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AX8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AY8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="AZ8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BA8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BB8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BC8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BD8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BE8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BF8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BG8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BH8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BI8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BJ8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BK8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BL8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BM8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BN8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BO8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BP8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BQ8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BR8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BS8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BT8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BU8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BV8" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="BW8" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="BX8" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="BY8" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="BZ8" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="CA8" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="CB8" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="CC8" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="CD8" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="CE8" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="CF8" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="CG8" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="CH8" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="CI8" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="CJ8" t="s">
-        <v>111</v>
-[...17 lines deleted...]
-        <v>111</v>
+        <v>102</v>
       </c>
     </row>
-    <row r="9" spans="1:94">
+    <row r="9" spans="1:88">
       <c r="A9" s="3" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
       <c r="B9" s="3"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
       <c r="N9" s="3"/>
       <c r="O9" s="3"/>
       <c r="P9" s="3"/>
       <c r="Q9" s="3"/>
       <c r="R9" s="3"/>
       <c r="S9" s="3"/>
       <c r="T9" s="3"/>
       <c r="U9" s="3"/>
       <c r="V9" s="3"/>
       <c r="W9" s="3"/>
       <c r="X9" s="3"/>
       <c r="Y9" s="3"/>
@@ -2730,628 +2574,586 @@
       <c r="BL9" s="3"/>
       <c r="BM9" s="3"/>
       <c r="BN9" s="3"/>
       <c r="BO9" s="3"/>
       <c r="BP9" s="3"/>
       <c r="BQ9" s="3"/>
       <c r="BR9" s="3"/>
       <c r="BS9" s="3"/>
       <c r="BT9" s="3"/>
       <c r="BU9" s="3"/>
       <c r="BV9" s="3"/>
       <c r="BW9" s="3"/>
       <c r="BX9" s="3"/>
       <c r="BY9" s="3"/>
       <c r="BZ9" s="3"/>
       <c r="CA9" s="3"/>
       <c r="CB9" s="3"/>
       <c r="CC9" s="3"/>
       <c r="CD9" s="3"/>
       <c r="CE9" s="3"/>
       <c r="CF9" s="3"/>
       <c r="CG9" s="3"/>
       <c r="CH9" s="3"/>
       <c r="CI9" s="3"/>
       <c r="CJ9" s="3"/>
-      <c r="CK9" s="3"/>
-[...4 lines deleted...]
-      <c r="CP9" s="3"/>
     </row>
-    <row r="10" spans="1:94">
+    <row r="10" spans="1:88">
       <c r="A10" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="B10" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="C10" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="D10" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="E10" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="F10" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="G10" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="H10" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="I10" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="J10" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="K10" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="L10" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="M10" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="N10" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="O10" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="P10" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="Q10" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="R10" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="S10" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="T10" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="U10" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="V10" t="s">
-        <v>117</v>
+        <v>107</v>
       </c>
       <c r="W10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="X10" t="s">
-        <v>117</v>
+        <v>107</v>
       </c>
       <c r="Y10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="Z10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AA10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AB10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AC10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AD10" t="s">
-        <v>118</v>
+        <v>106</v>
       </c>
       <c r="AE10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AF10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AG10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AH10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AI10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AJ10" t="s">
-        <v>117</v>
+        <v>107</v>
       </c>
       <c r="AK10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AL10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AM10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AN10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AO10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AP10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AQ10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AR10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AS10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AT10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AU10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AV10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AW10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AX10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AY10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="AZ10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BA10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BB10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BC10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BD10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BE10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BF10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BG10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BH10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BI10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BJ10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BK10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BL10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BM10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BN10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BO10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BP10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BQ10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BR10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BS10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BT10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BU10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BV10" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="BW10" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="BX10" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="BY10" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="BZ10" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="CA10" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="CB10" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="CC10" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="CD10" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="CE10" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="CF10" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="CG10" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="CH10" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="CI10" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="CJ10" t="s">
-        <v>116</v>
-[...17 lines deleted...]
-        <v>116</v>
+        <v>106</v>
       </c>
     </row>
-    <row r="11" spans="1:94">
+    <row r="11" spans="1:88">
       <c r="A11" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="B11" t="s">
-        <v>119</v>
+        <v>108</v>
       </c>
       <c r="C11" t="s">
-        <v>119</v>
+        <v>108</v>
       </c>
       <c r="D11" t="s">
-        <v>119</v>
+        <v>108</v>
       </c>
       <c r="E11" t="s">
-        <v>119</v>
+        <v>108</v>
       </c>
       <c r="F11" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="G11" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="H11" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="I11" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="J11" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="K11" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="L11" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="M11" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="N11" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="O11" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="P11" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="Q11" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="R11" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="S11" t="s">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="T11" t="s">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="U11" t="s">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="V11" t="s">
-        <v>121</v>
+        <v>110</v>
       </c>
       <c r="W11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="X11" t="s">
-        <v>121</v>
+        <v>110</v>
       </c>
       <c r="Y11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="Z11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AA11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AB11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AC11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AD11" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="AE11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AF11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AG11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AH11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AI11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AJ11" t="s">
-        <v>121</v>
+        <v>110</v>
       </c>
       <c r="AK11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AL11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AM11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AN11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AO11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AP11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AQ11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AR11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AS11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AT11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AU11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AV11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AW11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AX11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AY11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="AZ11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BA11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BB11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BC11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BD11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BE11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BF11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BG11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BH11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BI11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BJ11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BK11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BL11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BM11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BN11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BO11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BP11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BQ11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BR11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BS11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BT11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BU11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BV11" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="BW11" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="BX11" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="BY11" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="BZ11" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="CA11" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="CB11" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="CC11" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="CD11" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="CE11" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="CF11" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="CG11" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="CH11" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="CI11" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="CJ11" t="s">
-        <v>120</v>
-[...17 lines deleted...]
-        <v>120</v>
+        <v>109</v>
       </c>
     </row>
-    <row r="12" spans="1:94">
+    <row r="12" spans="1:88">
       <c r="A12" s="3" t="s">
-        <v>123</v>
+        <v>111</v>
       </c>
       <c r="B12" s="3"/>
       <c r="C12" s="3"/>
       <c r="D12" s="3"/>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3"/>
       <c r="L12" s="3"/>
       <c r="M12" s="3"/>
       <c r="N12" s="3"/>
       <c r="O12" s="3"/>
       <c r="P12" s="3"/>
       <c r="Q12" s="3"/>
       <c r="R12" s="3"/>
       <c r="S12" s="3"/>
       <c r="T12" s="3"/>
       <c r="U12" s="3"/>
       <c r="V12" s="3"/>
       <c r="W12" s="3"/>
       <c r="X12" s="3"/>
       <c r="Y12" s="3"/>
@@ -3396,344 +3198,320 @@
       <c r="BL12" s="3"/>
       <c r="BM12" s="3"/>
       <c r="BN12" s="3"/>
       <c r="BO12" s="3"/>
       <c r="BP12" s="3"/>
       <c r="BQ12" s="3"/>
       <c r="BR12" s="3"/>
       <c r="BS12" s="3"/>
       <c r="BT12" s="3"/>
       <c r="BU12" s="3"/>
       <c r="BV12" s="3"/>
       <c r="BW12" s="3"/>
       <c r="BX12" s="3"/>
       <c r="BY12" s="3"/>
       <c r="BZ12" s="3"/>
       <c r="CA12" s="3"/>
       <c r="CB12" s="3"/>
       <c r="CC12" s="3"/>
       <c r="CD12" s="3"/>
       <c r="CE12" s="3"/>
       <c r="CF12" s="3"/>
       <c r="CG12" s="3"/>
       <c r="CH12" s="3"/>
       <c r="CI12" s="3"/>
       <c r="CJ12" s="3"/>
-      <c r="CK12" s="3"/>
-[...4 lines deleted...]
-      <c r="CP12" s="3"/>
     </row>
-    <row r="13" spans="1:94">
+    <row r="13" spans="1:88">
       <c r="A13" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="B13" t="s">
-        <v>124</v>
+        <v>112</v>
       </c>
       <c r="C13" t="s">
-        <v>124</v>
+        <v>112</v>
       </c>
       <c r="D13" t="s">
-        <v>124</v>
+        <v>112</v>
       </c>
       <c r="E13" t="s">
-        <v>124</v>
+        <v>112</v>
       </c>
       <c r="F13" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="G13" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="H13" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="I13" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="J13" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="K13" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="L13" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="M13" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="N13" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="O13" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="P13" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="Q13" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="R13" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="S13" t="s">
-        <v>125</v>
+        <v>114</v>
       </c>
       <c r="T13" t="s">
-        <v>125</v>
+        <v>114</v>
       </c>
       <c r="U13" t="s">
-        <v>125</v>
+        <v>114</v>
       </c>
       <c r="V13" t="s">
-        <v>126</v>
+        <v>114</v>
       </c>
       <c r="W13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="X13" t="s">
-        <v>126</v>
+        <v>114</v>
       </c>
       <c r="Y13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="Z13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AA13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AB13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AC13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AD13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AE13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AF13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AG13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AH13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AI13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AJ13" t="s">
-        <v>126</v>
+        <v>114</v>
       </c>
       <c r="AK13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AL13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AM13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AN13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AO13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AP13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AQ13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AR13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AS13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AT13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AU13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AV13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AW13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AX13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AY13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="AZ13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BA13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BB13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BC13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BD13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BE13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BF13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BG13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BH13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BI13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BJ13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BK13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BL13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BM13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BN13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BO13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BP13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BQ13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BR13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BS13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BT13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BU13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BV13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="BW13" t="s">
         <v>112</v>
       </c>
       <c r="BX13" t="s">
         <v>112</v>
       </c>
       <c r="BY13" t="s">
         <v>112</v>
       </c>
       <c r="BZ13" t="s">
         <v>112</v>
       </c>
       <c r="CA13" t="s">
         <v>112</v>
       </c>
       <c r="CB13" t="s">
         <v>112</v>
       </c>
       <c r="CC13" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="CD13" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="CE13" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="CF13" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="CG13" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="CH13" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="CI13" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="CJ13" t="s">
-        <v>125</v>
-[...17 lines deleted...]
-        <v>125</v>
+        <v>113</v>
       </c>
     </row>
-    <row r="14" spans="1:94">
+    <row r="14" spans="1:88">
       <c r="A14" s="3" t="s">
-        <v>127</v>
+        <v>115</v>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="3"/>
       <c r="D14" s="3"/>
       <c r="E14" s="3"/>
       <c r="F14" s="3"/>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="J14" s="3"/>
       <c r="K14" s="3"/>
       <c r="L14" s="3"/>
       <c r="M14" s="3"/>
       <c r="N14" s="3"/>
       <c r="O14" s="3"/>
       <c r="P14" s="3"/>
       <c r="Q14" s="3"/>
       <c r="R14" s="3"/>
       <c r="S14" s="3"/>
       <c r="T14" s="3"/>
       <c r="U14" s="3"/>
       <c r="V14" s="3"/>
       <c r="W14" s="3"/>
       <c r="X14" s="3"/>
       <c r="Y14" s="3"/>
@@ -3778,344 +3556,320 @@
       <c r="BL14" s="3"/>
       <c r="BM14" s="3"/>
       <c r="BN14" s="3"/>
       <c r="BO14" s="3"/>
       <c r="BP14" s="3"/>
       <c r="BQ14" s="3"/>
       <c r="BR14" s="3"/>
       <c r="BS14" s="3"/>
       <c r="BT14" s="3"/>
       <c r="BU14" s="3"/>
       <c r="BV14" s="3"/>
       <c r="BW14" s="3"/>
       <c r="BX14" s="3"/>
       <c r="BY14" s="3"/>
       <c r="BZ14" s="3"/>
       <c r="CA14" s="3"/>
       <c r="CB14" s="3"/>
       <c r="CC14" s="3"/>
       <c r="CD14" s="3"/>
       <c r="CE14" s="3"/>
       <c r="CF14" s="3"/>
       <c r="CG14" s="3"/>
       <c r="CH14" s="3"/>
       <c r="CI14" s="3"/>
       <c r="CJ14" s="3"/>
-      <c r="CK14" s="3"/>
-[...4 lines deleted...]
-      <c r="CP14" s="3"/>
     </row>
-    <row r="15" spans="1:94">
+    <row r="15" spans="1:88">
       <c r="A15" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="B15" t="s">
-        <v>128</v>
+        <v>116</v>
       </c>
       <c r="C15" t="s">
-        <v>128</v>
+        <v>116</v>
       </c>
       <c r="D15" t="s">
-        <v>128</v>
+        <v>116</v>
       </c>
       <c r="E15" t="s">
-        <v>128</v>
+        <v>116</v>
       </c>
       <c r="F15" t="s">
-        <v>129</v>
+        <v>116</v>
       </c>
       <c r="G15" t="s">
-        <v>129</v>
+        <v>116</v>
       </c>
       <c r="H15" t="s">
-        <v>129</v>
+        <v>116</v>
       </c>
       <c r="I15" t="s">
-        <v>129</v>
+        <v>116</v>
       </c>
       <c r="J15" t="s">
-        <v>129</v>
+        <v>116</v>
       </c>
       <c r="K15" t="s">
-        <v>129</v>
+        <v>116</v>
       </c>
       <c r="L15" t="s">
-        <v>129</v>
+        <v>116</v>
       </c>
       <c r="M15" t="s">
-        <v>129</v>
+        <v>116</v>
       </c>
       <c r="N15" t="s">
-        <v>129</v>
+        <v>116</v>
       </c>
       <c r="O15" t="s">
-        <v>129</v>
+        <v>116</v>
       </c>
       <c r="P15" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
       <c r="Q15" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
       <c r="R15" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
       <c r="S15" t="s">
-        <v>129</v>
+        <v>118</v>
       </c>
       <c r="T15" t="s">
-        <v>129</v>
+        <v>118</v>
       </c>
       <c r="U15" t="s">
-        <v>129</v>
+        <v>118</v>
       </c>
       <c r="V15" t="s">
-        <v>130</v>
+        <v>118</v>
       </c>
       <c r="W15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="X15" t="s">
-        <v>130</v>
+        <v>118</v>
       </c>
       <c r="Y15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="Z15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AA15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AB15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AC15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AD15" t="s">
-        <v>131</v>
+        <v>117</v>
       </c>
       <c r="AE15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AF15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AG15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AH15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AI15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AJ15" t="s">
-        <v>130</v>
+        <v>118</v>
       </c>
       <c r="AK15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AL15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AM15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AN15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AO15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AP15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AQ15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AR15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AS15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AT15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AU15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AV15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AW15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AX15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AY15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="AZ15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BA15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BB15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BC15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BD15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BE15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BF15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BG15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BH15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BI15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BJ15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BK15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BL15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BM15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BN15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BO15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BP15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BQ15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BR15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BS15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BT15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BU15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BV15" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="BW15" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
       <c r="BX15" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
       <c r="BY15" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
       <c r="BZ15" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
       <c r="CA15" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
       <c r="CB15" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
       <c r="CC15" t="s">
-        <v>129</v>
+        <v>116</v>
       </c>
       <c r="CD15" t="s">
-        <v>129</v>
+        <v>116</v>
       </c>
       <c r="CE15" t="s">
-        <v>129</v>
+        <v>116</v>
       </c>
       <c r="CF15" t="s">
-        <v>129</v>
+        <v>116</v>
       </c>
       <c r="CG15" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
       <c r="CH15" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
       <c r="CI15" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
       <c r="CJ15" t="s">
-        <v>129</v>
-[...17 lines deleted...]
-        <v>129</v>
+        <v>117</v>
       </c>
     </row>
-    <row r="16" spans="1:94">
+    <row r="16" spans="1:88">
       <c r="A16" s="3" t="s">
-        <v>132</v>
+        <v>119</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
       <c r="N16" s="3"/>
       <c r="O16" s="3"/>
       <c r="P16" s="3"/>
       <c r="Q16" s="3"/>
       <c r="R16" s="3"/>
       <c r="S16" s="3"/>
       <c r="T16" s="3"/>
       <c r="U16" s="3"/>
       <c r="V16" s="3"/>
       <c r="W16" s="3"/>
       <c r="X16" s="3"/>
       <c r="Y16" s="3"/>
@@ -4160,342 +3914,318 @@
       <c r="BL16" s="3"/>
       <c r="BM16" s="3"/>
       <c r="BN16" s="3"/>
       <c r="BO16" s="3"/>
       <c r="BP16" s="3"/>
       <c r="BQ16" s="3"/>
       <c r="BR16" s="3"/>
       <c r="BS16" s="3"/>
       <c r="BT16" s="3"/>
       <c r="BU16" s="3"/>
       <c r="BV16" s="3"/>
       <c r="BW16" s="3"/>
       <c r="BX16" s="3"/>
       <c r="BY16" s="3"/>
       <c r="BZ16" s="3"/>
       <c r="CA16" s="3"/>
       <c r="CB16" s="3"/>
       <c r="CC16" s="3"/>
       <c r="CD16" s="3"/>
       <c r="CE16" s="3"/>
       <c r="CF16" s="3"/>
       <c r="CG16" s="3"/>
       <c r="CH16" s="3"/>
       <c r="CI16" s="3"/>
       <c r="CJ16" s="3"/>
-      <c r="CK16" s="3"/>
-[...4 lines deleted...]
-      <c r="CP16" s="3"/>
     </row>
-    <row r="17" spans="1:94">
+    <row r="17" spans="1:88">
       <c r="A17" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="B17" t="s">
-        <v>133</v>
+        <v>120</v>
       </c>
       <c r="C17" t="s">
-        <v>133</v>
+        <v>120</v>
       </c>
       <c r="D17" t="s">
-        <v>133</v>
+        <v>120</v>
       </c>
       <c r="E17" t="s">
-        <v>133</v>
+        <v>120</v>
       </c>
       <c r="F17" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="G17" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="H17" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="I17" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="J17" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="K17" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="L17" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="M17" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="N17" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="O17" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="P17" t="s">
-        <v>134</v>
+        <v>121</v>
       </c>
       <c r="Q17" t="s">
-        <v>134</v>
+        <v>121</v>
       </c>
       <c r="R17" t="s">
-        <v>134</v>
+        <v>121</v>
       </c>
       <c r="S17" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="T17" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="U17" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="V17" t="s">
-        <v>135</v>
+        <v>122</v>
       </c>
       <c r="W17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="X17" t="s">
-        <v>135</v>
+        <v>122</v>
       </c>
       <c r="Y17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="Z17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AA17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AB17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AC17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AD17" t="s">
-        <v>136</v>
+        <v>121</v>
       </c>
       <c r="AE17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AF17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AG17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AH17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AI17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AJ17" t="s">
-        <v>135</v>
+        <v>122</v>
       </c>
       <c r="AK17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AL17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AM17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AN17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AO17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AP17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AQ17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AR17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AS17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AT17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AU17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AV17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AW17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AX17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AY17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="AZ17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BA17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BB17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BC17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BD17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BE17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BF17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BG17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BH17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BI17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BJ17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BK17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BL17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BM17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BN17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BO17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BP17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BQ17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BR17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BS17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BT17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BU17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BV17" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="BW17" t="s">
-        <v>136</v>
+        <v>120</v>
       </c>
       <c r="BX17" t="s">
-        <v>136</v>
+        <v>120</v>
       </c>
       <c r="BY17" t="s">
-        <v>136</v>
+        <v>120</v>
       </c>
       <c r="BZ17" t="s">
-        <v>136</v>
+        <v>120</v>
       </c>
       <c r="CA17" t="s">
-        <v>136</v>
+        <v>120</v>
       </c>
       <c r="CB17" t="s">
-        <v>136</v>
+        <v>120</v>
       </c>
       <c r="CC17" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="CD17" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="CE17" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="CF17" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="CG17" t="s">
-        <v>134</v>
+        <v>121</v>
       </c>
       <c r="CH17" t="s">
-        <v>134</v>
+        <v>121</v>
       </c>
       <c r="CI17" t="s">
-        <v>134</v>
+        <v>121</v>
       </c>
       <c r="CJ17" t="s">
-        <v>134</v>
-[...17 lines deleted...]
-        <v>134</v>
+        <v>121</v>
       </c>
     </row>
-    <row r="18" spans="1:94">
+    <row r="18" spans="1:88">
       <c r="A18" s="4"/>
       <c r="B18" s="4"/>
       <c r="C18" s="4"/>
       <c r="D18" s="4"/>
       <c r="E18" s="4"/>
       <c r="F18" s="4"/>
       <c r="G18" s="4"/>
       <c r="H18" s="4"/>
       <c r="I18" s="4"/>
       <c r="J18" s="4"/>
       <c r="K18" s="4"/>
       <c r="L18" s="4"/>
       <c r="M18" s="4"/>
       <c r="N18" s="4"/>
       <c r="O18" s="4"/>
       <c r="P18" s="4"/>
       <c r="Q18" s="4"/>
       <c r="R18" s="4"/>
       <c r="S18" s="4"/>
       <c r="T18" s="4"/>
       <c r="U18" s="4"/>
       <c r="V18" s="4"/>
       <c r="W18" s="4"/>
       <c r="X18" s="4"/>
       <c r="Y18" s="4"/>
@@ -4540,60 +4270,54 @@
       <c r="BL18" s="4"/>
       <c r="BM18" s="4"/>
       <c r="BN18" s="4"/>
       <c r="BO18" s="4"/>
       <c r="BP18" s="4"/>
       <c r="BQ18" s="4"/>
       <c r="BR18" s="4"/>
       <c r="BS18" s="4"/>
       <c r="BT18" s="4"/>
       <c r="BU18" s="4"/>
       <c r="BV18" s="4"/>
       <c r="BW18" s="4"/>
       <c r="BX18" s="4"/>
       <c r="BY18" s="4"/>
       <c r="BZ18" s="4"/>
       <c r="CA18" s="4"/>
       <c r="CB18" s="4"/>
       <c r="CC18" s="4"/>
       <c r="CD18" s="4"/>
       <c r="CE18" s="4"/>
       <c r="CF18" s="4"/>
       <c r="CG18" s="4"/>
       <c r="CH18" s="4"/>
       <c r="CI18" s="4"/>
       <c r="CJ18" s="4"/>
-      <c r="CK18" s="4"/>
-[...4 lines deleted...]
-      <c r="CP18" s="4"/>
     </row>
-    <row r="19" spans="1:94">
+    <row r="19" spans="1:88">
       <c r="A19" s="2" t="s">
-        <v>137</v>
+        <v>123</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
       <c r="K19" s="2"/>
       <c r="L19" s="2"/>
       <c r="M19" s="2"/>
       <c r="N19" s="2"/>
       <c r="O19" s="2"/>
       <c r="P19" s="2"/>
       <c r="Q19" s="2"/>
       <c r="R19" s="2"/>
       <c r="S19" s="2"/>
       <c r="T19" s="2"/>
       <c r="U19" s="2"/>
       <c r="V19" s="2"/>
       <c r="W19" s="2"/>
       <c r="X19" s="2"/>
       <c r="Y19" s="2"/>
@@ -4638,68 +4362,62 @@
       <c r="BL19" s="2"/>
       <c r="BM19" s="2"/>
       <c r="BN19" s="2"/>
       <c r="BO19" s="2"/>
       <c r="BP19" s="2"/>
       <c r="BQ19" s="2"/>
       <c r="BR19" s="2"/>
       <c r="BS19" s="2"/>
       <c r="BT19" s="2"/>
       <c r="BU19" s="2"/>
       <c r="BV19" s="2"/>
       <c r="BW19" s="2"/>
       <c r="BX19" s="2"/>
       <c r="BY19" s="2"/>
       <c r="BZ19" s="2"/>
       <c r="CA19" s="2"/>
       <c r="CB19" s="2"/>
       <c r="CC19" s="2"/>
       <c r="CD19" s="2"/>
       <c r="CE19" s="2"/>
       <c r="CF19" s="2"/>
       <c r="CG19" s="2"/>
       <c r="CH19" s="2"/>
       <c r="CI19" s="2"/>
       <c r="CJ19" s="2"/>
-      <c r="CK19" s="2"/>
-[...4 lines deleted...]
-      <c r="CP19" s="2"/>
     </row>
-    <row r="20" spans="1:94">
+    <row r="20" spans="1:88">
       <c r="A20" t="s">
-        <v>138</v>
+        <v>124</v>
       </c>
       <c r="B20" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
     </row>
-    <row r="22" spans="1:94">
+    <row r="22" spans="1:88">
       <c r="A22" s="1" t="s">
-        <v>140</v>
+        <v>126</v>
       </c>
       <c r="B22" s="1"/>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
       <c r="E22" s="1"/>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
       <c r="X22" s="1"/>
       <c r="Y22" s="1"/>
@@ -4744,66 +4462,60 @@
       <c r="BL22" s="1"/>
       <c r="BM22" s="1"/>
       <c r="BN22" s="1"/>
       <c r="BO22" s="1"/>
       <c r="BP22" s="1"/>
       <c r="BQ22" s="1"/>
       <c r="BR22" s="1"/>
       <c r="BS22" s="1"/>
       <c r="BT22" s="1"/>
       <c r="BU22" s="1"/>
       <c r="BV22" s="1"/>
       <c r="BW22" s="1"/>
       <c r="BX22" s="1"/>
       <c r="BY22" s="1"/>
       <c r="BZ22" s="1"/>
       <c r="CA22" s="1"/>
       <c r="CB22" s="1"/>
       <c r="CC22" s="1"/>
       <c r="CD22" s="1"/>
       <c r="CE22" s="1"/>
       <c r="CF22" s="1"/>
       <c r="CG22" s="1"/>
       <c r="CH22" s="1"/>
       <c r="CI22" s="1"/>
       <c r="CJ22" s="1"/>
-      <c r="CK22" s="1"/>
-[...4 lines deleted...]
-      <c r="CP22" s="1"/>
     </row>
-    <row r="23" spans="1:94">
+    <row r="23" spans="1:88">
       <c r="A23" t="s">
-        <v>141</v>
+        <v>127</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A23:CP23"/>
+    <mergeCell ref="A23:CJ23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>