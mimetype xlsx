--- v2 (2026-02-12)
+++ v3 (2026-02-12)
@@ -395,51 +395,51 @@
   <si>
     <t>1-местный номер; питание FB (завтрак+обед+ужин)</t>
   </si>
   <si>
     <t>34790 RUB</t>
   </si>
   <si>
     <t>42490 RUB</t>
   </si>
   <si>
     <t>36190 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Пакет Экскурсионный</t>
   </si>
   <si>
     <t>5000 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 12.02.2026 01:01, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 12.02.2026 02:32, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>