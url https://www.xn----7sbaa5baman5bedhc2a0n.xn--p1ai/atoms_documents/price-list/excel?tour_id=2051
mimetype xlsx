--- v0 (2025-11-06)
+++ v1 (2025-12-28)
@@ -12,63 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="2051-po-zatutyrkam-2-dnya..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
-[...11 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>07.02.2026</t>
   </si>
   <si>
     <t>22.02.2026</t>
   </si>
   <si>
     <t>08.03.2026</t>
   </si>
   <si>
     <t>21.03.2026</t>
   </si>
   <si>
     <t>11.04.2026</t>
   </si>
   <si>
     <t>18.04.2026</t>
   </si>
   <si>
     <t>25.04.2026</t>
   </si>
   <si>
     <t>"Арль" Номер в реестре С602025003934</t>
   </si>
   <si>
@@ -281,51 +269,51 @@
   <si>
     <t>10000 RUB</t>
   </si>
   <si>
     <t>17400 RUB</t>
   </si>
   <si>
     <t>12700 RUB</t>
   </si>
   <si>
     <t>"Двор Подзноева" (корпус "Студии и апартаменты") Номер в реестре С602024012823</t>
   </si>
   <si>
     <t>13700 RUB</t>
   </si>
   <si>
     <t>18200 RUB</t>
   </si>
   <si>
     <t>13100 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 06.11.2025 09:15, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 28.12.2025 03:51, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -667,95 +655,83 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AH109"/>
+  <dimension ref="A1:V109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A108" sqref="A108:AH108"/>
+      <selection activeCell="A108" sqref="A108:V108"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="93.120117" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...10 lines deleted...]
-    <col min="34" max="34" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:34">
+    <row r="1" spans="1:22">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>2</v>
       </c>
@@ -776,8394 +752,5526 @@
       </c>
       <c r="O1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="W1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:22">
+      <c r="A2" s="2" t="s">
         <v>7</v>
-      </c>
-[...36 lines deleted...]
-        <v>11</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
-      <c r="W2" s="2"/>
-[...12 lines deleted...]
-    <row r="3" spans="1:34">
+    </row>
+    <row r="3" spans="1:22">
       <c r="A3" s="3" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
-      <c r="W3" s="3"/>
-[...12 lines deleted...]
-    <row r="4" spans="1:34">
+    </row>
+    <row r="4" spans="1:22">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>10</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>10</v>
+      </c>
+      <c r="H4" t="s">
+        <v>10</v>
+      </c>
+      <c r="I4" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" t="s">
+        <v>10</v>
+      </c>
+      <c r="K4" t="s">
+        <v>10</v>
+      </c>
+      <c r="L4" t="s">
+        <v>10</v>
+      </c>
+      <c r="M4" t="s">
+        <v>10</v>
+      </c>
+      <c r="N4" t="s">
+        <v>10</v>
+      </c>
+      <c r="O4" t="s">
+        <v>10</v>
+      </c>
+      <c r="P4" t="s">
+        <v>10</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>10</v>
+      </c>
+      <c r="R4" t="s">
+        <v>10</v>
+      </c>
+      <c r="S4" t="s">
+        <v>10</v>
+      </c>
+      <c r="T4" t="s">
+        <v>10</v>
+      </c>
+      <c r="U4" t="s">
+        <v>10</v>
+      </c>
+      <c r="V4" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:22">
+      <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>12</v>
+      </c>
+      <c r="H5" t="s">
+        <v>12</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>12</v>
+      </c>
+      <c r="K5" t="s">
+        <v>12</v>
+      </c>
+      <c r="L5" t="s">
+        <v>12</v>
+      </c>
+      <c r="M5" t="s">
+        <v>12</v>
+      </c>
+      <c r="N5" t="s">
+        <v>12</v>
+      </c>
+      <c r="O5" t="s">
+        <v>12</v>
+      </c>
+      <c r="P5" t="s">
+        <v>12</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>12</v>
+      </c>
+      <c r="R5" t="s">
+        <v>12</v>
+      </c>
+      <c r="S5" t="s">
+        <v>12</v>
+      </c>
+      <c r="T5" t="s">
+        <v>12</v>
+      </c>
+      <c r="U5" t="s">
+        <v>12</v>
+      </c>
+      <c r="V5" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6" spans="1:22">
+      <c r="A6" t="s">
         <v>13</v>
       </c>
-      <c r="B4" t="s">
+      <c r="B6" t="s">
         <v>14</v>
       </c>
-      <c r="C4" t="s">
+      <c r="C6" t="s">
         <v>14</v>
       </c>
-      <c r="D4" t="s">
+      <c r="D6" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
+      <c r="E6" t="s">
         <v>14</v>
       </c>
-      <c r="F4" t="s">
+      <c r="F6" t="s">
         <v>14</v>
       </c>
-      <c r="G4" t="s">
+      <c r="G6" t="s">
         <v>14</v>
       </c>
-      <c r="H4" t="s">
+      <c r="H6" t="s">
         <v>14</v>
       </c>
-      <c r="I4" t="s">
+      <c r="I6" t="s">
         <v>14</v>
       </c>
-      <c r="J4" t="s">
+      <c r="J6" t="s">
         <v>14</v>
       </c>
-      <c r="K4" t="s">
+      <c r="K6" t="s">
         <v>14</v>
       </c>
-      <c r="L4" t="s">
+      <c r="L6" t="s">
         <v>14</v>
       </c>
-      <c r="M4" t="s">
+      <c r="M6" t="s">
         <v>14</v>
       </c>
-      <c r="N4" t="s">
+      <c r="N6" t="s">
         <v>14</v>
       </c>
-      <c r="O4" t="s">
+      <c r="O6" t="s">
         <v>14</v>
       </c>
-      <c r="P4" t="s">
+      <c r="P6" t="s">
         <v>14</v>
       </c>
-      <c r="Q4" t="s">
+      <c r="Q6" t="s">
         <v>14</v>
       </c>
-      <c r="R4" t="s">
+      <c r="R6" t="s">
         <v>14</v>
       </c>
-      <c r="S4" t="s">
+      <c r="S6" t="s">
         <v>14</v>
       </c>
-      <c r="T4" t="s">
+      <c r="T6" t="s">
         <v>14</v>
       </c>
-      <c r="U4" t="s">
+      <c r="U6" t="s">
         <v>14</v>
       </c>
-      <c r="V4" t="s">
+      <c r="V6" t="s">
         <v>14</v>
       </c>
-      <c r="W4" t="s">
-[...37 lines deleted...]
-      <c r="A5" t="s">
+    </row>
+    <row r="7" spans="1:22">
+      <c r="A7" s="3" t="s">
         <v>15</v>
-      </c>
-[...206 lines deleted...]
-        <v>19</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
-      <c r="W7" s="3"/>
-[...12 lines deleted...]
-    <row r="8" spans="1:34">
+    </row>
+    <row r="8" spans="1:22">
       <c r="A8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" t="s">
+        <v>16</v>
+      </c>
+      <c r="D8" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" t="s">
+        <v>16</v>
+      </c>
+      <c r="F8" t="s">
+        <v>16</v>
+      </c>
+      <c r="G8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H8" t="s">
+        <v>16</v>
+      </c>
+      <c r="I8" t="s">
+        <v>16</v>
+      </c>
+      <c r="J8" t="s">
+        <v>16</v>
+      </c>
+      <c r="K8" t="s">
+        <v>16</v>
+      </c>
+      <c r="L8" t="s">
+        <v>16</v>
+      </c>
+      <c r="M8" t="s">
+        <v>16</v>
+      </c>
+      <c r="N8" t="s">
+        <v>16</v>
+      </c>
+      <c r="O8" t="s">
+        <v>16</v>
+      </c>
+      <c r="P8" t="s">
+        <v>16</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>16</v>
+      </c>
+      <c r="R8" t="s">
+        <v>16</v>
+      </c>
+      <c r="S8" t="s">
+        <v>16</v>
+      </c>
+      <c r="T8" t="s">
+        <v>16</v>
+      </c>
+      <c r="U8" t="s">
+        <v>16</v>
+      </c>
+      <c r="V8" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:22">
+      <c r="A9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9" t="s">
+        <v>18</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" t="s">
+        <v>18</v>
+      </c>
+      <c r="F9" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" t="s">
+        <v>18</v>
+      </c>
+      <c r="H9" t="s">
+        <v>18</v>
+      </c>
+      <c r="I9" t="s">
+        <v>18</v>
+      </c>
+      <c r="J9" t="s">
+        <v>18</v>
+      </c>
+      <c r="K9" t="s">
+        <v>18</v>
+      </c>
+      <c r="L9" t="s">
+        <v>18</v>
+      </c>
+      <c r="M9" t="s">
+        <v>18</v>
+      </c>
+      <c r="N9" t="s">
+        <v>18</v>
+      </c>
+      <c r="O9" t="s">
+        <v>18</v>
+      </c>
+      <c r="P9" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>18</v>
+      </c>
+      <c r="R9" t="s">
+        <v>18</v>
+      </c>
+      <c r="S9" t="s">
+        <v>18</v>
+      </c>
+      <c r="T9" t="s">
+        <v>18</v>
+      </c>
+      <c r="U9" t="s">
+        <v>18</v>
+      </c>
+      <c r="V9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:22">
+      <c r="A10" t="s">
+        <v>11</v>
+      </c>
+      <c r="B10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>19</v>
+      </c>
+      <c r="F10" t="s">
+        <v>19</v>
+      </c>
+      <c r="G10" t="s">
+        <v>19</v>
+      </c>
+      <c r="H10" t="s">
+        <v>19</v>
+      </c>
+      <c r="I10" t="s">
+        <v>19</v>
+      </c>
+      <c r="J10" t="s">
+        <v>19</v>
+      </c>
+      <c r="K10" t="s">
+        <v>19</v>
+      </c>
+      <c r="L10" t="s">
+        <v>19</v>
+      </c>
+      <c r="M10" t="s">
+        <v>19</v>
+      </c>
+      <c r="N10" t="s">
+        <v>19</v>
+      </c>
+      <c r="O10" t="s">
+        <v>19</v>
+      </c>
+      <c r="P10" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>19</v>
+      </c>
+      <c r="R10" t="s">
+        <v>19</v>
+      </c>
+      <c r="S10" t="s">
+        <v>19</v>
+      </c>
+      <c r="T10" t="s">
+        <v>19</v>
+      </c>
+      <c r="U10" t="s">
+        <v>19</v>
+      </c>
+      <c r="V10" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="11" spans="1:22">
+      <c r="A11" t="s">
         <v>13</v>
       </c>
-      <c r="B8" t="s">
+      <c r="B11" t="s">
         <v>20</v>
       </c>
-      <c r="C8" t="s">
+      <c r="C11" t="s">
         <v>20</v>
       </c>
-      <c r="D8" t="s">
+      <c r="D11" t="s">
         <v>20</v>
       </c>
-      <c r="E8" t="s">
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="F8" t="s">
+      <c r="F11" t="s">
         <v>20</v>
       </c>
-      <c r="G8" t="s">
+      <c r="G11" t="s">
         <v>20</v>
       </c>
-      <c r="H8" t="s">
+      <c r="H11" t="s">
         <v>20</v>
       </c>
-      <c r="I8" t="s">
+      <c r="I11" t="s">
         <v>20</v>
       </c>
-      <c r="J8" t="s">
+      <c r="J11" t="s">
         <v>20</v>
       </c>
-      <c r="K8" t="s">
+      <c r="K11" t="s">
         <v>20</v>
       </c>
-      <c r="L8" t="s">
+      <c r="L11" t="s">
         <v>20</v>
       </c>
-      <c r="M8" t="s">
+      <c r="M11" t="s">
         <v>20</v>
       </c>
-      <c r="N8" t="s">
+      <c r="N11" t="s">
         <v>20</v>
       </c>
-      <c r="O8" t="s">
+      <c r="O11" t="s">
         <v>20</v>
       </c>
-      <c r="P8" t="s">
+      <c r="P11" t="s">
         <v>20</v>
       </c>
-      <c r="Q8" t="s">
+      <c r="Q11" t="s">
         <v>20</v>
       </c>
-      <c r="R8" t="s">
+      <c r="R11" t="s">
         <v>20</v>
       </c>
-      <c r="S8" t="s">
+      <c r="S11" t="s">
         <v>20</v>
       </c>
-      <c r="T8" t="s">
+      <c r="T11" t="s">
         <v>20</v>
       </c>
-      <c r="U8" t="s">
+      <c r="U11" t="s">
         <v>20</v>
       </c>
-      <c r="V8" t="s">
+      <c r="V11" t="s">
         <v>20</v>
       </c>
-      <c r="W8" t="s">
-[...37 lines deleted...]
-      <c r="A9" t="s">
+    </row>
+    <row r="12" spans="1:22">
+      <c r="A12" t="s">
         <v>21</v>
       </c>
-      <c r="B9" t="s">
+      <c r="B12" t="s">
         <v>22</v>
       </c>
-      <c r="C9" t="s">
+      <c r="C12" t="s">
         <v>22</v>
       </c>
-      <c r="D9" t="s">
+      <c r="D12" t="s">
         <v>22</v>
       </c>
-      <c r="E9" t="s">
+      <c r="E12" t="s">
         <v>22</v>
       </c>
-      <c r="F9" t="s">
+      <c r="F12" t="s">
         <v>22</v>
       </c>
-      <c r="G9" t="s">
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="H9" t="s">
+      <c r="H12" t="s">
         <v>22</v>
       </c>
-      <c r="I9" t="s">
+      <c r="I12" t="s">
         <v>22</v>
       </c>
-      <c r="J9" t="s">
+      <c r="J12" t="s">
         <v>22</v>
       </c>
-      <c r="K9" t="s">
+      <c r="K12" t="s">
         <v>22</v>
       </c>
-      <c r="L9" t="s">
+      <c r="L12" t="s">
         <v>22</v>
       </c>
-      <c r="M9" t="s">
+      <c r="M12" t="s">
         <v>22</v>
       </c>
-      <c r="N9" t="s">
+      <c r="N12" t="s">
         <v>22</v>
       </c>
-      <c r="O9" t="s">
+      <c r="O12" t="s">
         <v>22</v>
       </c>
-      <c r="P9" t="s">
+      <c r="P12" t="s">
         <v>22</v>
       </c>
-      <c r="Q9" t="s">
+      <c r="Q12" t="s">
         <v>22</v>
       </c>
-      <c r="R9" t="s">
+      <c r="R12" t="s">
         <v>22</v>
       </c>
-      <c r="S9" t="s">
+      <c r="S12" t="s">
         <v>22</v>
       </c>
-      <c r="T9" t="s">
+      <c r="T12" t="s">
         <v>22</v>
       </c>
-      <c r="U9" t="s">
+      <c r="U12" t="s">
         <v>22</v>
       </c>
-      <c r="V9" t="s">
+      <c r="V12" t="s">
         <v>22</v>
       </c>
-      <c r="W9" t="s">
-[...348 lines deleted...]
-    <row r="13" spans="1:34">
+    </row>
+    <row r="13" spans="1:22">
       <c r="A13" s="4"/>
       <c r="B13" s="4"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="4"/>
       <c r="L13" s="4"/>
       <c r="M13" s="4"/>
       <c r="N13" s="4"/>
       <c r="O13" s="4"/>
       <c r="P13" s="4"/>
       <c r="Q13" s="4"/>
       <c r="R13" s="4"/>
       <c r="S13" s="4"/>
       <c r="T13" s="4"/>
       <c r="U13" s="4"/>
       <c r="V13" s="4"/>
-      <c r="W13" s="4"/>
-[...12 lines deleted...]
-    <row r="14" spans="1:34">
+    </row>
+    <row r="14" spans="1:22">
       <c r="A14" s="2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
       <c r="J14" s="2"/>
       <c r="K14" s="2"/>
       <c r="L14" s="2"/>
       <c r="M14" s="2"/>
       <c r="N14" s="2"/>
       <c r="O14" s="2"/>
       <c r="P14" s="2"/>
       <c r="Q14" s="2"/>
       <c r="R14" s="2"/>
       <c r="S14" s="2"/>
       <c r="T14" s="2"/>
       <c r="U14" s="2"/>
       <c r="V14" s="2"/>
-      <c r="W14" s="2"/>
-[...12 lines deleted...]
-    <row r="15" spans="1:34">
+    </row>
+    <row r="15" spans="1:22">
       <c r="A15" s="3" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
-      <c r="W15" s="3"/>
-[...12 lines deleted...]
-    <row r="16" spans="1:34">
+    </row>
+    <row r="16" spans="1:22">
       <c r="A16" t="s">
+        <v>9</v>
+      </c>
+      <c r="B16" t="s">
+        <v>25</v>
+      </c>
+      <c r="C16" t="s">
+        <v>25</v>
+      </c>
+      <c r="D16" t="s">
+        <v>25</v>
+      </c>
+      <c r="E16" t="s">
+        <v>25</v>
+      </c>
+      <c r="F16" t="s">
+        <v>25</v>
+      </c>
+      <c r="G16" t="s">
+        <v>25</v>
+      </c>
+      <c r="H16" t="s">
+        <v>25</v>
+      </c>
+      <c r="I16" t="s">
+        <v>25</v>
+      </c>
+      <c r="J16" t="s">
+        <v>25</v>
+      </c>
+      <c r="K16" t="s">
+        <v>25</v>
+      </c>
+      <c r="L16" t="s">
+        <v>25</v>
+      </c>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>25</v>
+      </c>
+      <c r="O16" t="s">
+        <v>25</v>
+      </c>
+      <c r="P16" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>25</v>
+      </c>
+      <c r="R16" t="s">
+        <v>25</v>
+      </c>
+      <c r="S16" t="s">
+        <v>25</v>
+      </c>
+      <c r="T16" t="s">
+        <v>25</v>
+      </c>
+      <c r="U16" t="s">
+        <v>25</v>
+      </c>
+      <c r="V16" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="17" spans="1:22">
+      <c r="A17" t="s">
         <v>13</v>
       </c>
-      <c r="B16" t="s">
-[...102 lines deleted...]
-      </c>
       <c r="B17" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C17" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D17" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="E17" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F17" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="G17" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H17" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="I17" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="J17" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="K17" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="L17" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="M17" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="N17" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="P17" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="Q17" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="R17" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="S17" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="T17" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="U17" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="V17" t="s">
-        <v>30</v>
-[...38 lines deleted...]
-    <row r="18" spans="1:34">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="18" spans="1:22">
       <c r="A18" s="3" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
       <c r="P18" s="3"/>
       <c r="Q18" s="3"/>
       <c r="R18" s="3"/>
       <c r="S18" s="3"/>
       <c r="T18" s="3"/>
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
-      <c r="W18" s="3"/>
-[...12 lines deleted...]
-    <row r="19" spans="1:34">
+    </row>
+    <row r="19" spans="1:22">
       <c r="A19" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="B19" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C19" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="D19" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E19" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="F19" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="G19" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="H19" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="I19" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="J19" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="K19" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="L19" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="M19" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="N19" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="O19" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="P19" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="Q19" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="R19" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="S19" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="T19" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="U19" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="V19" t="s">
-        <v>32</v>
-[...38 lines deleted...]
-    <row r="20" spans="1:34">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="20" spans="1:22">
       <c r="A20" s="3" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
       <c r="P20" s="3"/>
       <c r="Q20" s="3"/>
       <c r="R20" s="3"/>
       <c r="S20" s="3"/>
       <c r="T20" s="3"/>
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
-      <c r="W20" s="3"/>
-[...12 lines deleted...]
-    <row r="21" spans="1:34">
+    </row>
+    <row r="21" spans="1:22">
       <c r="A21" t="s">
+        <v>9</v>
+      </c>
+      <c r="B21" t="s">
+        <v>25</v>
+      </c>
+      <c r="C21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D21" t="s">
+        <v>25</v>
+      </c>
+      <c r="E21" t="s">
+        <v>25</v>
+      </c>
+      <c r="F21" t="s">
+        <v>25</v>
+      </c>
+      <c r="G21" t="s">
+        <v>25</v>
+      </c>
+      <c r="H21" t="s">
+        <v>25</v>
+      </c>
+      <c r="I21" t="s">
+        <v>25</v>
+      </c>
+      <c r="J21" t="s">
+        <v>25</v>
+      </c>
+      <c r="K21" t="s">
+        <v>25</v>
+      </c>
+      <c r="L21" t="s">
+        <v>25</v>
+      </c>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>25</v>
+      </c>
+      <c r="O21" t="s">
+        <v>25</v>
+      </c>
+      <c r="P21" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>25</v>
+      </c>
+      <c r="R21" t="s">
+        <v>25</v>
+      </c>
+      <c r="S21" t="s">
+        <v>25</v>
+      </c>
+      <c r="T21" t="s">
+        <v>25</v>
+      </c>
+      <c r="U21" t="s">
+        <v>25</v>
+      </c>
+      <c r="V21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="22" spans="1:22">
+      <c r="A22" t="s">
         <v>13</v>
       </c>
-      <c r="B21" t="s">
-[...102 lines deleted...]
-      </c>
       <c r="B22" t="s">
+        <v>26</v>
+      </c>
+      <c r="C22" t="s">
+        <v>26</v>
+      </c>
+      <c r="D22" t="s">
+        <v>26</v>
+      </c>
+      <c r="E22" t="s">
+        <v>26</v>
+      </c>
+      <c r="F22" t="s">
+        <v>26</v>
+      </c>
+      <c r="G22" t="s">
+        <v>26</v>
+      </c>
+      <c r="H22" t="s">
+        <v>26</v>
+      </c>
+      <c r="I22" t="s">
+        <v>26</v>
+      </c>
+      <c r="J22" t="s">
+        <v>26</v>
+      </c>
+      <c r="K22" t="s">
+        <v>26</v>
+      </c>
+      <c r="L22" t="s">
+        <v>26</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>26</v>
+      </c>
+      <c r="P22" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>26</v>
+      </c>
+      <c r="R22" t="s">
+        <v>26</v>
+      </c>
+      <c r="S22" t="s">
+        <v>26</v>
+      </c>
+      <c r="T22" t="s">
+        <v>26</v>
+      </c>
+      <c r="U22" t="s">
+        <v>26</v>
+      </c>
+      <c r="V22" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="23" spans="1:22">
+      <c r="A23" s="3" t="s">
         <v>30</v>
-      </c>
-[...99 lines deleted...]
-        <v>34</v>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
       <c r="N23" s="3"/>
       <c r="O23" s="3"/>
       <c r="P23" s="3"/>
       <c r="Q23" s="3"/>
       <c r="R23" s="3"/>
       <c r="S23" s="3"/>
       <c r="T23" s="3"/>
       <c r="U23" s="3"/>
       <c r="V23" s="3"/>
-      <c r="W23" s="3"/>
-[...12 lines deleted...]
-    <row r="24" spans="1:34">
+    </row>
+    <row r="24" spans="1:22">
       <c r="A24" t="s">
+        <v>9</v>
+      </c>
+      <c r="B24" t="s">
+        <v>31</v>
+      </c>
+      <c r="C24" t="s">
+        <v>31</v>
+      </c>
+      <c r="D24" t="s">
+        <v>31</v>
+      </c>
+      <c r="E24" t="s">
+        <v>31</v>
+      </c>
+      <c r="F24" t="s">
+        <v>31</v>
+      </c>
+      <c r="G24" t="s">
+        <v>31</v>
+      </c>
+      <c r="H24" t="s">
+        <v>31</v>
+      </c>
+      <c r="I24" t="s">
+        <v>31</v>
+      </c>
+      <c r="J24" t="s">
+        <v>31</v>
+      </c>
+      <c r="K24" t="s">
+        <v>31</v>
+      </c>
+      <c r="L24" t="s">
+        <v>31</v>
+      </c>
+      <c r="M24" t="s">
+        <v>31</v>
+      </c>
+      <c r="N24" t="s">
+        <v>31</v>
+      </c>
+      <c r="O24" t="s">
+        <v>31</v>
+      </c>
+      <c r="P24" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>31</v>
+      </c>
+      <c r="R24" t="s">
+        <v>31</v>
+      </c>
+      <c r="S24" t="s">
+        <v>31</v>
+      </c>
+      <c r="T24" t="s">
+        <v>31</v>
+      </c>
+      <c r="U24" t="s">
+        <v>31</v>
+      </c>
+      <c r="V24" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="25" spans="1:22">
+      <c r="A25" t="s">
+        <v>17</v>
+      </c>
+      <c r="B25" t="s">
+        <v>32</v>
+      </c>
+      <c r="C25" t="s">
+        <v>32</v>
+      </c>
+      <c r="D25" t="s">
+        <v>32</v>
+      </c>
+      <c r="E25" t="s">
+        <v>32</v>
+      </c>
+      <c r="F25" t="s">
+        <v>32</v>
+      </c>
+      <c r="G25" t="s">
+        <v>32</v>
+      </c>
+      <c r="H25" t="s">
+        <v>32</v>
+      </c>
+      <c r="I25" t="s">
+        <v>32</v>
+      </c>
+      <c r="J25" t="s">
+        <v>32</v>
+      </c>
+      <c r="K25" t="s">
+        <v>32</v>
+      </c>
+      <c r="L25" t="s">
+        <v>32</v>
+      </c>
+      <c r="M25" t="s">
+        <v>32</v>
+      </c>
+      <c r="N25" t="s">
+        <v>32</v>
+      </c>
+      <c r="O25" t="s">
+        <v>32</v>
+      </c>
+      <c r="P25" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>32</v>
+      </c>
+      <c r="R25" t="s">
+        <v>32</v>
+      </c>
+      <c r="S25" t="s">
+        <v>32</v>
+      </c>
+      <c r="T25" t="s">
+        <v>32</v>
+      </c>
+      <c r="U25" t="s">
+        <v>32</v>
+      </c>
+      <c r="V25" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="26" spans="1:22">
+      <c r="A26" t="s">
+        <v>11</v>
+      </c>
+      <c r="B26" t="s">
+        <v>33</v>
+      </c>
+      <c r="C26" t="s">
+        <v>33</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26" t="s">
+        <v>33</v>
+      </c>
+      <c r="G26" t="s">
+        <v>33</v>
+      </c>
+      <c r="H26" t="s">
+        <v>33</v>
+      </c>
+      <c r="I26" t="s">
+        <v>33</v>
+      </c>
+      <c r="J26" t="s">
+        <v>33</v>
+      </c>
+      <c r="K26" t="s">
+        <v>33</v>
+      </c>
+      <c r="L26" t="s">
+        <v>33</v>
+      </c>
+      <c r="M26" t="s">
+        <v>33</v>
+      </c>
+      <c r="N26" t="s">
+        <v>33</v>
+      </c>
+      <c r="O26" t="s">
+        <v>33</v>
+      </c>
+      <c r="P26" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>33</v>
+      </c>
+      <c r="R26" t="s">
+        <v>33</v>
+      </c>
+      <c r="S26" t="s">
+        <v>33</v>
+      </c>
+      <c r="T26" t="s">
+        <v>33</v>
+      </c>
+      <c r="U26" t="s">
+        <v>33</v>
+      </c>
+      <c r="V26" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="27" spans="1:22">
+      <c r="A27" t="s">
         <v>13</v>
       </c>
-      <c r="B24" t="s">
+      <c r="B27" t="s">
+        <v>34</v>
+      </c>
+      <c r="C27" t="s">
+        <v>34</v>
+      </c>
+      <c r="D27" t="s">
+        <v>34</v>
+      </c>
+      <c r="E27" t="s">
+        <v>34</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>34</v>
+      </c>
+      <c r="H27" t="s">
+        <v>34</v>
+      </c>
+      <c r="I27" t="s">
+        <v>34</v>
+      </c>
+      <c r="J27" t="s">
+        <v>34</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>34</v>
+      </c>
+      <c r="M27" t="s">
+        <v>34</v>
+      </c>
+      <c r="N27" t="s">
+        <v>34</v>
+      </c>
+      <c r="O27" t="s">
+        <v>34</v>
+      </c>
+      <c r="P27" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>34</v>
+      </c>
+      <c r="R27" t="s">
+        <v>34</v>
+      </c>
+      <c r="S27" t="s">
+        <v>34</v>
+      </c>
+      <c r="T27" t="s">
+        <v>34</v>
+      </c>
+      <c r="U27" t="s">
+        <v>34</v>
+      </c>
+      <c r="V27" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="28" spans="1:22">
+      <c r="A28" t="s">
+        <v>21</v>
+      </c>
+      <c r="B28" t="s">
         <v>35</v>
       </c>
-      <c r="C24" t="s">
+      <c r="C28" t="s">
         <v>35</v>
       </c>
-      <c r="D24" t="s">
+      <c r="D28" t="s">
         <v>35</v>
       </c>
-      <c r="E24" t="s">
+      <c r="E28" t="s">
         <v>35</v>
       </c>
-      <c r="F24" t="s">
+      <c r="F28" t="s">
         <v>35</v>
       </c>
-      <c r="G24" t="s">
+      <c r="G28" t="s">
         <v>35</v>
       </c>
-      <c r="H24" t="s">
+      <c r="H28" t="s">
         <v>35</v>
       </c>
-      <c r="I24" t="s">
+      <c r="I28" t="s">
         <v>35</v>
       </c>
-      <c r="J24" t="s">
+      <c r="J28" t="s">
         <v>35</v>
       </c>
-      <c r="K24" t="s">
+      <c r="K28" t="s">
         <v>35</v>
       </c>
-      <c r="L24" t="s">
+      <c r="L28" t="s">
         <v>35</v>
       </c>
-      <c r="M24" t="s">
+      <c r="M28" t="s">
         <v>35</v>
       </c>
-      <c r="N24" t="s">
+      <c r="N28" t="s">
         <v>35</v>
       </c>
-      <c r="O24" t="s">
+      <c r="O28" t="s">
         <v>35</v>
       </c>
-      <c r="P24" t="s">
+      <c r="P28" t="s">
         <v>35</v>
       </c>
-      <c r="Q24" t="s">
+      <c r="Q28" t="s">
         <v>35</v>
       </c>
-      <c r="R24" t="s">
+      <c r="R28" t="s">
         <v>35</v>
       </c>
-      <c r="S24" t="s">
+      <c r="S28" t="s">
         <v>35</v>
       </c>
-      <c r="T24" t="s">
+      <c r="T28" t="s">
         <v>35</v>
       </c>
-      <c r="U24" t="s">
+      <c r="U28" t="s">
         <v>35</v>
       </c>
-      <c r="V24" t="s">
+      <c r="V28" t="s">
         <v>35</v>
       </c>
-      <c r="W24" t="s">
-[...452 lines deleted...]
-    <row r="29" spans="1:34">
+    </row>
+    <row r="29" spans="1:22">
       <c r="A29" s="4"/>
       <c r="B29" s="4"/>
       <c r="C29" s="4"/>
       <c r="D29" s="4"/>
       <c r="E29" s="4"/>
       <c r="F29" s="4"/>
       <c r="G29" s="4"/>
       <c r="H29" s="4"/>
       <c r="I29" s="4"/>
       <c r="J29" s="4"/>
       <c r="K29" s="4"/>
       <c r="L29" s="4"/>
       <c r="M29" s="4"/>
       <c r="N29" s="4"/>
       <c r="O29" s="4"/>
       <c r="P29" s="4"/>
       <c r="Q29" s="4"/>
       <c r="R29" s="4"/>
       <c r="S29" s="4"/>
       <c r="T29" s="4"/>
       <c r="U29" s="4"/>
       <c r="V29" s="4"/>
-      <c r="W29" s="4"/>
-[...12 lines deleted...]
-    <row r="30" spans="1:34">
+    </row>
+    <row r="30" spans="1:22">
       <c r="A30" s="2" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
       <c r="D30" s="2"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
       <c r="J30" s="2"/>
       <c r="K30" s="2"/>
       <c r="L30" s="2"/>
       <c r="M30" s="2"/>
       <c r="N30" s="2"/>
       <c r="O30" s="2"/>
       <c r="P30" s="2"/>
       <c r="Q30" s="2"/>
       <c r="R30" s="2"/>
       <c r="S30" s="2"/>
       <c r="T30" s="2"/>
       <c r="U30" s="2"/>
       <c r="V30" s="2"/>
-      <c r="W30" s="2"/>
-[...12 lines deleted...]
-    <row r="31" spans="1:34">
+    </row>
+    <row r="31" spans="1:22">
       <c r="A31" s="3" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B31" s="3"/>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="3"/>
       <c r="L31" s="3"/>
       <c r="M31" s="3"/>
       <c r="N31" s="3"/>
       <c r="O31" s="3"/>
       <c r="P31" s="3"/>
       <c r="Q31" s="3"/>
       <c r="R31" s="3"/>
       <c r="S31" s="3"/>
       <c r="T31" s="3"/>
       <c r="U31" s="3"/>
       <c r="V31" s="3"/>
-      <c r="W31" s="3"/>
-[...12 lines deleted...]
-    <row r="32" spans="1:34">
+    </row>
+    <row r="32" spans="1:22">
       <c r="A32" t="s">
+        <v>9</v>
+      </c>
+      <c r="B32" t="s">
+        <v>34</v>
+      </c>
+      <c r="C32" t="s">
+        <v>34</v>
+      </c>
+      <c r="D32" t="s">
+        <v>34</v>
+      </c>
+      <c r="E32" t="s">
+        <v>34</v>
+      </c>
+      <c r="F32" t="s">
+        <v>34</v>
+      </c>
+      <c r="G32" t="s">
+        <v>34</v>
+      </c>
+      <c r="H32" t="s">
+        <v>34</v>
+      </c>
+      <c r="I32" t="s">
+        <v>34</v>
+      </c>
+      <c r="J32" t="s">
+        <v>34</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>34</v>
+      </c>
+      <c r="M32" t="s">
+        <v>34</v>
+      </c>
+      <c r="N32" t="s">
+        <v>34</v>
+      </c>
+      <c r="O32" t="s">
+        <v>34</v>
+      </c>
+      <c r="P32" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>34</v>
+      </c>
+      <c r="R32" t="s">
+        <v>34</v>
+      </c>
+      <c r="S32" t="s">
+        <v>34</v>
+      </c>
+      <c r="T32" t="s">
+        <v>34</v>
+      </c>
+      <c r="U32" t="s">
+        <v>34</v>
+      </c>
+      <c r="V32" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="33" spans="1:22">
+      <c r="A33" t="s">
         <v>13</v>
       </c>
-      <c r="B32" t="s">
+      <c r="B33" t="s">
         <v>38</v>
       </c>
-      <c r="C32" t="s">
+      <c r="C33" t="s">
         <v>38</v>
       </c>
-      <c r="D32" t="s">
+      <c r="D33" t="s">
         <v>38</v>
       </c>
-      <c r="E32" t="s">
+      <c r="E33" t="s">
         <v>38</v>
       </c>
-      <c r="F32" t="s">
+      <c r="F33" t="s">
         <v>38</v>
       </c>
-      <c r="G32" t="s">
+      <c r="G33" t="s">
         <v>38</v>
       </c>
-      <c r="H32" t="s">
+      <c r="H33" t="s">
         <v>38</v>
       </c>
-      <c r="I32" t="s">
+      <c r="I33" t="s">
         <v>38</v>
       </c>
-      <c r="J32" t="s">
+      <c r="J33" t="s">
         <v>38</v>
       </c>
-      <c r="K32" t="s">
+      <c r="K33" t="s">
         <v>38</v>
       </c>
-      <c r="L32" t="s">
+      <c r="L33" t="s">
         <v>38</v>
       </c>
-      <c r="M32" t="s">
+      <c r="M33" t="s">
         <v>38</v>
       </c>
-      <c r="N32" t="s">
+      <c r="N33" t="s">
         <v>38</v>
       </c>
-      <c r="O32" t="s">
+      <c r="O33" t="s">
         <v>38</v>
       </c>
-      <c r="P32" t="s">
+      <c r="P33" t="s">
         <v>38</v>
       </c>
-      <c r="Q32" t="s">
+      <c r="Q33" t="s">
         <v>38</v>
       </c>
-      <c r="R32" t="s">
+      <c r="R33" t="s">
         <v>38</v>
       </c>
-      <c r="S32" t="s">
+      <c r="S33" t="s">
         <v>38</v>
       </c>
-      <c r="T32" t="s">
+      <c r="T33" t="s">
         <v>38</v>
       </c>
-      <c r="U32" t="s">
+      <c r="U33" t="s">
         <v>38</v>
       </c>
-      <c r="V32" t="s">
+      <c r="V33" t="s">
         <v>38</v>
       </c>
-      <c r="W32" t="s">
-[...140 lines deleted...]
-    <row r="34" spans="1:34">
+    </row>
+    <row r="34" spans="1:22">
       <c r="A34" s="3" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3"/>
       <c r="K34" s="3"/>
       <c r="L34" s="3"/>
       <c r="M34" s="3"/>
       <c r="N34" s="3"/>
       <c r="O34" s="3"/>
       <c r="P34" s="3"/>
       <c r="Q34" s="3"/>
       <c r="R34" s="3"/>
       <c r="S34" s="3"/>
       <c r="T34" s="3"/>
       <c r="U34" s="3"/>
       <c r="V34" s="3"/>
-      <c r="W34" s="3"/>
-[...12 lines deleted...]
-    <row r="35" spans="1:34">
+    </row>
+    <row r="35" spans="1:22">
       <c r="A35" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="B35" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="C35" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D35" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="E35" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="F35" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G35" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="H35" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="I35" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="J35" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="K35" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="L35" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="M35" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="N35" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="O35" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="P35" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="Q35" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="R35" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="S35" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="T35" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="U35" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="V35" t="s">
-        <v>44</v>
-[...38 lines deleted...]
-    <row r="36" spans="1:34">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="36" spans="1:22">
       <c r="A36" s="4"/>
       <c r="B36" s="4"/>
       <c r="C36" s="4"/>
       <c r="D36" s="4"/>
       <c r="E36" s="4"/>
       <c r="F36" s="4"/>
       <c r="G36" s="4"/>
       <c r="H36" s="4"/>
       <c r="I36" s="4"/>
       <c r="J36" s="4"/>
       <c r="K36" s="4"/>
       <c r="L36" s="4"/>
       <c r="M36" s="4"/>
       <c r="N36" s="4"/>
       <c r="O36" s="4"/>
       <c r="P36" s="4"/>
       <c r="Q36" s="4"/>
       <c r="R36" s="4"/>
       <c r="S36" s="4"/>
       <c r="T36" s="4"/>
       <c r="U36" s="4"/>
       <c r="V36" s="4"/>
-      <c r="W36" s="4"/>
-[...12 lines deleted...]
-    <row r="37" spans="1:34">
+    </row>
+    <row r="37" spans="1:22">
       <c r="A37" s="2" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
       <c r="J37" s="2"/>
       <c r="K37" s="2"/>
       <c r="L37" s="2"/>
       <c r="M37" s="2"/>
       <c r="N37" s="2"/>
       <c r="O37" s="2"/>
       <c r="P37" s="2"/>
       <c r="Q37" s="2"/>
       <c r="R37" s="2"/>
       <c r="S37" s="2"/>
       <c r="T37" s="2"/>
       <c r="U37" s="2"/>
       <c r="V37" s="2"/>
-      <c r="W37" s="2"/>
-[...12 lines deleted...]
-    <row r="38" spans="1:34">
+    </row>
+    <row r="38" spans="1:22">
       <c r="A38" s="3" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3"/>
       <c r="K38" s="3"/>
       <c r="L38" s="3"/>
       <c r="M38" s="3"/>
       <c r="N38" s="3"/>
       <c r="O38" s="3"/>
       <c r="P38" s="3"/>
       <c r="Q38" s="3"/>
       <c r="R38" s="3"/>
       <c r="S38" s="3"/>
       <c r="T38" s="3"/>
       <c r="U38" s="3"/>
       <c r="V38" s="3"/>
-      <c r="W38" s="3"/>
-[...12 lines deleted...]
-    <row r="39" spans="1:34">
+    </row>
+    <row r="39" spans="1:22">
       <c r="A39" t="s">
+        <v>9</v>
+      </c>
+      <c r="B39" t="s">
+        <v>43</v>
+      </c>
+      <c r="C39" t="s">
+        <v>43</v>
+      </c>
+      <c r="D39" t="s">
+        <v>43</v>
+      </c>
+      <c r="E39" t="s">
+        <v>43</v>
+      </c>
+      <c r="F39" t="s">
+        <v>43</v>
+      </c>
+      <c r="G39" t="s">
+        <v>43</v>
+      </c>
+      <c r="H39" t="s">
+        <v>43</v>
+      </c>
+      <c r="I39" t="s">
+        <v>43</v>
+      </c>
+      <c r="J39" t="s">
+        <v>43</v>
+      </c>
+      <c r="K39" t="s">
+        <v>43</v>
+      </c>
+      <c r="L39" t="s">
+        <v>43</v>
+      </c>
+      <c r="M39" t="s">
+        <v>43</v>
+      </c>
+      <c r="N39" t="s">
+        <v>43</v>
+      </c>
+      <c r="O39" t="s">
+        <v>43</v>
+      </c>
+      <c r="P39" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>43</v>
+      </c>
+      <c r="R39" t="s">
+        <v>43</v>
+      </c>
+      <c r="S39" t="s">
+        <v>43</v>
+      </c>
+      <c r="T39" t="s">
+        <v>43</v>
+      </c>
+      <c r="U39" t="s">
+        <v>43</v>
+      </c>
+      <c r="V39" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="40" spans="1:22">
+      <c r="A40" t="s">
         <v>13</v>
       </c>
-      <c r="B39" t="s">
-[...102 lines deleted...]
-      </c>
       <c r="B40" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="C40" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D40" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="E40" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="F40" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G40" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="H40" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="I40" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="J40" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K40" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="L40" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="M40" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="N40" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="O40" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="P40" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="Q40" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="R40" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="S40" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="T40" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="U40" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="V40" t="s">
-        <v>48</v>
-[...38 lines deleted...]
-    <row r="41" spans="1:34">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="41" spans="1:22">
       <c r="A41" s="3" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="B41" s="3"/>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
       <c r="O41" s="3"/>
       <c r="P41" s="3"/>
       <c r="Q41" s="3"/>
       <c r="R41" s="3"/>
       <c r="S41" s="3"/>
       <c r="T41" s="3"/>
       <c r="U41" s="3"/>
       <c r="V41" s="3"/>
-      <c r="W41" s="3"/>
-[...12 lines deleted...]
-    <row r="42" spans="1:34">
+    </row>
+    <row r="42" spans="1:22">
       <c r="A42" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="B42" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C42" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="D42" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E42" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="F42" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="G42" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="H42" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="I42" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="J42" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="K42" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="L42" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="M42" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="N42" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="P42" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="Q42" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="R42" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="S42" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="T42" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="U42" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="V42" t="s">
-        <v>32</v>
-[...38 lines deleted...]
-    <row r="43" spans="1:34">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="43" spans="1:22">
       <c r="A43" s="4"/>
       <c r="B43" s="4"/>
       <c r="C43" s="4"/>
       <c r="D43" s="4"/>
       <c r="E43" s="4"/>
       <c r="F43" s="4"/>
       <c r="G43" s="4"/>
       <c r="H43" s="4"/>
       <c r="I43" s="4"/>
       <c r="J43" s="4"/>
       <c r="K43" s="4"/>
       <c r="L43" s="4"/>
       <c r="M43" s="4"/>
       <c r="N43" s="4"/>
       <c r="O43" s="4"/>
       <c r="P43" s="4"/>
       <c r="Q43" s="4"/>
       <c r="R43" s="4"/>
       <c r="S43" s="4"/>
       <c r="T43" s="4"/>
       <c r="U43" s="4"/>
       <c r="V43" s="4"/>
-      <c r="W43" s="4"/>
-[...12 lines deleted...]
-    <row r="44" spans="1:34">
+    </row>
+    <row r="44" spans="1:22">
       <c r="A44" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
       <c r="J44" s="2"/>
       <c r="K44" s="2"/>
       <c r="L44" s="2"/>
       <c r="M44" s="2"/>
       <c r="N44" s="2"/>
       <c r="O44" s="2"/>
       <c r="P44" s="2"/>
       <c r="Q44" s="2"/>
       <c r="R44" s="2"/>
       <c r="S44" s="2"/>
       <c r="T44" s="2"/>
       <c r="U44" s="2"/>
       <c r="V44" s="2"/>
-      <c r="W44" s="2"/>
-[...12 lines deleted...]
-    <row r="45" spans="1:34">
+    </row>
+    <row r="45" spans="1:22">
       <c r="A45" s="3" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="B45" s="3"/>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="3"/>
       <c r="O45" s="3"/>
       <c r="P45" s="3"/>
       <c r="Q45" s="3"/>
       <c r="R45" s="3"/>
       <c r="S45" s="3"/>
       <c r="T45" s="3"/>
       <c r="U45" s="3"/>
       <c r="V45" s="3"/>
-      <c r="W45" s="3"/>
-[...12 lines deleted...]
-    <row r="46" spans="1:34">
+    </row>
+    <row r="46" spans="1:22">
       <c r="A46" t="s">
+        <v>9</v>
+      </c>
+      <c r="B46" t="s">
+        <v>31</v>
+      </c>
+      <c r="C46" t="s">
+        <v>31</v>
+      </c>
+      <c r="D46" t="s">
+        <v>31</v>
+      </c>
+      <c r="E46" t="s">
+        <v>31</v>
+      </c>
+      <c r="F46" t="s">
+        <v>31</v>
+      </c>
+      <c r="G46" t="s">
+        <v>31</v>
+      </c>
+      <c r="H46" t="s">
+        <v>31</v>
+      </c>
+      <c r="I46" t="s">
+        <v>31</v>
+      </c>
+      <c r="J46" t="s">
+        <v>31</v>
+      </c>
+      <c r="K46" t="s">
+        <v>31</v>
+      </c>
+      <c r="L46" t="s">
+        <v>31</v>
+      </c>
+      <c r="M46" t="s">
+        <v>31</v>
+      </c>
+      <c r="N46" t="s">
+        <v>31</v>
+      </c>
+      <c r="O46" t="s">
+        <v>31</v>
+      </c>
+      <c r="P46" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>31</v>
+      </c>
+      <c r="R46" t="s">
+        <v>31</v>
+      </c>
+      <c r="S46" t="s">
+        <v>31</v>
+      </c>
+      <c r="T46" t="s">
+        <v>31</v>
+      </c>
+      <c r="U46" t="s">
+        <v>31</v>
+      </c>
+      <c r="V46" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="47" spans="1:22">
+      <c r="A47" t="s">
+        <v>17</v>
+      </c>
+      <c r="B47" t="s">
+        <v>48</v>
+      </c>
+      <c r="C47" t="s">
+        <v>48</v>
+      </c>
+      <c r="D47" t="s">
+        <v>48</v>
+      </c>
+      <c r="E47" t="s">
+        <v>48</v>
+      </c>
+      <c r="F47" t="s">
+        <v>48</v>
+      </c>
+      <c r="G47" t="s">
+        <v>48</v>
+      </c>
+      <c r="H47" t="s">
+        <v>48</v>
+      </c>
+      <c r="I47" t="s">
+        <v>48</v>
+      </c>
+      <c r="J47" t="s">
+        <v>48</v>
+      </c>
+      <c r="K47" t="s">
+        <v>48</v>
+      </c>
+      <c r="L47" t="s">
+        <v>48</v>
+      </c>
+      <c r="M47" t="s">
+        <v>48</v>
+      </c>
+      <c r="N47" t="s">
+        <v>48</v>
+      </c>
+      <c r="O47" t="s">
+        <v>48</v>
+      </c>
+      <c r="P47" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>48</v>
+      </c>
+      <c r="R47" t="s">
+        <v>48</v>
+      </c>
+      <c r="S47" t="s">
+        <v>48</v>
+      </c>
+      <c r="T47" t="s">
+        <v>48</v>
+      </c>
+      <c r="U47" t="s">
+        <v>48</v>
+      </c>
+      <c r="V47" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="48" spans="1:22">
+      <c r="A48" t="s">
+        <v>11</v>
+      </c>
+      <c r="B48" t="s">
+        <v>49</v>
+      </c>
+      <c r="C48" t="s">
+        <v>49</v>
+      </c>
+      <c r="D48" t="s">
+        <v>49</v>
+      </c>
+      <c r="E48" t="s">
+        <v>49</v>
+      </c>
+      <c r="F48" t="s">
+        <v>49</v>
+      </c>
+      <c r="G48" t="s">
+        <v>49</v>
+      </c>
+      <c r="H48" t="s">
+        <v>49</v>
+      </c>
+      <c r="I48" t="s">
+        <v>49</v>
+      </c>
+      <c r="J48" t="s">
+        <v>49</v>
+      </c>
+      <c r="K48" t="s">
+        <v>49</v>
+      </c>
+      <c r="L48" t="s">
+        <v>49</v>
+      </c>
+      <c r="M48" t="s">
+        <v>49</v>
+      </c>
+      <c r="N48" t="s">
+        <v>49</v>
+      </c>
+      <c r="O48" t="s">
+        <v>49</v>
+      </c>
+      <c r="P48" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>49</v>
+      </c>
+      <c r="R48" t="s">
+        <v>49</v>
+      </c>
+      <c r="S48" t="s">
+        <v>49</v>
+      </c>
+      <c r="T48" t="s">
+        <v>49</v>
+      </c>
+      <c r="U48" t="s">
+        <v>49</v>
+      </c>
+      <c r="V48" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="49" spans="1:22">
+      <c r="A49" t="s">
         <v>13</v>
       </c>
-      <c r="B46" t="s">
-[...100 lines deleted...]
-      <c r="A47" t="s">
+      <c r="B49" t="s">
+        <v>34</v>
+      </c>
+      <c r="C49" t="s">
+        <v>34</v>
+      </c>
+      <c r="D49" t="s">
+        <v>34</v>
+      </c>
+      <c r="E49" t="s">
+        <v>34</v>
+      </c>
+      <c r="F49" t="s">
+        <v>34</v>
+      </c>
+      <c r="G49" t="s">
+        <v>34</v>
+      </c>
+      <c r="H49" t="s">
+        <v>34</v>
+      </c>
+      <c r="I49" t="s">
+        <v>34</v>
+      </c>
+      <c r="J49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>34</v>
+      </c>
+      <c r="M49" t="s">
+        <v>34</v>
+      </c>
+      <c r="N49" t="s">
+        <v>34</v>
+      </c>
+      <c r="O49" t="s">
+        <v>34</v>
+      </c>
+      <c r="P49" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>34</v>
+      </c>
+      <c r="R49" t="s">
+        <v>34</v>
+      </c>
+      <c r="S49" t="s">
+        <v>34</v>
+      </c>
+      <c r="T49" t="s">
+        <v>34</v>
+      </c>
+      <c r="U49" t="s">
+        <v>34</v>
+      </c>
+      <c r="V49" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="50" spans="1:22">
+      <c r="A50" t="s">
         <v>21</v>
       </c>
-      <c r="B47" t="s">
-[...310 lines deleted...]
-      </c>
       <c r="B50" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="C50" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="D50" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="E50" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="F50" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="G50" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="H50" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="I50" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="J50" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="K50" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="L50" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="M50" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="N50" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="O50" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="P50" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q50" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="R50" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="S50" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="T50" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="U50" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="V50" t="s">
-        <v>54</v>
-[...38 lines deleted...]
-    <row r="51" spans="1:34">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="51" spans="1:22">
       <c r="A51" s="3" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="B51" s="3"/>
       <c r="C51" s="3"/>
       <c r="D51" s="3"/>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3"/>
       <c r="I51" s="3"/>
       <c r="J51" s="3"/>
       <c r="K51" s="3"/>
       <c r="L51" s="3"/>
       <c r="M51" s="3"/>
       <c r="N51" s="3"/>
       <c r="O51" s="3"/>
       <c r="P51" s="3"/>
       <c r="Q51" s="3"/>
       <c r="R51" s="3"/>
       <c r="S51" s="3"/>
       <c r="T51" s="3"/>
       <c r="U51" s="3"/>
       <c r="V51" s="3"/>
-      <c r="W51" s="3"/>
-[...12 lines deleted...]
-    <row r="52" spans="1:34">
+    </row>
+    <row r="52" spans="1:22">
       <c r="A52" t="s">
+        <v>9</v>
+      </c>
+      <c r="B52" t="s">
+        <v>12</v>
+      </c>
+      <c r="C52" t="s">
+        <v>12</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>12</v>
+      </c>
+      <c r="H52" t="s">
+        <v>12</v>
+      </c>
+      <c r="I52" t="s">
+        <v>12</v>
+      </c>
+      <c r="J52" t="s">
+        <v>12</v>
+      </c>
+      <c r="K52" t="s">
+        <v>12</v>
+      </c>
+      <c r="L52" t="s">
+        <v>12</v>
+      </c>
+      <c r="M52" t="s">
+        <v>12</v>
+      </c>
+      <c r="N52" t="s">
+        <v>12</v>
+      </c>
+      <c r="O52" t="s">
+        <v>12</v>
+      </c>
+      <c r="P52" t="s">
+        <v>12</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>12</v>
+      </c>
+      <c r="R52" t="s">
+        <v>12</v>
+      </c>
+      <c r="S52" t="s">
+        <v>12</v>
+      </c>
+      <c r="T52" t="s">
+        <v>12</v>
+      </c>
+      <c r="U52" t="s">
+        <v>12</v>
+      </c>
+      <c r="V52" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="53" spans="1:22">
+      <c r="A53" t="s">
+        <v>17</v>
+      </c>
+      <c r="B53" t="s">
+        <v>48</v>
+      </c>
+      <c r="C53" t="s">
+        <v>48</v>
+      </c>
+      <c r="D53" t="s">
+        <v>48</v>
+      </c>
+      <c r="E53" t="s">
+        <v>48</v>
+      </c>
+      <c r="F53" t="s">
+        <v>48</v>
+      </c>
+      <c r="G53" t="s">
+        <v>48</v>
+      </c>
+      <c r="H53" t="s">
+        <v>48</v>
+      </c>
+      <c r="I53" t="s">
+        <v>48</v>
+      </c>
+      <c r="J53" t="s">
+        <v>48</v>
+      </c>
+      <c r="K53" t="s">
+        <v>48</v>
+      </c>
+      <c r="L53" t="s">
+        <v>48</v>
+      </c>
+      <c r="M53" t="s">
+        <v>48</v>
+      </c>
+      <c r="N53" t="s">
+        <v>48</v>
+      </c>
+      <c r="O53" t="s">
+        <v>48</v>
+      </c>
+      <c r="P53" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>48</v>
+      </c>
+      <c r="R53" t="s">
+        <v>48</v>
+      </c>
+      <c r="S53" t="s">
+        <v>48</v>
+      </c>
+      <c r="T53" t="s">
+        <v>48</v>
+      </c>
+      <c r="U53" t="s">
+        <v>48</v>
+      </c>
+      <c r="V53" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="54" spans="1:22">
+      <c r="A54" t="s">
+        <v>11</v>
+      </c>
+      <c r="B54" t="s">
+        <v>52</v>
+      </c>
+      <c r="C54" t="s">
+        <v>52</v>
+      </c>
+      <c r="D54" t="s">
+        <v>52</v>
+      </c>
+      <c r="E54" t="s">
+        <v>52</v>
+      </c>
+      <c r="F54" t="s">
+        <v>52</v>
+      </c>
+      <c r="G54" t="s">
+        <v>52</v>
+      </c>
+      <c r="H54" t="s">
+        <v>52</v>
+      </c>
+      <c r="I54" t="s">
+        <v>52</v>
+      </c>
+      <c r="J54" t="s">
+        <v>52</v>
+      </c>
+      <c r="K54" t="s">
+        <v>52</v>
+      </c>
+      <c r="L54" t="s">
+        <v>52</v>
+      </c>
+      <c r="M54" t="s">
+        <v>52</v>
+      </c>
+      <c r="N54" t="s">
+        <v>52</v>
+      </c>
+      <c r="O54" t="s">
+        <v>52</v>
+      </c>
+      <c r="P54" t="s">
+        <v>52</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>52</v>
+      </c>
+      <c r="R54" t="s">
+        <v>52</v>
+      </c>
+      <c r="S54" t="s">
+        <v>52</v>
+      </c>
+      <c r="T54" t="s">
+        <v>52</v>
+      </c>
+      <c r="U54" t="s">
+        <v>52</v>
+      </c>
+      <c r="V54" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="55" spans="1:22">
+      <c r="A55" t="s">
         <v>13</v>
       </c>
-      <c r="B52" t="s">
-[...100 lines deleted...]
-      <c r="A53" t="s">
+      <c r="B55" t="s">
+        <v>53</v>
+      </c>
+      <c r="C55" t="s">
+        <v>53</v>
+      </c>
+      <c r="D55" t="s">
+        <v>53</v>
+      </c>
+      <c r="E55" t="s">
+        <v>53</v>
+      </c>
+      <c r="F55" t="s">
+        <v>53</v>
+      </c>
+      <c r="G55" t="s">
+        <v>53</v>
+      </c>
+      <c r="H55" t="s">
+        <v>53</v>
+      </c>
+      <c r="I55" t="s">
+        <v>53</v>
+      </c>
+      <c r="J55" t="s">
+        <v>53</v>
+      </c>
+      <c r="K55" t="s">
+        <v>53</v>
+      </c>
+      <c r="L55" t="s">
+        <v>53</v>
+      </c>
+      <c r="M55" t="s">
+        <v>53</v>
+      </c>
+      <c r="N55" t="s">
+        <v>53</v>
+      </c>
+      <c r="O55" t="s">
+        <v>53</v>
+      </c>
+      <c r="P55" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>53</v>
+      </c>
+      <c r="R55" t="s">
+        <v>53</v>
+      </c>
+      <c r="S55" t="s">
+        <v>53</v>
+      </c>
+      <c r="T55" t="s">
+        <v>53</v>
+      </c>
+      <c r="U55" t="s">
+        <v>53</v>
+      </c>
+      <c r="V55" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="56" spans="1:22">
+      <c r="A56" t="s">
         <v>21</v>
       </c>
-      <c r="B53" t="s">
-[...310 lines deleted...]
-      </c>
       <c r="B56" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="C56" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="D56" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="E56" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="F56" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="G56" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="H56" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="I56" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="J56" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="K56" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="L56" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="M56" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="N56" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="O56" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="P56" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="Q56" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="R56" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="S56" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="T56" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="U56" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="V56" t="s">
-        <v>54</v>
-[...38 lines deleted...]
-    <row r="57" spans="1:34">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="57" spans="1:22">
       <c r="A57" s="4"/>
       <c r="B57" s="4"/>
       <c r="C57" s="4"/>
       <c r="D57" s="4"/>
       <c r="E57" s="4"/>
       <c r="F57" s="4"/>
       <c r="G57" s="4"/>
       <c r="H57" s="4"/>
       <c r="I57" s="4"/>
       <c r="J57" s="4"/>
       <c r="K57" s="4"/>
       <c r="L57" s="4"/>
       <c r="M57" s="4"/>
       <c r="N57" s="4"/>
       <c r="O57" s="4"/>
       <c r="P57" s="4"/>
       <c r="Q57" s="4"/>
       <c r="R57" s="4"/>
       <c r="S57" s="4"/>
       <c r="T57" s="4"/>
       <c r="U57" s="4"/>
       <c r="V57" s="4"/>
-      <c r="W57" s="4"/>
-[...12 lines deleted...]
-    <row r="58" spans="1:34">
+    </row>
+    <row r="58" spans="1:22">
       <c r="A58" s="2" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="2"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
       <c r="I58" s="2"/>
       <c r="J58" s="2"/>
       <c r="K58" s="2"/>
       <c r="L58" s="2"/>
       <c r="M58" s="2"/>
       <c r="N58" s="2"/>
       <c r="O58" s="2"/>
       <c r="P58" s="2"/>
       <c r="Q58" s="2"/>
       <c r="R58" s="2"/>
       <c r="S58" s="2"/>
       <c r="T58" s="2"/>
       <c r="U58" s="2"/>
       <c r="V58" s="2"/>
-      <c r="W58" s="2"/>
-[...12 lines deleted...]
-    <row r="59" spans="1:34">
+    </row>
+    <row r="59" spans="1:22">
       <c r="A59" s="3" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="B59" s="3"/>
       <c r="C59" s="3"/>
       <c r="D59" s="3"/>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="I59" s="3"/>
       <c r="J59" s="3"/>
       <c r="K59" s="3"/>
       <c r="L59" s="3"/>
       <c r="M59" s="3"/>
       <c r="N59" s="3"/>
       <c r="O59" s="3"/>
       <c r="P59" s="3"/>
       <c r="Q59" s="3"/>
       <c r="R59" s="3"/>
       <c r="S59" s="3"/>
       <c r="T59" s="3"/>
       <c r="U59" s="3"/>
       <c r="V59" s="3"/>
-      <c r="W59" s="3"/>
-[...12 lines deleted...]
-    <row r="60" spans="1:34">
+    </row>
+    <row r="60" spans="1:22">
       <c r="A60" t="s">
+        <v>9</v>
+      </c>
+      <c r="B60" t="s">
+        <v>56</v>
+      </c>
+      <c r="C60" t="s">
+        <v>56</v>
+      </c>
+      <c r="D60" t="s">
+        <v>56</v>
+      </c>
+      <c r="E60" t="s">
+        <v>56</v>
+      </c>
+      <c r="F60" t="s">
+        <v>56</v>
+      </c>
+      <c r="G60" t="s">
+        <v>56</v>
+      </c>
+      <c r="H60" t="s">
+        <v>56</v>
+      </c>
+      <c r="I60" t="s">
+        <v>56</v>
+      </c>
+      <c r="J60" t="s">
+        <v>56</v>
+      </c>
+      <c r="K60" t="s">
+        <v>56</v>
+      </c>
+      <c r="L60" t="s">
+        <v>56</v>
+      </c>
+      <c r="M60" t="s">
+        <v>56</v>
+      </c>
+      <c r="N60" t="s">
+        <v>56</v>
+      </c>
+      <c r="O60" t="s">
+        <v>56</v>
+      </c>
+      <c r="P60" t="s">
+        <v>56</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>56</v>
+      </c>
+      <c r="R60" t="s">
+        <v>56</v>
+      </c>
+      <c r="S60" t="s">
+        <v>56</v>
+      </c>
+      <c r="T60" t="s">
+        <v>56</v>
+      </c>
+      <c r="U60" t="s">
+        <v>56</v>
+      </c>
+      <c r="V60" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="61" spans="1:22">
+      <c r="A61" t="s">
+        <v>17</v>
+      </c>
+      <c r="B61" t="s">
+        <v>16</v>
+      </c>
+      <c r="C61" t="s">
+        <v>16</v>
+      </c>
+      <c r="D61" t="s">
+        <v>16</v>
+      </c>
+      <c r="E61" t="s">
+        <v>16</v>
+      </c>
+      <c r="F61" t="s">
+        <v>16</v>
+      </c>
+      <c r="G61" t="s">
+        <v>16</v>
+      </c>
+      <c r="H61" t="s">
+        <v>16</v>
+      </c>
+      <c r="I61" t="s">
+        <v>16</v>
+      </c>
+      <c r="J61" t="s">
+        <v>16</v>
+      </c>
+      <c r="K61" t="s">
+        <v>16</v>
+      </c>
+      <c r="L61" t="s">
+        <v>16</v>
+      </c>
+      <c r="M61" t="s">
+        <v>16</v>
+      </c>
+      <c r="N61" t="s">
+        <v>16</v>
+      </c>
+      <c r="O61" t="s">
+        <v>16</v>
+      </c>
+      <c r="P61" t="s">
+        <v>16</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>16</v>
+      </c>
+      <c r="R61" t="s">
+        <v>16</v>
+      </c>
+      <c r="S61" t="s">
+        <v>16</v>
+      </c>
+      <c r="T61" t="s">
+        <v>16</v>
+      </c>
+      <c r="U61" t="s">
+        <v>16</v>
+      </c>
+      <c r="V61" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="62" spans="1:22">
+      <c r="A62" t="s">
+        <v>11</v>
+      </c>
+      <c r="B62" t="s">
+        <v>57</v>
+      </c>
+      <c r="C62" t="s">
+        <v>57</v>
+      </c>
+      <c r="D62" t="s">
+        <v>57</v>
+      </c>
+      <c r="E62" t="s">
+        <v>57</v>
+      </c>
+      <c r="F62" t="s">
+        <v>57</v>
+      </c>
+      <c r="G62" t="s">
+        <v>57</v>
+      </c>
+      <c r="H62" t="s">
+        <v>57</v>
+      </c>
+      <c r="I62" t="s">
+        <v>57</v>
+      </c>
+      <c r="J62" t="s">
+        <v>57</v>
+      </c>
+      <c r="K62" t="s">
+        <v>57</v>
+      </c>
+      <c r="L62" t="s">
+        <v>57</v>
+      </c>
+      <c r="M62" t="s">
+        <v>57</v>
+      </c>
+      <c r="N62" t="s">
+        <v>57</v>
+      </c>
+      <c r="O62" t="s">
+        <v>57</v>
+      </c>
+      <c r="P62" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>57</v>
+      </c>
+      <c r="R62" t="s">
+        <v>57</v>
+      </c>
+      <c r="S62" t="s">
+        <v>57</v>
+      </c>
+      <c r="T62" t="s">
+        <v>57</v>
+      </c>
+      <c r="U62" t="s">
+        <v>57</v>
+      </c>
+      <c r="V62" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="63" spans="1:22">
+      <c r="A63" t="s">
         <v>13</v>
       </c>
-      <c r="B60" t="s">
-[...100 lines deleted...]
-      <c r="A61" t="s">
+      <c r="B63" t="s">
+        <v>31</v>
+      </c>
+      <c r="C63" t="s">
+        <v>31</v>
+      </c>
+      <c r="D63" t="s">
+        <v>31</v>
+      </c>
+      <c r="E63" t="s">
+        <v>31</v>
+      </c>
+      <c r="F63" t="s">
+        <v>31</v>
+      </c>
+      <c r="G63" t="s">
+        <v>31</v>
+      </c>
+      <c r="H63" t="s">
+        <v>31</v>
+      </c>
+      <c r="I63" t="s">
+        <v>31</v>
+      </c>
+      <c r="J63" t="s">
+        <v>31</v>
+      </c>
+      <c r="K63" t="s">
+        <v>31</v>
+      </c>
+      <c r="L63" t="s">
+        <v>31</v>
+      </c>
+      <c r="M63" t="s">
+        <v>31</v>
+      </c>
+      <c r="N63" t="s">
+        <v>31</v>
+      </c>
+      <c r="O63" t="s">
+        <v>31</v>
+      </c>
+      <c r="P63" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>31</v>
+      </c>
+      <c r="R63" t="s">
+        <v>31</v>
+      </c>
+      <c r="S63" t="s">
+        <v>31</v>
+      </c>
+      <c r="T63" t="s">
+        <v>31</v>
+      </c>
+      <c r="U63" t="s">
+        <v>31</v>
+      </c>
+      <c r="V63" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="64" spans="1:22">
+      <c r="A64" t="s">
         <v>21</v>
       </c>
-      <c r="B61" t="s">
+      <c r="B64" t="s">
         <v>20</v>
       </c>
-      <c r="C61" t="s">
+      <c r="C64" t="s">
         <v>20</v>
       </c>
-      <c r="D61" t="s">
+      <c r="D64" t="s">
         <v>20</v>
       </c>
-      <c r="E61" t="s">
+      <c r="E64" t="s">
         <v>20</v>
       </c>
-      <c r="F61" t="s">
+      <c r="F64" t="s">
         <v>20</v>
       </c>
-      <c r="G61" t="s">
+      <c r="G64" t="s">
         <v>20</v>
       </c>
-      <c r="H61" t="s">
+      <c r="H64" t="s">
         <v>20</v>
       </c>
-      <c r="I61" t="s">
+      <c r="I64" t="s">
         <v>20</v>
       </c>
-      <c r="J61" t="s">
+      <c r="J64" t="s">
         <v>20</v>
       </c>
-      <c r="K61" t="s">
+      <c r="K64" t="s">
         <v>20</v>
       </c>
-      <c r="L61" t="s">
+      <c r="L64" t="s">
         <v>20</v>
       </c>
-      <c r="M61" t="s">
+      <c r="M64" t="s">
         <v>20</v>
       </c>
-      <c r="N61" t="s">
+      <c r="N64" t="s">
         <v>20</v>
       </c>
-      <c r="O61" t="s">
+      <c r="O64" t="s">
         <v>20</v>
       </c>
-      <c r="P61" t="s">
+      <c r="P64" t="s">
         <v>20</v>
       </c>
-      <c r="Q61" t="s">
+      <c r="Q64" t="s">
         <v>20</v>
       </c>
-      <c r="R61" t="s">
+      <c r="R64" t="s">
         <v>20</v>
       </c>
-      <c r="S61" t="s">
+      <c r="S64" t="s">
         <v>20</v>
       </c>
-      <c r="T61" t="s">
+      <c r="T64" t="s">
         <v>20</v>
       </c>
-      <c r="U61" t="s">
+      <c r="U64" t="s">
         <v>20</v>
       </c>
-      <c r="V61" t="s">
+      <c r="V64" t="s">
         <v>20</v>
       </c>
-      <c r="W61" t="s">
-[...348 lines deleted...]
-    <row r="65" spans="1:34">
+    </row>
+    <row r="65" spans="1:22">
       <c r="A65" s="4"/>
       <c r="B65" s="4"/>
       <c r="C65" s="4"/>
       <c r="D65" s="4"/>
       <c r="E65" s="4"/>
       <c r="F65" s="4"/>
       <c r="G65" s="4"/>
       <c r="H65" s="4"/>
       <c r="I65" s="4"/>
       <c r="J65" s="4"/>
       <c r="K65" s="4"/>
       <c r="L65" s="4"/>
       <c r="M65" s="4"/>
       <c r="N65" s="4"/>
       <c r="O65" s="4"/>
       <c r="P65" s="4"/>
       <c r="Q65" s="4"/>
       <c r="R65" s="4"/>
       <c r="S65" s="4"/>
       <c r="T65" s="4"/>
       <c r="U65" s="4"/>
       <c r="V65" s="4"/>
-      <c r="W65" s="4"/>
-[...12 lines deleted...]
-    <row r="66" spans="1:34">
+    </row>
+    <row r="66" spans="1:22">
       <c r="A66" s="2" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="2"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
       <c r="I66" s="2"/>
       <c r="J66" s="2"/>
       <c r="K66" s="2"/>
       <c r="L66" s="2"/>
       <c r="M66" s="2"/>
       <c r="N66" s="2"/>
       <c r="O66" s="2"/>
       <c r="P66" s="2"/>
       <c r="Q66" s="2"/>
       <c r="R66" s="2"/>
       <c r="S66" s="2"/>
       <c r="T66" s="2"/>
       <c r="U66" s="2"/>
       <c r="V66" s="2"/>
-      <c r="W66" s="2"/>
-[...12 lines deleted...]
-    <row r="67" spans="1:34">
+    </row>
+    <row r="67" spans="1:22">
       <c r="A67" s="3" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B67" s="3"/>
       <c r="C67" s="3"/>
       <c r="D67" s="3"/>
       <c r="E67" s="3"/>
       <c r="F67" s="3"/>
       <c r="G67" s="3"/>
       <c r="H67" s="3"/>
       <c r="I67" s="3"/>
       <c r="J67" s="3"/>
       <c r="K67" s="3"/>
       <c r="L67" s="3"/>
       <c r="M67" s="3"/>
       <c r="N67" s="3"/>
       <c r="O67" s="3"/>
       <c r="P67" s="3"/>
       <c r="Q67" s="3"/>
       <c r="R67" s="3"/>
       <c r="S67" s="3"/>
       <c r="T67" s="3"/>
       <c r="U67" s="3"/>
       <c r="V67" s="3"/>
-      <c r="W67" s="3"/>
-[...12 lines deleted...]
-    <row r="68" spans="1:34">
+    </row>
+    <row r="68" spans="1:22">
       <c r="A68" t="s">
+        <v>9</v>
+      </c>
+      <c r="B68" t="s">
+        <v>60</v>
+      </c>
+      <c r="C68" t="s">
+        <v>60</v>
+      </c>
+      <c r="D68" t="s">
+        <v>60</v>
+      </c>
+      <c r="E68" t="s">
+        <v>60</v>
+      </c>
+      <c r="F68" t="s">
+        <v>60</v>
+      </c>
+      <c r="G68" t="s">
+        <v>60</v>
+      </c>
+      <c r="H68" t="s">
+        <v>60</v>
+      </c>
+      <c r="I68" t="s">
+        <v>60</v>
+      </c>
+      <c r="J68" t="s">
+        <v>60</v>
+      </c>
+      <c r="K68" t="s">
+        <v>60</v>
+      </c>
+      <c r="L68" t="s">
+        <v>60</v>
+      </c>
+      <c r="M68" t="s">
+        <v>60</v>
+      </c>
+      <c r="N68" t="s">
+        <v>60</v>
+      </c>
+      <c r="O68" t="s">
+        <v>60</v>
+      </c>
+      <c r="P68" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>60</v>
+      </c>
+      <c r="R68" t="s">
+        <v>60</v>
+      </c>
+      <c r="S68" t="s">
+        <v>60</v>
+      </c>
+      <c r="T68" t="s">
+        <v>60</v>
+      </c>
+      <c r="U68" t="s">
+        <v>60</v>
+      </c>
+      <c r="V68" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="69" spans="1:22">
+      <c r="A69" t="s">
+        <v>17</v>
+      </c>
+      <c r="B69" t="s">
+        <v>61</v>
+      </c>
+      <c r="C69" t="s">
+        <v>61</v>
+      </c>
+      <c r="D69" t="s">
+        <v>61</v>
+      </c>
+      <c r="E69" t="s">
+        <v>61</v>
+      </c>
+      <c r="F69" t="s">
+        <v>61</v>
+      </c>
+      <c r="G69" t="s">
+        <v>61</v>
+      </c>
+      <c r="H69" t="s">
+        <v>61</v>
+      </c>
+      <c r="I69" t="s">
+        <v>61</v>
+      </c>
+      <c r="J69" t="s">
+        <v>61</v>
+      </c>
+      <c r="K69" t="s">
+        <v>61</v>
+      </c>
+      <c r="L69" t="s">
+        <v>61</v>
+      </c>
+      <c r="M69" t="s">
+        <v>61</v>
+      </c>
+      <c r="N69" t="s">
+        <v>61</v>
+      </c>
+      <c r="O69" t="s">
+        <v>61</v>
+      </c>
+      <c r="P69" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>61</v>
+      </c>
+      <c r="R69" t="s">
+        <v>61</v>
+      </c>
+      <c r="S69" t="s">
+        <v>61</v>
+      </c>
+      <c r="T69" t="s">
+        <v>61</v>
+      </c>
+      <c r="U69" t="s">
+        <v>61</v>
+      </c>
+      <c r="V69" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="70" spans="1:22">
+      <c r="A70" t="s">
+        <v>11</v>
+      </c>
+      <c r="B70" t="s">
+        <v>62</v>
+      </c>
+      <c r="C70" t="s">
+        <v>62</v>
+      </c>
+      <c r="D70" t="s">
+        <v>62</v>
+      </c>
+      <c r="E70" t="s">
+        <v>62</v>
+      </c>
+      <c r="F70" t="s">
+        <v>62</v>
+      </c>
+      <c r="G70" t="s">
+        <v>62</v>
+      </c>
+      <c r="H70" t="s">
+        <v>62</v>
+      </c>
+      <c r="I70" t="s">
+        <v>62</v>
+      </c>
+      <c r="J70" t="s">
+        <v>62</v>
+      </c>
+      <c r="K70" t="s">
+        <v>62</v>
+      </c>
+      <c r="L70" t="s">
+        <v>62</v>
+      </c>
+      <c r="M70" t="s">
+        <v>62</v>
+      </c>
+      <c r="N70" t="s">
+        <v>62</v>
+      </c>
+      <c r="O70" t="s">
+        <v>62</v>
+      </c>
+      <c r="P70" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>62</v>
+      </c>
+      <c r="R70" t="s">
+        <v>62</v>
+      </c>
+      <c r="S70" t="s">
+        <v>62</v>
+      </c>
+      <c r="T70" t="s">
+        <v>62</v>
+      </c>
+      <c r="U70" t="s">
+        <v>62</v>
+      </c>
+      <c r="V70" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="71" spans="1:22">
+      <c r="A71" t="s">
         <v>13</v>
       </c>
-      <c r="B68" t="s">
+      <c r="B71" t="s">
+        <v>63</v>
+      </c>
+      <c r="C71" t="s">
+        <v>63</v>
+      </c>
+      <c r="D71" t="s">
+        <v>63</v>
+      </c>
+      <c r="E71" t="s">
+        <v>63</v>
+      </c>
+      <c r="F71" t="s">
+        <v>63</v>
+      </c>
+      <c r="G71" t="s">
+        <v>63</v>
+      </c>
+      <c r="H71" t="s">
+        <v>63</v>
+      </c>
+      <c r="I71" t="s">
+        <v>63</v>
+      </c>
+      <c r="J71" t="s">
+        <v>63</v>
+      </c>
+      <c r="K71" t="s">
+        <v>63</v>
+      </c>
+      <c r="L71" t="s">
+        <v>63</v>
+      </c>
+      <c r="M71" t="s">
+        <v>63</v>
+      </c>
+      <c r="N71" t="s">
+        <v>63</v>
+      </c>
+      <c r="O71" t="s">
+        <v>63</v>
+      </c>
+      <c r="P71" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>63</v>
+      </c>
+      <c r="R71" t="s">
+        <v>63</v>
+      </c>
+      <c r="S71" t="s">
+        <v>63</v>
+      </c>
+      <c r="T71" t="s">
+        <v>63</v>
+      </c>
+      <c r="U71" t="s">
+        <v>63</v>
+      </c>
+      <c r="V71" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="72" spans="1:22">
+      <c r="A72" t="s">
+        <v>21</v>
+      </c>
+      <c r="B72" t="s">
+        <v>32</v>
+      </c>
+      <c r="C72" t="s">
+        <v>32</v>
+      </c>
+      <c r="D72" t="s">
+        <v>32</v>
+      </c>
+      <c r="E72" t="s">
+        <v>32</v>
+      </c>
+      <c r="F72" t="s">
+        <v>32</v>
+      </c>
+      <c r="G72" t="s">
+        <v>32</v>
+      </c>
+      <c r="H72" t="s">
+        <v>32</v>
+      </c>
+      <c r="I72" t="s">
+        <v>32</v>
+      </c>
+      <c r="J72" t="s">
+        <v>32</v>
+      </c>
+      <c r="K72" t="s">
+        <v>32</v>
+      </c>
+      <c r="L72" t="s">
+        <v>32</v>
+      </c>
+      <c r="M72" t="s">
+        <v>32</v>
+      </c>
+      <c r="N72" t="s">
+        <v>32</v>
+      </c>
+      <c r="O72" t="s">
+        <v>32</v>
+      </c>
+      <c r="P72" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>32</v>
+      </c>
+      <c r="R72" t="s">
+        <v>32</v>
+      </c>
+      <c r="S72" t="s">
+        <v>32</v>
+      </c>
+      <c r="T72" t="s">
+        <v>32</v>
+      </c>
+      <c r="U72" t="s">
+        <v>32</v>
+      </c>
+      <c r="V72" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="73" spans="1:22">
+      <c r="A73" s="3" t="s">
         <v>64</v>
-      </c>
-[...515 lines deleted...]
-        <v>68</v>
       </c>
       <c r="B73" s="3"/>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
       <c r="O73" s="3"/>
       <c r="P73" s="3"/>
       <c r="Q73" s="3"/>
       <c r="R73" s="3"/>
       <c r="S73" s="3"/>
       <c r="T73" s="3"/>
       <c r="U73" s="3"/>
       <c r="V73" s="3"/>
-      <c r="W73" s="3"/>
-[...12 lines deleted...]
-    <row r="74" spans="1:34">
+    </row>
+    <row r="74" spans="1:22">
       <c r="A74" t="s">
+        <v>9</v>
+      </c>
+      <c r="B74" t="s">
+        <v>65</v>
+      </c>
+      <c r="C74" t="s">
+        <v>65</v>
+      </c>
+      <c r="D74" t="s">
+        <v>65</v>
+      </c>
+      <c r="E74" t="s">
+        <v>65</v>
+      </c>
+      <c r="F74" t="s">
+        <v>65</v>
+      </c>
+      <c r="G74" t="s">
+        <v>65</v>
+      </c>
+      <c r="H74" t="s">
+        <v>65</v>
+      </c>
+      <c r="I74" t="s">
+        <v>65</v>
+      </c>
+      <c r="J74" t="s">
+        <v>65</v>
+      </c>
+      <c r="K74" t="s">
+        <v>65</v>
+      </c>
+      <c r="L74" t="s">
+        <v>65</v>
+      </c>
+      <c r="M74" t="s">
+        <v>65</v>
+      </c>
+      <c r="N74" t="s">
+        <v>65</v>
+      </c>
+      <c r="O74" t="s">
+        <v>65</v>
+      </c>
+      <c r="P74" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>65</v>
+      </c>
+      <c r="R74" t="s">
+        <v>65</v>
+      </c>
+      <c r="S74" t="s">
+        <v>65</v>
+      </c>
+      <c r="T74" t="s">
+        <v>65</v>
+      </c>
+      <c r="U74" t="s">
+        <v>65</v>
+      </c>
+      <c r="V74" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="75" spans="1:22">
+      <c r="A75" t="s">
+        <v>17</v>
+      </c>
+      <c r="B75" t="s">
+        <v>61</v>
+      </c>
+      <c r="C75" t="s">
+        <v>61</v>
+      </c>
+      <c r="D75" t="s">
+        <v>61</v>
+      </c>
+      <c r="E75" t="s">
+        <v>61</v>
+      </c>
+      <c r="F75" t="s">
+        <v>61</v>
+      </c>
+      <c r="G75" t="s">
+        <v>61</v>
+      </c>
+      <c r="H75" t="s">
+        <v>61</v>
+      </c>
+      <c r="I75" t="s">
+        <v>61</v>
+      </c>
+      <c r="J75" t="s">
+        <v>61</v>
+      </c>
+      <c r="K75" t="s">
+        <v>61</v>
+      </c>
+      <c r="L75" t="s">
+        <v>61</v>
+      </c>
+      <c r="M75" t="s">
+        <v>61</v>
+      </c>
+      <c r="N75" t="s">
+        <v>61</v>
+      </c>
+      <c r="O75" t="s">
+        <v>61</v>
+      </c>
+      <c r="P75" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>61</v>
+      </c>
+      <c r="R75" t="s">
+        <v>61</v>
+      </c>
+      <c r="S75" t="s">
+        <v>61</v>
+      </c>
+      <c r="T75" t="s">
+        <v>61</v>
+      </c>
+      <c r="U75" t="s">
+        <v>61</v>
+      </c>
+      <c r="V75" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="76" spans="1:22">
+      <c r="A76" t="s">
+        <v>11</v>
+      </c>
+      <c r="B76" t="s">
+        <v>66</v>
+      </c>
+      <c r="C76" t="s">
+        <v>66</v>
+      </c>
+      <c r="D76" t="s">
+        <v>66</v>
+      </c>
+      <c r="E76" t="s">
+        <v>66</v>
+      </c>
+      <c r="F76" t="s">
+        <v>66</v>
+      </c>
+      <c r="G76" t="s">
+        <v>66</v>
+      </c>
+      <c r="H76" t="s">
+        <v>66</v>
+      </c>
+      <c r="I76" t="s">
+        <v>66</v>
+      </c>
+      <c r="J76" t="s">
+        <v>66</v>
+      </c>
+      <c r="K76" t="s">
+        <v>66</v>
+      </c>
+      <c r="L76" t="s">
+        <v>66</v>
+      </c>
+      <c r="M76" t="s">
+        <v>66</v>
+      </c>
+      <c r="N76" t="s">
+        <v>66</v>
+      </c>
+      <c r="O76" t="s">
+        <v>66</v>
+      </c>
+      <c r="P76" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>66</v>
+      </c>
+      <c r="R76" t="s">
+        <v>66</v>
+      </c>
+      <c r="S76" t="s">
+        <v>66</v>
+      </c>
+      <c r="T76" t="s">
+        <v>66</v>
+      </c>
+      <c r="U76" t="s">
+        <v>66</v>
+      </c>
+      <c r="V76" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="77" spans="1:22">
+      <c r="A77" t="s">
         <v>13</v>
       </c>
-      <c r="B74" t="s">
-[...100 lines deleted...]
-      <c r="A75" t="s">
+      <c r="B77" t="s">
+        <v>67</v>
+      </c>
+      <c r="C77" t="s">
+        <v>67</v>
+      </c>
+      <c r="D77" t="s">
+        <v>67</v>
+      </c>
+      <c r="E77" t="s">
+        <v>67</v>
+      </c>
+      <c r="F77" t="s">
+        <v>67</v>
+      </c>
+      <c r="G77" t="s">
+        <v>67</v>
+      </c>
+      <c r="H77" t="s">
+        <v>67</v>
+      </c>
+      <c r="I77" t="s">
+        <v>67</v>
+      </c>
+      <c r="J77" t="s">
+        <v>67</v>
+      </c>
+      <c r="K77" t="s">
+        <v>67</v>
+      </c>
+      <c r="L77" t="s">
+        <v>67</v>
+      </c>
+      <c r="M77" t="s">
+        <v>67</v>
+      </c>
+      <c r="N77" t="s">
+        <v>67</v>
+      </c>
+      <c r="O77" t="s">
+        <v>67</v>
+      </c>
+      <c r="P77" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>67</v>
+      </c>
+      <c r="R77" t="s">
+        <v>67</v>
+      </c>
+      <c r="S77" t="s">
+        <v>67</v>
+      </c>
+      <c r="T77" t="s">
+        <v>67</v>
+      </c>
+      <c r="U77" t="s">
+        <v>67</v>
+      </c>
+      <c r="V77" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="78" spans="1:22">
+      <c r="A78" t="s">
         <v>21</v>
       </c>
-      <c r="B75" t="s">
-[...310 lines deleted...]
-      </c>
       <c r="B78" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="C78" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D78" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="E78" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="F78" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="G78" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="H78" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="I78" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="J78" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="K78" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="L78" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="M78" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="N78" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="O78" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="P78" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="Q78" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="R78" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="S78" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="T78" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="U78" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="V78" t="s">
-        <v>36</v>
-[...38 lines deleted...]
-    <row r="79" spans="1:34">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="79" spans="1:22">
       <c r="A79" s="4"/>
       <c r="B79" s="4"/>
       <c r="C79" s="4"/>
       <c r="D79" s="4"/>
       <c r="E79" s="4"/>
       <c r="F79" s="4"/>
       <c r="G79" s="4"/>
       <c r="H79" s="4"/>
       <c r="I79" s="4"/>
       <c r="J79" s="4"/>
       <c r="K79" s="4"/>
       <c r="L79" s="4"/>
       <c r="M79" s="4"/>
       <c r="N79" s="4"/>
       <c r="O79" s="4"/>
       <c r="P79" s="4"/>
       <c r="Q79" s="4"/>
       <c r="R79" s="4"/>
       <c r="S79" s="4"/>
       <c r="T79" s="4"/>
       <c r="U79" s="4"/>
       <c r="V79" s="4"/>
-      <c r="W79" s="4"/>
-[...12 lines deleted...]
-    <row r="80" spans="1:34">
+    </row>
+    <row r="80" spans="1:22">
       <c r="A80" s="2" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
       <c r="D80" s="2"/>
       <c r="E80" s="2"/>
       <c r="F80" s="2"/>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
       <c r="I80" s="2"/>
       <c r="J80" s="2"/>
       <c r="K80" s="2"/>
       <c r="L80" s="2"/>
       <c r="M80" s="2"/>
       <c r="N80" s="2"/>
       <c r="O80" s="2"/>
       <c r="P80" s="2"/>
       <c r="Q80" s="2"/>
       <c r="R80" s="2"/>
       <c r="S80" s="2"/>
       <c r="T80" s="2"/>
       <c r="U80" s="2"/>
       <c r="V80" s="2"/>
-      <c r="W80" s="2"/>
-[...12 lines deleted...]
-    <row r="81" spans="1:34">
+    </row>
+    <row r="81" spans="1:22">
       <c r="A81" s="3" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="B81" s="3"/>
       <c r="C81" s="3"/>
       <c r="D81" s="3"/>
       <c r="E81" s="3"/>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
       <c r="H81" s="3"/>
       <c r="I81" s="3"/>
       <c r="J81" s="3"/>
       <c r="K81" s="3"/>
       <c r="L81" s="3"/>
       <c r="M81" s="3"/>
       <c r="N81" s="3"/>
       <c r="O81" s="3"/>
       <c r="P81" s="3"/>
       <c r="Q81" s="3"/>
       <c r="R81" s="3"/>
       <c r="S81" s="3"/>
       <c r="T81" s="3"/>
       <c r="U81" s="3"/>
       <c r="V81" s="3"/>
-      <c r="W81" s="3"/>
-[...12 lines deleted...]
-    <row r="82" spans="1:34">
+    </row>
+    <row r="82" spans="1:22">
       <c r="A82" t="s">
+        <v>9</v>
+      </c>
+      <c r="B82" t="s">
+        <v>70</v>
+      </c>
+      <c r="C82" t="s">
+        <v>70</v>
+      </c>
+      <c r="D82" t="s">
+        <v>70</v>
+      </c>
+      <c r="E82" t="s">
+        <v>70</v>
+      </c>
+      <c r="F82" t="s">
+        <v>70</v>
+      </c>
+      <c r="G82" t="s">
+        <v>70</v>
+      </c>
+      <c r="H82" t="s">
+        <v>70</v>
+      </c>
+      <c r="I82" t="s">
+        <v>70</v>
+      </c>
+      <c r="J82" t="s">
+        <v>70</v>
+      </c>
+      <c r="K82" t="s">
+        <v>70</v>
+      </c>
+      <c r="L82" t="s">
+        <v>70</v>
+      </c>
+      <c r="M82" t="s">
+        <v>70</v>
+      </c>
+      <c r="N82" t="s">
+        <v>70</v>
+      </c>
+      <c r="O82" t="s">
+        <v>70</v>
+      </c>
+      <c r="P82" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>70</v>
+      </c>
+      <c r="R82" t="s">
+        <v>70</v>
+      </c>
+      <c r="S82" t="s">
+        <v>70</v>
+      </c>
+      <c r="T82" t="s">
+        <v>70</v>
+      </c>
+      <c r="U82" t="s">
+        <v>70</v>
+      </c>
+      <c r="V82" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="83" spans="1:22">
+      <c r="A83" t="s">
+        <v>17</v>
+      </c>
+      <c r="B83" t="s">
+        <v>16</v>
+      </c>
+      <c r="C83" t="s">
+        <v>16</v>
+      </c>
+      <c r="D83" t="s">
+        <v>16</v>
+      </c>
+      <c r="E83" t="s">
+        <v>16</v>
+      </c>
+      <c r="F83" t="s">
+        <v>16</v>
+      </c>
+      <c r="G83" t="s">
+        <v>16</v>
+      </c>
+      <c r="H83" t="s">
+        <v>16</v>
+      </c>
+      <c r="I83" t="s">
+        <v>16</v>
+      </c>
+      <c r="J83" t="s">
+        <v>16</v>
+      </c>
+      <c r="K83" t="s">
+        <v>16</v>
+      </c>
+      <c r="L83" t="s">
+        <v>16</v>
+      </c>
+      <c r="M83" t="s">
+        <v>16</v>
+      </c>
+      <c r="N83" t="s">
+        <v>16</v>
+      </c>
+      <c r="O83" t="s">
+        <v>16</v>
+      </c>
+      <c r="P83" t="s">
+        <v>16</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>16</v>
+      </c>
+      <c r="R83" t="s">
+        <v>16</v>
+      </c>
+      <c r="S83" t="s">
+        <v>16</v>
+      </c>
+      <c r="T83" t="s">
+        <v>16</v>
+      </c>
+      <c r="U83" t="s">
+        <v>16</v>
+      </c>
+      <c r="V83" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="84" spans="1:22">
+      <c r="A84" t="s">
+        <v>11</v>
+      </c>
+      <c r="B84" t="s">
+        <v>71</v>
+      </c>
+      <c r="C84" t="s">
+        <v>71</v>
+      </c>
+      <c r="D84" t="s">
+        <v>71</v>
+      </c>
+      <c r="E84" t="s">
+        <v>71</v>
+      </c>
+      <c r="F84" t="s">
+        <v>71</v>
+      </c>
+      <c r="G84" t="s">
+        <v>71</v>
+      </c>
+      <c r="H84" t="s">
+        <v>71</v>
+      </c>
+      <c r="I84" t="s">
+        <v>71</v>
+      </c>
+      <c r="J84" t="s">
+        <v>71</v>
+      </c>
+      <c r="K84" t="s">
+        <v>71</v>
+      </c>
+      <c r="L84" t="s">
+        <v>71</v>
+      </c>
+      <c r="M84" t="s">
+        <v>71</v>
+      </c>
+      <c r="N84" t="s">
+        <v>71</v>
+      </c>
+      <c r="O84" t="s">
+        <v>71</v>
+      </c>
+      <c r="P84" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>71</v>
+      </c>
+      <c r="R84" t="s">
+        <v>71</v>
+      </c>
+      <c r="S84" t="s">
+        <v>71</v>
+      </c>
+      <c r="T84" t="s">
+        <v>71</v>
+      </c>
+      <c r="U84" t="s">
+        <v>71</v>
+      </c>
+      <c r="V84" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="85" spans="1:22">
+      <c r="A85" t="s">
         <v>13</v>
       </c>
-      <c r="B82" t="s">
-[...100 lines deleted...]
-      <c r="A83" t="s">
+      <c r="B85" t="s">
+        <v>72</v>
+      </c>
+      <c r="C85" t="s">
+        <v>72</v>
+      </c>
+      <c r="D85" t="s">
+        <v>72</v>
+      </c>
+      <c r="E85" t="s">
+        <v>72</v>
+      </c>
+      <c r="F85" t="s">
+        <v>72</v>
+      </c>
+      <c r="G85" t="s">
+        <v>72</v>
+      </c>
+      <c r="H85" t="s">
+        <v>72</v>
+      </c>
+      <c r="I85" t="s">
+        <v>72</v>
+      </c>
+      <c r="J85" t="s">
+        <v>72</v>
+      </c>
+      <c r="K85" t="s">
+        <v>72</v>
+      </c>
+      <c r="L85" t="s">
+        <v>72</v>
+      </c>
+      <c r="M85" t="s">
+        <v>72</v>
+      </c>
+      <c r="N85" t="s">
+        <v>72</v>
+      </c>
+      <c r="O85" t="s">
+        <v>72</v>
+      </c>
+      <c r="P85" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>72</v>
+      </c>
+      <c r="R85" t="s">
+        <v>72</v>
+      </c>
+      <c r="S85" t="s">
+        <v>72</v>
+      </c>
+      <c r="T85" t="s">
+        <v>72</v>
+      </c>
+      <c r="U85" t="s">
+        <v>72</v>
+      </c>
+      <c r="V85" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="86" spans="1:22">
+      <c r="A86" t="s">
         <v>21</v>
       </c>
-      <c r="B83" t="s">
+      <c r="B86" t="s">
         <v>20</v>
       </c>
-      <c r="C83" t="s">
+      <c r="C86" t="s">
         <v>20</v>
       </c>
-      <c r="D83" t="s">
+      <c r="D86" t="s">
         <v>20</v>
       </c>
-      <c r="E83" t="s">
+      <c r="E86" t="s">
         <v>20</v>
       </c>
-      <c r="F83" t="s">
+      <c r="F86" t="s">
         <v>20</v>
       </c>
-      <c r="G83" t="s">
+      <c r="G86" t="s">
         <v>20</v>
       </c>
-      <c r="H83" t="s">
+      <c r="H86" t="s">
         <v>20</v>
       </c>
-      <c r="I83" t="s">
+      <c r="I86" t="s">
         <v>20</v>
       </c>
-      <c r="J83" t="s">
+      <c r="J86" t="s">
         <v>20</v>
       </c>
-      <c r="K83" t="s">
+      <c r="K86" t="s">
         <v>20</v>
       </c>
-      <c r="L83" t="s">
+      <c r="L86" t="s">
         <v>20</v>
       </c>
-      <c r="M83" t="s">
+      <c r="M86" t="s">
         <v>20</v>
       </c>
-      <c r="N83" t="s">
+      <c r="N86" t="s">
         <v>20</v>
       </c>
-      <c r="O83" t="s">
+      <c r="O86" t="s">
         <v>20</v>
       </c>
-      <c r="P83" t="s">
+      <c r="P86" t="s">
         <v>20</v>
       </c>
-      <c r="Q83" t="s">
+      <c r="Q86" t="s">
         <v>20</v>
       </c>
-      <c r="R83" t="s">
+      <c r="R86" t="s">
         <v>20</v>
       </c>
-      <c r="S83" t="s">
+      <c r="S86" t="s">
         <v>20</v>
       </c>
-      <c r="T83" t="s">
+      <c r="T86" t="s">
         <v>20</v>
       </c>
-      <c r="U83" t="s">
+      <c r="U86" t="s">
         <v>20</v>
       </c>
-      <c r="V83" t="s">
+      <c r="V86" t="s">
         <v>20</v>
       </c>
-      <c r="W83" t="s">
-[...348 lines deleted...]
-    <row r="87" spans="1:34">
+    </row>
+    <row r="87" spans="1:22">
       <c r="A87" s="4"/>
       <c r="B87" s="4"/>
       <c r="C87" s="4"/>
       <c r="D87" s="4"/>
       <c r="E87" s="4"/>
       <c r="F87" s="4"/>
       <c r="G87" s="4"/>
       <c r="H87" s="4"/>
       <c r="I87" s="4"/>
       <c r="J87" s="4"/>
       <c r="K87" s="4"/>
       <c r="L87" s="4"/>
       <c r="M87" s="4"/>
       <c r="N87" s="4"/>
       <c r="O87" s="4"/>
       <c r="P87" s="4"/>
       <c r="Q87" s="4"/>
       <c r="R87" s="4"/>
       <c r="S87" s="4"/>
       <c r="T87" s="4"/>
       <c r="U87" s="4"/>
       <c r="V87" s="4"/>
-      <c r="W87" s="4"/>
-[...12 lines deleted...]
-    <row r="88" spans="1:34">
+    </row>
+    <row r="88" spans="1:22">
       <c r="A88" s="2" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
       <c r="D88" s="2"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2"/>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
       <c r="I88" s="2"/>
       <c r="J88" s="2"/>
       <c r="K88" s="2"/>
       <c r="L88" s="2"/>
       <c r="M88" s="2"/>
       <c r="N88" s="2"/>
       <c r="O88" s="2"/>
       <c r="P88" s="2"/>
       <c r="Q88" s="2"/>
       <c r="R88" s="2"/>
       <c r="S88" s="2"/>
       <c r="T88" s="2"/>
       <c r="U88" s="2"/>
       <c r="V88" s="2"/>
-      <c r="W88" s="2"/>
-[...12 lines deleted...]
-    <row r="89" spans="1:34">
+    </row>
+    <row r="89" spans="1:22">
       <c r="A89" s="3" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="B89" s="3"/>
       <c r="C89" s="3"/>
       <c r="D89" s="3"/>
       <c r="E89" s="3"/>
       <c r="F89" s="3"/>
       <c r="G89" s="3"/>
       <c r="H89" s="3"/>
       <c r="I89" s="3"/>
       <c r="J89" s="3"/>
       <c r="K89" s="3"/>
       <c r="L89" s="3"/>
       <c r="M89" s="3"/>
       <c r="N89" s="3"/>
       <c r="O89" s="3"/>
       <c r="P89" s="3"/>
       <c r="Q89" s="3"/>
       <c r="R89" s="3"/>
       <c r="S89" s="3"/>
       <c r="T89" s="3"/>
       <c r="U89" s="3"/>
       <c r="V89" s="3"/>
-      <c r="W89" s="3"/>
-[...12 lines deleted...]
-    <row r="90" spans="1:34">
+    </row>
+    <row r="90" spans="1:22">
       <c r="A90" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="B90" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="C90" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D90" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="E90" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F90" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="G90" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="H90" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="I90" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="J90" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="K90" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="L90" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="M90" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="N90" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="O90" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="P90" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="Q90" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="R90" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="S90" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="T90" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="U90" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="V90" t="s">
-        <v>79</v>
-[...38 lines deleted...]
-    <row r="91" spans="1:34">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="91" spans="1:22">
       <c r="A91" s="4"/>
       <c r="B91" s="4"/>
       <c r="C91" s="4"/>
       <c r="D91" s="4"/>
       <c r="E91" s="4"/>
       <c r="F91" s="4"/>
       <c r="G91" s="4"/>
       <c r="H91" s="4"/>
       <c r="I91" s="4"/>
       <c r="J91" s="4"/>
       <c r="K91" s="4"/>
       <c r="L91" s="4"/>
       <c r="M91" s="4"/>
       <c r="N91" s="4"/>
       <c r="O91" s="4"/>
       <c r="P91" s="4"/>
       <c r="Q91" s="4"/>
       <c r="R91" s="4"/>
       <c r="S91" s="4"/>
       <c r="T91" s="4"/>
       <c r="U91" s="4"/>
       <c r="V91" s="4"/>
-      <c r="W91" s="4"/>
-[...12 lines deleted...]
-    <row r="92" spans="1:34">
+    </row>
+    <row r="92" spans="1:22">
       <c r="A92" s="2" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
       <c r="D92" s="2"/>
       <c r="E92" s="2"/>
       <c r="F92" s="2"/>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
       <c r="I92" s="2"/>
       <c r="J92" s="2"/>
       <c r="K92" s="2"/>
       <c r="L92" s="2"/>
       <c r="M92" s="2"/>
       <c r="N92" s="2"/>
       <c r="O92" s="2"/>
       <c r="P92" s="2"/>
       <c r="Q92" s="2"/>
       <c r="R92" s="2"/>
       <c r="S92" s="2"/>
       <c r="T92" s="2"/>
       <c r="U92" s="2"/>
       <c r="V92" s="2"/>
-      <c r="W92" s="2"/>
-[...12 lines deleted...]
-    <row r="93" spans="1:34">
+    </row>
+    <row r="93" spans="1:22">
       <c r="A93" s="3" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="B93" s="3"/>
       <c r="C93" s="3"/>
       <c r="D93" s="3"/>
       <c r="E93" s="3"/>
       <c r="F93" s="3"/>
       <c r="G93" s="3"/>
       <c r="H93" s="3"/>
       <c r="I93" s="3"/>
       <c r="J93" s="3"/>
       <c r="K93" s="3"/>
       <c r="L93" s="3"/>
       <c r="M93" s="3"/>
       <c r="N93" s="3"/>
       <c r="O93" s="3"/>
       <c r="P93" s="3"/>
       <c r="Q93" s="3"/>
       <c r="R93" s="3"/>
       <c r="S93" s="3"/>
       <c r="T93" s="3"/>
       <c r="U93" s="3"/>
       <c r="V93" s="3"/>
-      <c r="W93" s="3"/>
-[...12 lines deleted...]
-    <row r="94" spans="1:34">
+    </row>
+    <row r="94" spans="1:22">
       <c r="A94" t="s">
+        <v>9</v>
+      </c>
+      <c r="B94" t="s">
+        <v>67</v>
+      </c>
+      <c r="C94" t="s">
+        <v>67</v>
+      </c>
+      <c r="D94" t="s">
+        <v>67</v>
+      </c>
+      <c r="E94" t="s">
+        <v>67</v>
+      </c>
+      <c r="F94" t="s">
+        <v>67</v>
+      </c>
+      <c r="G94" t="s">
+        <v>67</v>
+      </c>
+      <c r="H94" t="s">
+        <v>67</v>
+      </c>
+      <c r="I94" t="s">
+        <v>67</v>
+      </c>
+      <c r="J94" t="s">
+        <v>67</v>
+      </c>
+      <c r="K94" t="s">
+        <v>67</v>
+      </c>
+      <c r="L94" t="s">
+        <v>67</v>
+      </c>
+      <c r="M94" t="s">
+        <v>67</v>
+      </c>
+      <c r="N94" t="s">
+        <v>67</v>
+      </c>
+      <c r="O94" t="s">
+        <v>67</v>
+      </c>
+      <c r="P94" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>67</v>
+      </c>
+      <c r="R94" t="s">
+        <v>67</v>
+      </c>
+      <c r="S94" t="s">
+        <v>67</v>
+      </c>
+      <c r="T94" t="s">
+        <v>67</v>
+      </c>
+      <c r="U94" t="s">
+        <v>67</v>
+      </c>
+      <c r="V94" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="95" spans="1:22">
+      <c r="A95" t="s">
+        <v>17</v>
+      </c>
+      <c r="B95" t="s">
+        <v>77</v>
+      </c>
+      <c r="C95" t="s">
+        <v>77</v>
+      </c>
+      <c r="D95" t="s">
+        <v>77</v>
+      </c>
+      <c r="E95" t="s">
+        <v>77</v>
+      </c>
+      <c r="F95" t="s">
+        <v>77</v>
+      </c>
+      <c r="G95" t="s">
+        <v>77</v>
+      </c>
+      <c r="H95" t="s">
+        <v>77</v>
+      </c>
+      <c r="I95" t="s">
+        <v>77</v>
+      </c>
+      <c r="J95" t="s">
+        <v>77</v>
+      </c>
+      <c r="K95" t="s">
+        <v>77</v>
+      </c>
+      <c r="L95" t="s">
+        <v>77</v>
+      </c>
+      <c r="M95" t="s">
+        <v>77</v>
+      </c>
+      <c r="N95" t="s">
+        <v>77</v>
+      </c>
+      <c r="O95" t="s">
+        <v>77</v>
+      </c>
+      <c r="P95" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>77</v>
+      </c>
+      <c r="R95" t="s">
+        <v>77</v>
+      </c>
+      <c r="S95" t="s">
+        <v>77</v>
+      </c>
+      <c r="T95" t="s">
+        <v>77</v>
+      </c>
+      <c r="U95" t="s">
+        <v>77</v>
+      </c>
+      <c r="V95" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="96" spans="1:22">
+      <c r="A96" t="s">
+        <v>11</v>
+      </c>
+      <c r="B96" t="s">
+        <v>78</v>
+      </c>
+      <c r="C96" t="s">
+        <v>78</v>
+      </c>
+      <c r="D96" t="s">
+        <v>78</v>
+      </c>
+      <c r="E96" t="s">
+        <v>78</v>
+      </c>
+      <c r="F96" t="s">
+        <v>78</v>
+      </c>
+      <c r="G96" t="s">
+        <v>78</v>
+      </c>
+      <c r="H96" t="s">
+        <v>78</v>
+      </c>
+      <c r="I96" t="s">
+        <v>78</v>
+      </c>
+      <c r="J96" t="s">
+        <v>78</v>
+      </c>
+      <c r="K96" t="s">
+        <v>78</v>
+      </c>
+      <c r="L96" t="s">
+        <v>78</v>
+      </c>
+      <c r="M96" t="s">
+        <v>78</v>
+      </c>
+      <c r="N96" t="s">
+        <v>78</v>
+      </c>
+      <c r="O96" t="s">
+        <v>78</v>
+      </c>
+      <c r="P96" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>78</v>
+      </c>
+      <c r="R96" t="s">
+        <v>78</v>
+      </c>
+      <c r="S96" t="s">
+        <v>78</v>
+      </c>
+      <c r="T96" t="s">
+        <v>78</v>
+      </c>
+      <c r="U96" t="s">
+        <v>78</v>
+      </c>
+      <c r="V96" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="97" spans="1:22">
+      <c r="A97" t="s">
         <v>13</v>
       </c>
-      <c r="B94" t="s">
-[...100 lines deleted...]
-      <c r="A95" t="s">
+      <c r="B97" t="s">
+        <v>79</v>
+      </c>
+      <c r="C97" t="s">
+        <v>79</v>
+      </c>
+      <c r="D97" t="s">
+        <v>79</v>
+      </c>
+      <c r="E97" t="s">
+        <v>79</v>
+      </c>
+      <c r="F97" t="s">
+        <v>79</v>
+      </c>
+      <c r="G97" t="s">
+        <v>79</v>
+      </c>
+      <c r="H97" t="s">
+        <v>79</v>
+      </c>
+      <c r="I97" t="s">
+        <v>79</v>
+      </c>
+      <c r="J97" t="s">
+        <v>79</v>
+      </c>
+      <c r="K97" t="s">
+        <v>79</v>
+      </c>
+      <c r="L97" t="s">
+        <v>79</v>
+      </c>
+      <c r="M97" t="s">
+        <v>79</v>
+      </c>
+      <c r="N97" t="s">
+        <v>79</v>
+      </c>
+      <c r="O97" t="s">
+        <v>79</v>
+      </c>
+      <c r="P97" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>79</v>
+      </c>
+      <c r="R97" t="s">
+        <v>79</v>
+      </c>
+      <c r="S97" t="s">
+        <v>79</v>
+      </c>
+      <c r="T97" t="s">
+        <v>79</v>
+      </c>
+      <c r="U97" t="s">
+        <v>79</v>
+      </c>
+      <c r="V97" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="98" spans="1:22">
+      <c r="A98" t="s">
         <v>21</v>
       </c>
-      <c r="B95" t="s">
-[...310 lines deleted...]
-      </c>
       <c r="B98" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="C98" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D98" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E98" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="F98" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="G98" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="H98" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="I98" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="J98" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="K98" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="L98" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="M98" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="N98" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="O98" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="P98" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="Q98" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="R98" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="S98" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="T98" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="U98" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="V98" t="s">
-        <v>52</v>
-[...38 lines deleted...]
-    <row r="99" spans="1:34">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="99" spans="1:22">
       <c r="A99" s="4"/>
       <c r="B99" s="4"/>
       <c r="C99" s="4"/>
       <c r="D99" s="4"/>
       <c r="E99" s="4"/>
       <c r="F99" s="4"/>
       <c r="G99" s="4"/>
       <c r="H99" s="4"/>
       <c r="I99" s="4"/>
       <c r="J99" s="4"/>
       <c r="K99" s="4"/>
       <c r="L99" s="4"/>
       <c r="M99" s="4"/>
       <c r="N99" s="4"/>
       <c r="O99" s="4"/>
       <c r="P99" s="4"/>
       <c r="Q99" s="4"/>
       <c r="R99" s="4"/>
       <c r="S99" s="4"/>
       <c r="T99" s="4"/>
       <c r="U99" s="4"/>
       <c r="V99" s="4"/>
-      <c r="W99" s="4"/>
-[...12 lines deleted...]
-    <row r="100" spans="1:34">
+    </row>
+    <row r="100" spans="1:22">
       <c r="A100" s="2" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="2"/>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
       <c r="I100" s="2"/>
       <c r="J100" s="2"/>
       <c r="K100" s="2"/>
       <c r="L100" s="2"/>
       <c r="M100" s="2"/>
       <c r="N100" s="2"/>
       <c r="O100" s="2"/>
       <c r="P100" s="2"/>
       <c r="Q100" s="2"/>
       <c r="R100" s="2"/>
       <c r="S100" s="2"/>
       <c r="T100" s="2"/>
       <c r="U100" s="2"/>
       <c r="V100" s="2"/>
-      <c r="W100" s="2"/>
-[...12 lines deleted...]
-    <row r="101" spans="1:34">
+    </row>
+    <row r="101" spans="1:22">
       <c r="A101" s="3" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="B101" s="3"/>
       <c r="C101" s="3"/>
       <c r="D101" s="3"/>
       <c r="E101" s="3"/>
       <c r="F101" s="3"/>
       <c r="G101" s="3"/>
       <c r="H101" s="3"/>
       <c r="I101" s="3"/>
       <c r="J101" s="3"/>
       <c r="K101" s="3"/>
       <c r="L101" s="3"/>
       <c r="M101" s="3"/>
       <c r="N101" s="3"/>
       <c r="O101" s="3"/>
       <c r="P101" s="3"/>
       <c r="Q101" s="3"/>
       <c r="R101" s="3"/>
       <c r="S101" s="3"/>
       <c r="T101" s="3"/>
       <c r="U101" s="3"/>
       <c r="V101" s="3"/>
-      <c r="W101" s="3"/>
-[...12 lines deleted...]
-    <row r="102" spans="1:34">
+    </row>
+    <row r="102" spans="1:22">
       <c r="A102" t="s">
+        <v>9</v>
+      </c>
+      <c r="B102" t="s">
+        <v>81</v>
+      </c>
+      <c r="C102" t="s">
+        <v>81</v>
+      </c>
+      <c r="D102" t="s">
+        <v>81</v>
+      </c>
+      <c r="E102" t="s">
+        <v>81</v>
+      </c>
+      <c r="F102" t="s">
+        <v>81</v>
+      </c>
+      <c r="G102" t="s">
+        <v>81</v>
+      </c>
+      <c r="H102" t="s">
+        <v>81</v>
+      </c>
+      <c r="I102" t="s">
+        <v>81</v>
+      </c>
+      <c r="J102" t="s">
+        <v>81</v>
+      </c>
+      <c r="K102" t="s">
+        <v>81</v>
+      </c>
+      <c r="L102" t="s">
+        <v>81</v>
+      </c>
+      <c r="M102" t="s">
+        <v>81</v>
+      </c>
+      <c r="N102" t="s">
+        <v>81</v>
+      </c>
+      <c r="O102" t="s">
+        <v>81</v>
+      </c>
+      <c r="P102" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>81</v>
+      </c>
+      <c r="R102" t="s">
+        <v>81</v>
+      </c>
+      <c r="S102" t="s">
+        <v>81</v>
+      </c>
+      <c r="T102" t="s">
+        <v>81</v>
+      </c>
+      <c r="U102" t="s">
+        <v>81</v>
+      </c>
+      <c r="V102" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="103" spans="1:22">
+      <c r="A103" t="s">
+        <v>17</v>
+      </c>
+      <c r="B103" t="s">
+        <v>77</v>
+      </c>
+      <c r="C103" t="s">
+        <v>77</v>
+      </c>
+      <c r="D103" t="s">
+        <v>77</v>
+      </c>
+      <c r="E103" t="s">
+        <v>77</v>
+      </c>
+      <c r="F103" t="s">
+        <v>77</v>
+      </c>
+      <c r="G103" t="s">
+        <v>77</v>
+      </c>
+      <c r="H103" t="s">
+        <v>77</v>
+      </c>
+      <c r="I103" t="s">
+        <v>77</v>
+      </c>
+      <c r="J103" t="s">
+        <v>77</v>
+      </c>
+      <c r="K103" t="s">
+        <v>77</v>
+      </c>
+      <c r="L103" t="s">
+        <v>77</v>
+      </c>
+      <c r="M103" t="s">
+        <v>77</v>
+      </c>
+      <c r="N103" t="s">
+        <v>77</v>
+      </c>
+      <c r="O103" t="s">
+        <v>77</v>
+      </c>
+      <c r="P103" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>77</v>
+      </c>
+      <c r="R103" t="s">
+        <v>77</v>
+      </c>
+      <c r="S103" t="s">
+        <v>77</v>
+      </c>
+      <c r="T103" t="s">
+        <v>77</v>
+      </c>
+      <c r="U103" t="s">
+        <v>77</v>
+      </c>
+      <c r="V103" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="104" spans="1:22">
+      <c r="A104" t="s">
+        <v>11</v>
+      </c>
+      <c r="B104" t="s">
+        <v>82</v>
+      </c>
+      <c r="C104" t="s">
+        <v>82</v>
+      </c>
+      <c r="D104" t="s">
+        <v>82</v>
+      </c>
+      <c r="E104" t="s">
+        <v>82</v>
+      </c>
+      <c r="F104" t="s">
+        <v>82</v>
+      </c>
+      <c r="G104" t="s">
+        <v>82</v>
+      </c>
+      <c r="H104" t="s">
+        <v>82</v>
+      </c>
+      <c r="I104" t="s">
+        <v>82</v>
+      </c>
+      <c r="J104" t="s">
+        <v>82</v>
+      </c>
+      <c r="K104" t="s">
+        <v>82</v>
+      </c>
+      <c r="L104" t="s">
+        <v>82</v>
+      </c>
+      <c r="M104" t="s">
+        <v>82</v>
+      </c>
+      <c r="N104" t="s">
+        <v>82</v>
+      </c>
+      <c r="O104" t="s">
+        <v>82</v>
+      </c>
+      <c r="P104" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>82</v>
+      </c>
+      <c r="R104" t="s">
+        <v>82</v>
+      </c>
+      <c r="S104" t="s">
+        <v>82</v>
+      </c>
+      <c r="T104" t="s">
+        <v>82</v>
+      </c>
+      <c r="U104" t="s">
+        <v>82</v>
+      </c>
+      <c r="V104" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="105" spans="1:22">
+      <c r="A105" t="s">
         <v>13</v>
       </c>
-      <c r="B102" t="s">
-[...100 lines deleted...]
-      <c r="A103" t="s">
+      <c r="B105" t="s">
+        <v>83</v>
+      </c>
+      <c r="C105" t="s">
+        <v>83</v>
+      </c>
+      <c r="D105" t="s">
+        <v>83</v>
+      </c>
+      <c r="E105" t="s">
+        <v>83</v>
+      </c>
+      <c r="F105" t="s">
+        <v>83</v>
+      </c>
+      <c r="G105" t="s">
+        <v>83</v>
+      </c>
+      <c r="H105" t="s">
+        <v>83</v>
+      </c>
+      <c r="I105" t="s">
+        <v>83</v>
+      </c>
+      <c r="J105" t="s">
+        <v>83</v>
+      </c>
+      <c r="K105" t="s">
+        <v>83</v>
+      </c>
+      <c r="L105" t="s">
+        <v>83</v>
+      </c>
+      <c r="M105" t="s">
+        <v>83</v>
+      </c>
+      <c r="N105" t="s">
+        <v>83</v>
+      </c>
+      <c r="O105" t="s">
+        <v>83</v>
+      </c>
+      <c r="P105" t="s">
+        <v>83</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>83</v>
+      </c>
+      <c r="R105" t="s">
+        <v>83</v>
+      </c>
+      <c r="S105" t="s">
+        <v>83</v>
+      </c>
+      <c r="T105" t="s">
+        <v>83</v>
+      </c>
+      <c r="U105" t="s">
+        <v>83</v>
+      </c>
+      <c r="V105" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="106" spans="1:22">
+      <c r="A106" t="s">
         <v>21</v>
       </c>
-      <c r="B103" t="s">
-[...310 lines deleted...]
-      </c>
       <c r="B106" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="C106" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D106" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E106" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="F106" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="G106" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="H106" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="I106" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="J106" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="K106" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="L106" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="M106" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="N106" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="O106" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="P106" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="Q106" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="R106" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="S106" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="T106" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="U106" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="V106" t="s">
-        <v>52</v>
-[...38 lines deleted...]
-    <row r="108" spans="1:34">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="108" spans="1:22">
       <c r="A108" s="1" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="B108" s="1"/>
       <c r="C108" s="1"/>
       <c r="D108" s="1"/>
       <c r="E108" s="1"/>
       <c r="F108" s="1"/>
       <c r="G108" s="1"/>
       <c r="H108" s="1"/>
       <c r="I108" s="1"/>
       <c r="J108" s="1"/>
       <c r="K108" s="1"/>
       <c r="L108" s="1"/>
       <c r="M108" s="1"/>
       <c r="N108" s="1"/>
       <c r="O108" s="1"/>
       <c r="P108" s="1"/>
       <c r="Q108" s="1"/>
       <c r="R108" s="1"/>
       <c r="S108" s="1"/>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
-      <c r="W108" s="1"/>
-[...12 lines deleted...]
-    <row r="109" spans="1:34">
+    </row>
+    <row r="109" spans="1:22">
       <c r="A109" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A109:AH109"/>
+    <mergeCell ref="A109:V109"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>